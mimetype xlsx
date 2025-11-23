--- v0 (2025-10-07)
+++ v1 (2025-11-23)
@@ -1,104 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="Png" ContentType="image/png"/>
-[...33 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings" Extension="bin"/>
+  <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
+  <Default ContentType="application/xml" Extension="xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/xl/theme/theme1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Default ContentType="image/png" Extension="Png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing17.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.drawing+xml" PartName="/xl/drawings/drawing18.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="T:\=Tiburon_NEW\=Маркетинг\=PanelBooks\2025\Panel_Books_1025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\rudenko\source\repos\respondent\src\PanelBookGenerator\Templates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{21A4BFDB-BB07-4C8E-BEFA-85ACB89BEE58}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{091C93EA-B8E6-4C3D-AC9C-7CDA3D69309D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" tabRatio="776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="776" activeTab="0" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Демография" sheetId="1" r:id="rId1"/>
     <sheet name="География RUS" sheetId="3" r:id="rId2"/>
-    <sheet name="География KZ" sheetId="15" r:id="rId3"/>
-[...9 lines deleted...]
-    <sheet name="Мобильные" sheetId="18" r:id="rId13"/>
+    <sheet name="Расширенный профиль" sheetId="2" r:id="rId3"/>
+    <sheet name="Транспорт" sheetId="6" r:id="rId4"/>
+    <sheet name="Работа" sheetId="7" r:id="rId5"/>
+    <sheet name="Здоровье" sheetId="8" r:id="rId6"/>
+    <sheet name="Интернет" sheetId="9" r:id="rId7"/>
+    <sheet name="Финансы" sheetId="11" r:id="rId8"/>
+    <sheet name="IT" sheetId="17" r:id="rId9"/>
+    <sheet name="Мамы" sheetId="10" r:id="rId10"/>
+    <sheet name="Сотовая связь" sheetId="5" r:id="rId11"/>
+    <sheet name="Мобильные" sheetId="18" r:id="rId12"/>
   </sheets>
-  <calcPr calcId="140001"/>
+  <calcPr calcId="140001" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1443" uniqueCount="999">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="988" uniqueCount="988">
   <si>
     <t>Профиль B2C панели Tiburon Research</t>
   </si>
   <si>
     <t>Контакты:</t>
   </si>
   <si>
     <t>Info: www.tiburon-research.ru</t>
   </si>
   <si>
     <t>RFQ: client@tiburon-research.ru</t>
   </si>
   <si>
     <t>T: +7 (495) 648 7820</t>
   </si>
   <si>
     <t>ВСЕГО</t>
   </si>
   <si>
     <t>Россия</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
@@ -704,83 +701,50 @@
   <si>
     <t>Томск</t>
   </si>
   <si>
     <t>Ставрополь</t>
   </si>
   <si>
     <t>Кемерово</t>
   </si>
   <si>
     <t>Набережные Челны</t>
   </si>
   <si>
     <t>Оренбург</t>
   </si>
   <si>
     <t>Новокузнецк</t>
   </si>
   <si>
     <t>Балашиха</t>
   </si>
   <si>
     <t>Рязань</t>
   </si>
   <si>
-    <t>250ТЫС.-500ТЫС.</t>
-[...31 lines deleted...]
-  <si>
     <t>C1. ЧТО ИЗ ПЕРЕЧИСЛЕННОГО ВЫ ЛИЧНО ДЕЛАЛИ ЗА ПОСЛЕДНИЕ 12 МЕСЯЦЕВ?</t>
   </si>
   <si>
     <t>Посещали кинотеатры</t>
   </si>
   <si>
     <t>Посещали рестораны / бары</t>
   </si>
   <si>
     <t>Посещали концерты</t>
   </si>
   <si>
     <t>Посещали театр / музей / выставку</t>
   </si>
   <si>
     <t>Посещали спортивные мероприятия (в качестве зрителя, болельщика)</t>
   </si>
   <si>
     <t>Покупали фильмы (например, на DVD или онлайн)</t>
   </si>
   <si>
     <t>Покупали музыку (например, на CD или онлайн)</t>
   </si>
   <si>
     <t>Играли в компьютерные игры (на компьютере)</t>
@@ -2480,51 +2444,51 @@
   <si>
     <t>Сайты поисковых систем (Яндекс, Google, Mail.ru и пр.)</t>
   </si>
   <si>
     <t>Сервисы, помогающие сравнивать характеристики и цены товаров в различных Интернет-магазинах и совершать покупки (Едадил и пр.)</t>
   </si>
   <si>
     <t>Сервисы для хранения файлов (облачные сервисы) (Яндекс.Диск, Google Диск, Dropbox и пр.)</t>
   </si>
   <si>
     <t>Сайты для поиска изображений (Яндекс.Картинки, Google Картинки, Freestocks и пр.)</t>
   </si>
   <si>
     <t>Сайты и сервисы с картами городов и маршрутами (2Гис, Яндекс.Карты, Google Maps и пр.)</t>
   </si>
   <si>
     <t>Новостные сайты (lenta.ru, ria.ru, kp.ru, aif.ru и пр.)</t>
   </si>
   <si>
     <t>Сайты для поиска, прослушивания или скачивания музыки (Яндекс.Музыка, Звук, МТС музыка и пр.)</t>
   </si>
   <si>
     <t>Сайты, посвященные спортивным событиям (Sports.ru, Чемпионат.com и пр.)</t>
   </si>
   <si>
-    <t>Доски объявлений (Avito.ru, IRR.ru, Юла, Auto.ru  и пр.)</t>
+    <t xml:space="preserve">Доски объявлений (Avito.ru, IRR.ru, Юла, Auto.ru  и пр.)</t>
   </si>
   <si>
     <t>Интернет-магазины (ozon.ru, enter.ru, lamoda.ru, ulmart.ru, taobao, ebay, bonprix и пр.)</t>
   </si>
   <si>
     <t>Сайты знакомств (mamba.ru, loveplanet.ru и пр.)</t>
   </si>
   <si>
     <t>Купонные сервисы и сайты распродаж (biglion.ru, kupikupon.ru и пр.)</t>
   </si>
   <si>
     <t>Туристические порталы (turizm.ru, tury.ru, votpusk.ru и пр.)</t>
   </si>
   <si>
     <t>Видеохостинги (YouTube.com, RuTube.ru, Vimeo.com и пр.)</t>
   </si>
   <si>
     <t>Онлайн-кинотеатры (ivi.ru, amediateka.ru, okko.ru, Кинопоиск и пр.)</t>
   </si>
   <si>
     <t>Сайты про детей, форумы для мам и беременных</t>
   </si>
   <si>
     <t>КАКИМИ ИЗ СЛЕДУЮЩИХ СОЦИАЛЬНЫХ СЕТЕЙ ВЫ РЕГУЛЯРНО ПОЛЬЗУЕТЕСЬ?</t>
   </si>
@@ -3057,88 +3021,105 @@
     <t>Xiaomi</t>
   </si>
   <si>
     <t>Другая марка</t>
   </si>
   <si>
     <t>ОПЕРАЦИОННАЯ СИСТЕМА СМАРТФОНА</t>
   </si>
   <si>
     <t>Android</t>
   </si>
   <si>
     <t>Apple iOS</t>
   </si>
   <si>
     <t>Windows</t>
   </si>
   <si>
     <t>Другая ОС</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <numFmts count="0"/>
+  <fonts count="15">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="11"/>
+      <color theme="11"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="204"/>
       <scheme val="minor"/>
     </font>
@@ -3337,785 +3318,730 @@
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top/>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </left>
       <right style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </right>
       <top style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </top>
       <bottom style="thin">
         <color theme="1" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="8">
+  <cellStyleXfs count="48">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
-[...5 lines deleted...]
-    <xf numFmtId="9" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="6" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" applyNumberFormat="0" fontId="5" applyFont="1" fillId="0" applyFill="0" borderId="0" applyBorder="0" applyProtection="0" applyAlignment="0"/>
+    <xf numFmtId="0" fontId="3" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="7" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="7" applyFont="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="39">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="4" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="8" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="9" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="9" applyNumberFormat="1" fontId="1" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="4" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="8" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="10" applyFont="1" fillId="0" borderId="0" xfId="0">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="10" applyNumberFormat="1" fontId="9" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="0" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="4" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" applyFont="1" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="6" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="9" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="10" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="11" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="12" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="13" applyBorder="1" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="3" applyFill="1" borderId="13" applyBorder="1" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="0" borderId="13" applyBorder="1" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" applyFont="1" fillId="0" borderId="12" applyBorder="1" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...85 lines deleted...]
-    </xf>
   </cellXfs>
-  <cellStyles count="8">
+  <cellStyles count="48">
+    <cellStyle name="Followed Hyperlink" xfId="1" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="2" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="3" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="4" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="5" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="6" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="7" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="8" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="9" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="10" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="11" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="12" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="13" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="14" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="15" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="16" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="17" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="18" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="19" builtinId="9"/>
+    <cellStyle name="Followed Hyperlink" xfId="20" builtinId="9"/>
+    <cellStyle name="Hyperlink" xfId="21" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="22" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="23" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="24" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="25" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="26" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="27" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="28" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="29" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="30" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="31" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="32" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="33" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="34" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="35" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="36" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="37" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="38" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="39" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="40" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
-[...5 lines deleted...]
-    <cellStyle name="Процентный 2 2" xfId="7" xr:uid="{64C01D0B-A473-4233-8C00-59886BA548D9}"/>
+    <cellStyle name="Normal 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Normal 2 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Обычный 2" xfId="43" xr:uid="{6A6366E4-28C7-4BCF-BE99-CB248C2C3143}"/>
+    <cellStyle name="Обычный 4" xfId="44" xr:uid="{D4B1A2D6-3A01-43C8-9625-DCAB41383665}"/>
+    <cellStyle name="Обычный 5" xfId="45" xr:uid="{347996A1-703E-42DF-9E8C-BD303AFDF23A}"/>
+    <cellStyle name="Процентный 2" xfId="46" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="Процентный 2 2" xfId="47" xr:uid="{64C01D0B-A473-4233-8C00-59886BA548D9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
+<file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.Png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="2" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing10.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="14" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="11" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="15" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="9" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="10" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="13" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="4" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing3.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="5" name="2">
-[...49 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="3" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing5.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="9" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="12" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing6.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="10" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="5" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing7.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="11" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="6" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing8.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="12" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="7" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing9.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>142875</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="1628775" cy="762000"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="13" name="2">
-[...5 lines deleted...]
-        </xdr:cNvPr>
+        <xdr:cNvPr id="8" descr="" name="2"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -4382,15636 +4308,14843 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...4 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
+<file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:S203"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="21" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="21"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="5"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="5"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="5"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="18"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="5"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="18"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="5"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...3 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="5" t="s">
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="21" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="21">
-[...2 lines deleted...]
-      <c r="D10" s="34">
+      <c r="C10" s="5">
+        <v>506548</v>
+      </c>
+      <c r="D10" s="18">
         <v>1</v>
       </c>
     </row>
-    <row r="11" spans="1:19" s="22" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="B12" s="7" t="s">
+    <row r="11" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="A11" s="7"/>
+      <c r="B11" s="11"/>
+      <c r="C11" s="7"/>
+      <c r="D11" s="17"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="17"/>
+      <c r="G11" s="7"/>
+      <c r="H11" s="7"/>
+      <c r="I11" s="7"/>
+      <c r="J11" s="7"/>
+      <c r="K11" s="7"/>
+      <c r="L11" s="7"/>
+      <c r="M11" s="7"/>
+      <c r="N11" s="7"/>
+      <c r="O11" s="7"/>
+      <c r="P11" s="7"/>
+      <c r="Q11" s="7"/>
+      <c r="R11" s="7"/>
+      <c r="S11" s="7"/>
+    </row>
+    <row r="12">
+      <c r="B12" s="31" t="s">
         <v>10</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="4"/>
-[...3 lines deleted...]
-      <c r="C13" s="37" t="s">
+      <c r="D12" s="33"/>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="34"/>
+      <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D13" s="37" t="s">
+      <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="14" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="21" t="s">
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="C14" s="21">
-[...7 lines deleted...]
-      <c r="B15" s="21" t="s">
+      <c r="C14" s="5">
+        <v>217303</v>
+      </c>
+      <c r="D14" s="18">
+        <v>0.429</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C15" s="21">
-[...12 lines deleted...]
-      <c r="B17" s="7" t="s">
+      <c r="C15" s="5">
+        <v>289245</v>
+      </c>
+      <c r="D15" s="18">
+        <v>0.571</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B16" s="9"/>
+      <c r="D16" s="16"/>
+      <c r="F16" s="16"/>
+    </row>
+    <row r="17">
+      <c r="B17" s="31" t="s">
         <v>13</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D17" s="4"/>
-[...3 lines deleted...]
-      <c r="C18" s="37" t="s">
+      <c r="D17" s="33"/>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="34"/>
+      <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D18" s="37" t="s">
+      <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="19" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B19" s="21" t="s">
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C19" s="21">
-[...7 lines deleted...]
-      <c r="B20" s="21" t="s">
+      <c r="C19" s="5">
+        <v>114883</v>
+      </c>
+      <c r="D19" s="18">
+        <v>0.2268</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="C20" s="21">
-[...2 lines deleted...]
-      <c r="D20" s="34">
+      <c r="C20" s="5">
+        <v>147242</v>
+      </c>
+      <c r="D20" s="18">
+        <v>0.2907</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="C21" s="5">
+        <v>119296</v>
+      </c>
+      <c r="D21" s="18">
+        <v>0.2355</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" s="5">
+        <v>82558</v>
+      </c>
+      <c r="D22" s="18">
+        <v>0.163</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C23" s="5">
+        <v>42569</v>
+      </c>
+      <c r="D23" s="18">
+        <v>0.084</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B24" s="9"/>
+      <c r="D24" s="16"/>
+      <c r="F24" s="16"/>
+    </row>
+    <row r="25">
+      <c r="B25" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D25" s="33"/>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="34"/>
+      <c r="C26" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="C27" s="5">
+        <v>202076</v>
+      </c>
+      <c r="D27" s="18">
+        <v>0.4623</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="C28" s="5">
+        <v>11657</v>
+      </c>
+      <c r="D28" s="18">
+        <v>0.0267</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="C29" s="5">
+        <v>227044</v>
+      </c>
+      <c r="D29" s="18">
+        <v>0.5194</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B30" s="9"/>
+      <c r="D30" s="16"/>
+      <c r="F30" s="16"/>
+    </row>
+    <row r="31">
+      <c r="B31" s="31" t="s">
+        <v>23</v>
+      </c>
+      <c r="C31" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D31" s="33"/>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="34"/>
+      <c r="C32" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D32" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" s="5">
+        <v>170106</v>
+      </c>
+      <c r="D33" s="18">
+        <v>0.3891</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C34" s="5">
+        <v>108200</v>
+      </c>
+      <c r="D34" s="18">
+        <v>0.2475</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35" s="5">
+        <v>158840</v>
+      </c>
+      <c r="D35" s="18">
+        <v>0.3634</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B36" s="9"/>
+      <c r="D36" s="16"/>
+      <c r="F36" s="16"/>
+    </row>
+    <row r="37">
+      <c r="B37" s="31" t="s">
+        <v>27</v>
+      </c>
+      <c r="C37" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D37" s="33"/>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="34"/>
+      <c r="C38" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D38" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C39" s="5">
+        <v>51043</v>
+      </c>
+      <c r="D39" s="18">
+        <v>0.2871</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="5">
+        <v>55842</v>
+      </c>
+      <c r="D40" s="18">
+        <v>0.3141</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C41" s="5">
+        <v>74608</v>
+      </c>
+      <c r="D41" s="18">
+        <v>0.4196</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C42" s="5">
+        <v>30745</v>
+      </c>
+      <c r="D42" s="18">
+        <v>0.1729</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C43" s="5">
+        <v>29326</v>
+      </c>
+      <c r="D43" s="18">
+        <v>0.1649</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C44" s="5">
+        <v>23032</v>
+      </c>
+      <c r="D44" s="18">
+        <v>0.1295</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B45" s="9"/>
+      <c r="D45" s="16"/>
+      <c r="F45" s="16"/>
+    </row>
+    <row r="46">
+      <c r="B46" s="31" t="s">
+        <v>34</v>
+      </c>
+      <c r="C46" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D46" s="33"/>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="34"/>
+      <c r="C47" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C48" s="5">
+        <v>94782</v>
+      </c>
+      <c r="D48" s="18">
+        <v>0.2168</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="C49" s="5">
+        <v>57697</v>
+      </c>
+      <c r="D49" s="18">
+        <v>0.132</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C50" s="5">
+        <v>18589</v>
+      </c>
+      <c r="D50" s="18">
+        <v>0.0425</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C51" s="5">
+        <v>4500</v>
+      </c>
+      <c r="D51" s="18">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C52" s="5">
+        <v>2299</v>
+      </c>
+      <c r="D52" s="18">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="C53" s="5">
+        <v>259274</v>
+      </c>
+      <c r="D53" s="18">
+        <v>0.5931</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B54" s="9"/>
+      <c r="D54" s="16"/>
+      <c r="F54" s="16"/>
+    </row>
+    <row r="55">
+      <c r="B55" s="31" t="s">
+        <v>41</v>
+      </c>
+      <c r="C55" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" s="33"/>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="34"/>
+      <c r="C56" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C57" s="5">
+        <v>20749</v>
+      </c>
+      <c r="D57" s="18">
+        <v>0.2435</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="C58" s="5">
+        <v>15482</v>
+      </c>
+      <c r="D58" s="18">
+        <v>0.1817</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C59" s="5">
+        <v>11171</v>
+      </c>
+      <c r="D59" s="18">
+        <v>0.1311</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C60" s="5">
+        <v>8553</v>
+      </c>
+      <c r="D60" s="18">
+        <v>0.1004</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C61" s="5">
+        <v>6744</v>
+      </c>
+      <c r="D61" s="18">
+        <v>0.0792</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C62" s="5">
+        <v>6108</v>
+      </c>
+      <c r="D62" s="18">
+        <v>0.0717</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="C63" s="5">
+        <v>6191</v>
+      </c>
+      <c r="D63" s="18">
+        <v>0.0727</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C64" s="5">
+        <v>10207</v>
+      </c>
+      <c r="D64" s="18">
+        <v>0.1198</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B65" s="9"/>
+      <c r="D65" s="16"/>
+      <c r="F65" s="16"/>
+    </row>
+    <row r="66">
+      <c r="B66" s="31" t="s">
+        <v>50</v>
+      </c>
+      <c r="C66" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D66" s="33"/>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="34"/>
+      <c r="C67" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D67" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="C68" s="5">
+        <v>2917</v>
+      </c>
+      <c r="D68" s="18">
+        <v>0.0873</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C69" s="5">
+        <v>6100</v>
+      </c>
+      <c r="D69" s="18">
+        <v>0.1825</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C70" s="5">
+        <v>1615</v>
+      </c>
+      <c r="D70" s="18">
+        <v>0.0483</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="C71" s="5">
+        <v>580</v>
+      </c>
+      <c r="D71" s="18">
+        <v>0.0174</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="C72" s="5">
+        <v>738</v>
+      </c>
+      <c r="D72" s="18">
+        <v>0.0221</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C73" s="5">
+        <v>3890</v>
+      </c>
+      <c r="D73" s="18">
+        <v>0.1164</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="C74" s="5">
+        <v>1176</v>
+      </c>
+      <c r="D74" s="18">
+        <v>0.0352</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C75" s="5">
+        <v>1677</v>
+      </c>
+      <c r="D75" s="18">
+        <v>0.0502</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C76" s="5">
+        <v>685</v>
+      </c>
+      <c r="D76" s="18">
+        <v>0.0205</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C77" s="5">
+        <v>3373</v>
+      </c>
+      <c r="D77" s="18">
+        <v>0.1009</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="C78" s="5">
+        <v>893</v>
+      </c>
+      <c r="D78" s="18">
+        <v>0.0267</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="C79" s="5">
+        <v>1946</v>
+      </c>
+      <c r="D79" s="18">
+        <v>0.0582</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="C80" s="5">
+        <v>1085</v>
+      </c>
+      <c r="D80" s="18">
+        <v>0.0325</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="C81" s="5">
+        <v>6745</v>
+      </c>
+      <c r="D81" s="18">
+        <v>0.2018</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B82" s="9"/>
+      <c r="D82" s="16"/>
+      <c r="F82" s="16"/>
+    </row>
+    <row r="83">
+      <c r="B83" s="31" t="s">
+        <v>65</v>
+      </c>
+      <c r="C83" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D83" s="33"/>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="34"/>
+      <c r="C84" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="85" ht="15" customHeight="1">
+      <c r="B85" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C85" s="5">
+        <v>58024</v>
+      </c>
+      <c r="D85" s="18">
+        <v>0.1327</v>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C86" s="5">
+        <v>213282</v>
+      </c>
+      <c r="D86" s="18">
+        <v>0.4879</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="C87" s="5">
+        <v>37361</v>
+      </c>
+      <c r="D87" s="18">
+        <v>0.0855</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="C88" s="5">
+        <v>113241</v>
+      </c>
+      <c r="D88" s="18">
+        <v>0.259</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="C89" s="5">
+        <v>15235</v>
+      </c>
+      <c r="D89" s="18">
+        <v>0.0349</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B90" s="9"/>
+      <c r="D90" s="16"/>
+      <c r="F90" s="16"/>
+    </row>
+    <row r="91">
+      <c r="B91" s="31" t="s">
+        <v>71</v>
+      </c>
+      <c r="C91" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D91" s="33"/>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="34"/>
+      <c r="C92" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D92" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="C93" s="5">
+        <v>31981</v>
+      </c>
+      <c r="D93" s="18">
+        <v>0.0732</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C94" s="5">
+        <v>44150</v>
+      </c>
+      <c r="D94" s="18">
+        <v>0.101</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C95" s="5">
+        <v>46115</v>
+      </c>
+      <c r="D95" s="18">
+        <v>0.1055</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C96" s="5">
+        <v>59062</v>
+      </c>
+      <c r="D96" s="18">
+        <v>0.1351</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C97" s="5">
+        <v>52230</v>
+      </c>
+      <c r="D97" s="18">
+        <v>0.1195</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C98" s="5">
+        <v>42217</v>
+      </c>
+      <c r="D98" s="18">
+        <v>0.0966</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="C99" s="5">
+        <v>26</v>
+      </c>
+      <c r="D99" s="18">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1">
+      <c r="B100" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C100" s="5">
+        <v>32856</v>
+      </c>
+      <c r="D100" s="18">
+        <v>0.0752</v>
+      </c>
+    </row>
+    <row r="101" ht="15" customHeight="1">
+      <c r="B101" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C101" s="5">
+        <v>21731</v>
+      </c>
+      <c r="D101" s="18">
+        <v>0.0497</v>
+      </c>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C102" s="5">
+        <v>17250</v>
+      </c>
+      <c r="D102" s="18">
+        <v>0.0395</v>
+      </c>
+    </row>
+    <row r="103" ht="15" customHeight="1">
+      <c r="B103" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C103" s="5">
+        <v>11411</v>
+      </c>
+      <c r="D103" s="18">
+        <v>0.0261</v>
+      </c>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C104" s="5">
+        <v>14427</v>
+      </c>
+      <c r="D104" s="18">
+        <v>0.033</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C105" s="5">
+        <v>11039</v>
+      </c>
+      <c r="D105" s="18">
+        <v>0.0253</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C106" s="5">
+        <v>7266</v>
+      </c>
+      <c r="D106" s="18">
+        <v>0.0166</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C107" s="5">
+        <v>5621</v>
+      </c>
+      <c r="D107" s="18">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1">
+      <c r="B108" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C108" s="5">
+        <v>5812</v>
+      </c>
+      <c r="D108" s="18">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="109" ht="15" customHeight="1">
+      <c r="B109" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C109" s="5">
+        <v>33949</v>
+      </c>
+      <c r="D109" s="18">
+        <v>0.0777</v>
+      </c>
+    </row>
+    <row r="110" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B110" s="9"/>
+      <c r="D110" s="16"/>
+      <c r="F110" s="16"/>
+    </row>
+    <row r="111">
+      <c r="B111" s="31" t="s">
+        <v>89</v>
+      </c>
+      <c r="C111" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D111" s="33"/>
+    </row>
+    <row r="112" ht="15" customHeight="1">
+      <c r="B112" s="34"/>
+      <c r="C112" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D112" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="113" ht="15" customHeight="1">
+      <c r="B113" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="C113" s="5">
+        <v>189775</v>
+      </c>
+      <c r="D113" s="18">
+        <v>0.4341</v>
+      </c>
+    </row>
+    <row r="114" ht="15" customHeight="1">
+      <c r="B114" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="C114" s="5">
+        <v>112519</v>
+      </c>
+      <c r="D114" s="18">
+        <v>0.2574</v>
+      </c>
+    </row>
+    <row r="115" ht="15" customHeight="1">
+      <c r="B115" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="C115" s="5">
+        <v>134849</v>
+      </c>
+      <c r="D115" s="18">
+        <v>0.3085</v>
+      </c>
+    </row>
+    <row r="116" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B116" s="9"/>
+      <c r="D116" s="16"/>
+      <c r="F116" s="16"/>
+    </row>
+    <row r="117">
+      <c r="B117" s="31" t="s">
+        <v>93</v>
+      </c>
+      <c r="C117" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D117" s="33"/>
+    </row>
+    <row r="118" ht="15" customHeight="1">
+      <c r="B118" s="34"/>
+      <c r="C118" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D118" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="119" ht="15" customHeight="1">
+      <c r="B119" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="C119" s="5">
+        <v>25690</v>
+      </c>
+      <c r="D119" s="18">
+        <v>0.0588</v>
+      </c>
+    </row>
+    <row r="120" ht="15" customHeight="1">
+      <c r="B120" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="C120" s="5">
+        <v>75291</v>
+      </c>
+      <c r="D120" s="18">
+        <v>0.1722</v>
+      </c>
+    </row>
+    <row r="121" ht="15" customHeight="1">
+      <c r="B121" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C121" s="5">
+        <v>171047</v>
+      </c>
+      <c r="D121" s="18">
+        <v>0.3913</v>
+      </c>
+    </row>
+    <row r="122" ht="15" customHeight="1">
+      <c r="B122" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="C122" s="5">
+        <v>88142</v>
+      </c>
+      <c r="D122" s="18">
+        <v>0.2016</v>
+      </c>
+    </row>
+    <row r="123" ht="15" customHeight="1">
+      <c r="B123" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="C123" s="5">
+        <v>52924</v>
+      </c>
+      <c r="D123" s="18">
+        <v>0.1211</v>
+      </c>
+    </row>
+    <row r="124" ht="15" customHeight="1">
+      <c r="B124" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C124" s="5">
+        <v>24049</v>
+      </c>
+      <c r="D124" s="18">
+        <v>0.055</v>
+      </c>
+    </row>
+    <row r="125" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B125" s="9"/>
+      <c r="D125" s="16"/>
+      <c r="F125" s="16"/>
+    </row>
+    <row r="126">
+      <c r="B126" s="31" t="s">
+        <v>100</v>
+      </c>
+      <c r="C126" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D126" s="33"/>
+    </row>
+    <row r="127" ht="15" customHeight="1">
+      <c r="B127" s="34"/>
+      <c r="C127" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D127" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="128" ht="15" customHeight="1">
+      <c r="B128" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="C128" s="5">
+        <v>74262</v>
+      </c>
+      <c r="D128" s="18">
+        <v>0.1699</v>
+      </c>
+    </row>
+    <row r="129" ht="15" customHeight="1">
+      <c r="B129" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="C129" s="5">
+        <v>30456</v>
+      </c>
+      <c r="D129" s="18">
+        <v>0.0697</v>
+      </c>
+    </row>
+    <row r="130" ht="15" customHeight="1">
+      <c r="B130" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C130" s="5">
+        <v>30371</v>
+      </c>
+      <c r="D130" s="18">
+        <v>0.0695</v>
+      </c>
+    </row>
+    <row r="131" ht="15" customHeight="1">
+      <c r="B131" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="C131" s="5">
+        <v>45157</v>
+      </c>
+      <c r="D131" s="18">
+        <v>0.1033</v>
+      </c>
+    </row>
+    <row r="132" ht="15" customHeight="1">
+      <c r="B132" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C132" s="5">
+        <v>43340</v>
+      </c>
+      <c r="D132" s="18">
+        <v>0.0991</v>
+      </c>
+    </row>
+    <row r="133" ht="15" customHeight="1">
+      <c r="B133" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C133" s="5">
+        <v>38366</v>
+      </c>
+      <c r="D133" s="18">
+        <v>0.0878</v>
+      </c>
+    </row>
+    <row r="134" ht="15" customHeight="1">
+      <c r="B134" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C134" s="5">
+        <v>30792</v>
+      </c>
+      <c r="D134" s="18">
+        <v>0.0704</v>
+      </c>
+    </row>
+    <row r="135" ht="15" customHeight="1">
+      <c r="B135" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="C135" s="5">
+        <v>21699</v>
+      </c>
+      <c r="D135" s="18">
+        <v>0.0496</v>
+      </c>
+    </row>
+    <row r="136" ht="15" customHeight="1">
+      <c r="B136" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="C136" s="5">
+        <v>17667</v>
+      </c>
+      <c r="D136" s="18">
+        <v>0.0404</v>
+      </c>
+    </row>
+    <row r="137" ht="15" customHeight="1">
+      <c r="B137" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C137" s="5">
+        <v>12290</v>
+      </c>
+      <c r="D137" s="18">
+        <v>0.0281</v>
+      </c>
+    </row>
+    <row r="138" ht="15" customHeight="1">
+      <c r="B138" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C138" s="5">
+        <v>13852</v>
+      </c>
+      <c r="D138" s="18">
+        <v>0.0317</v>
+      </c>
+    </row>
+    <row r="139" ht="15" customHeight="1">
+      <c r="B139" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C139" s="5">
+        <v>11367</v>
+      </c>
+      <c r="D139" s="18">
+        <v>0.026</v>
+      </c>
+    </row>
+    <row r="140" ht="15" customHeight="1">
+      <c r="B140" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="C140" s="5">
+        <v>7558</v>
+      </c>
+      <c r="D140" s="18">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="141" ht="15" customHeight="1">
+      <c r="B141" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C141" s="5">
+        <v>5135</v>
+      </c>
+      <c r="D141" s="18">
+        <v>0.0117</v>
+      </c>
+    </row>
+    <row r="142" ht="15" customHeight="1">
+      <c r="B142" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="C142" s="5">
+        <v>5242</v>
+      </c>
+      <c r="D142" s="18">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="143" ht="15" customHeight="1">
+      <c r="B143" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="C143" s="5">
+        <v>49562</v>
+      </c>
+      <c r="D143" s="18">
+        <v>0.1134</v>
+      </c>
+    </row>
+    <row r="144" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B144" s="9"/>
+      <c r="D144" s="16"/>
+      <c r="F144" s="16"/>
+    </row>
+    <row r="145">
+      <c r="B145" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="C145" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D145" s="33"/>
+    </row>
+    <row r="146" ht="15" customHeight="1">
+      <c r="B146" s="34"/>
+      <c r="C146" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D146" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="147" ht="15" customHeight="1">
+      <c r="B147" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="C147" s="5">
+        <v>5308</v>
+      </c>
+      <c r="D147" s="18">
+        <v>0.0191</v>
+      </c>
+    </row>
+    <row r="148" ht="15" customHeight="1">
+      <c r="B148" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C148" s="5">
+        <v>4712</v>
+      </c>
+      <c r="D148" s="18">
+        <v>0.0169</v>
+      </c>
+    </row>
+    <row r="149" ht="15" customHeight="1">
+      <c r="B149" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="C149" s="5">
+        <v>21252</v>
+      </c>
+      <c r="D149" s="18">
+        <v>0.0764</v>
+      </c>
+    </row>
+    <row r="150" ht="15" customHeight="1">
+      <c r="B150" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="C150" s="5">
+        <v>47130</v>
+      </c>
+      <c r="D150" s="18">
+        <v>0.1695</v>
+      </c>
+    </row>
+    <row r="151" ht="15" customHeight="1">
+      <c r="B151" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C151" s="5">
+        <v>35767</v>
+      </c>
+      <c r="D151" s="18">
+        <v>0.1286</v>
+      </c>
+    </row>
+    <row r="152" ht="15" customHeight="1">
+      <c r="B152" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="C152" s="5">
+        <v>26626</v>
+      </c>
+      <c r="D152" s="18">
+        <v>0.0957</v>
+      </c>
+    </row>
+    <row r="153" ht="15" customHeight="1">
+      <c r="B153" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="C153" s="5">
+        <v>83277</v>
+      </c>
+      <c r="D153" s="18">
         <v>0.2994</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...41 lines deleted...]
-      <c r="C25" s="5" t="s">
+    <row r="154" ht="15" customHeight="1">
+      <c r="B154" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C154" s="5">
+        <v>7756</v>
+      </c>
+      <c r="D154" s="18">
+        <v>0.0279</v>
+      </c>
+    </row>
+    <row r="155" ht="15" customHeight="1">
+      <c r="B155" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="C155" s="5">
+        <v>5404</v>
+      </c>
+      <c r="D155" s="18">
+        <v>0.0194</v>
+      </c>
+    </row>
+    <row r="156" ht="15" customHeight="1">
+      <c r="B156" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C156" s="5">
+        <v>12195</v>
+      </c>
+      <c r="D156" s="18">
+        <v>0.0438</v>
+      </c>
+    </row>
+    <row r="157" ht="15" customHeight="1">
+      <c r="B157" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C157" s="5">
+        <v>3071</v>
+      </c>
+      <c r="D157" s="18">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="158" ht="15" customHeight="1">
+      <c r="B158" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="C158" s="5">
+        <v>25629</v>
+      </c>
+      <c r="D158" s="18">
+        <v>0.0921</v>
+      </c>
+    </row>
+    <row r="159" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="B159" s="9"/>
+      <c r="D159" s="16"/>
+      <c r="F159" s="16"/>
+    </row>
+    <row r="160">
+      <c r="B160" s="31" t="s">
+        <v>115</v>
+      </c>
+      <c r="C160" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D25" s="4"/>
-[...3 lines deleted...]
-      <c r="C26" s="37" t="s">
+      <c r="D160" s="33"/>
+    </row>
+    <row r="161" ht="15" customHeight="1">
+      <c r="B161" s="34"/>
+      <c r="C161" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D26" s="37" t="s">
+      <c r="D161" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="27" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...478 lines deleted...]
-      <c r="B75" s="21" t="s">
+    <row r="162" ht="15" customHeight="1">
+      <c r="B162" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="C162" s="5">
+        <v>1413</v>
+      </c>
+      <c r="D162" s="18">
+        <v>0.0166</v>
+      </c>
+    </row>
+    <row r="163" ht="15" customHeight="1">
+      <c r="B163" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="C163" s="5">
+        <v>1091</v>
+      </c>
+      <c r="D163" s="18">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="164" ht="15" customHeight="1">
+      <c r="B164" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C164" s="5">
+        <v>4209</v>
+      </c>
+      <c r="D164" s="18">
+        <v>0.0494</v>
+      </c>
+    </row>
+    <row r="165" ht="15" customHeight="1">
+      <c r="B165" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="C165" s="5">
+        <v>1813</v>
+      </c>
+      <c r="D165" s="18">
+        <v>0.0213</v>
+      </c>
+    </row>
+    <row r="166" ht="15" customHeight="1">
+      <c r="B166" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="C166" s="5">
+        <v>5651</v>
+      </c>
+      <c r="D166" s="18">
+        <v>0.0663</v>
+      </c>
+    </row>
+    <row r="167" ht="15" customHeight="1">
+      <c r="B167" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="C167" s="5">
+        <v>1156</v>
+      </c>
+      <c r="D167" s="18">
+        <v>0.0136</v>
+      </c>
+    </row>
+    <row r="168" ht="15" customHeight="1">
+      <c r="B168" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="C168" s="5">
+        <v>2657</v>
+      </c>
+      <c r="D168" s="18">
+        <v>0.0312</v>
+      </c>
+    </row>
+    <row r="169" ht="15" customHeight="1">
+      <c r="B169" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="C169" s="5">
+        <v>9792</v>
+      </c>
+      <c r="D169" s="18">
+        <v>0.1149</v>
+      </c>
+    </row>
+    <row r="170" ht="15" customHeight="1">
+      <c r="B170" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C170" s="5">
+        <v>1085</v>
+      </c>
+      <c r="D170" s="18">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="171" ht="15" customHeight="1">
+      <c r="B171" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="C171" s="5">
+        <v>2774</v>
+      </c>
+      <c r="D171" s="18">
+        <v>0.0326</v>
+      </c>
+    </row>
+    <row r="172" ht="15" customHeight="1">
+      <c r="B172" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="C172" s="5">
+        <v>1092</v>
+      </c>
+      <c r="D172" s="18">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="173" ht="15" customHeight="1">
+      <c r="B173" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="C173" s="5">
+        <v>2331</v>
+      </c>
+      <c r="D173" s="18">
+        <v>0.0274</v>
+      </c>
+    </row>
+    <row r="174" ht="15" customHeight="1">
+      <c r="B174" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="C174" s="5">
+        <v>864</v>
+      </c>
+      <c r="D174" s="18">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="175" ht="15" customHeight="1">
+      <c r="B175" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C175" s="5">
+        <v>738</v>
+      </c>
+      <c r="D175" s="18">
+        <v>0.0087</v>
+      </c>
+    </row>
+    <row r="176" ht="15" customHeight="1">
+      <c r="B176" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C176" s="5">
+        <v>1062</v>
+      </c>
+      <c r="D176" s="18">
+        <v>0.0125</v>
+      </c>
+    </row>
+    <row r="177" ht="15" customHeight="1">
+      <c r="B177" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="C75" s="21">
-[...905 lines deleted...]
-      <c r="B164" s="21" t="s">
+      <c r="C177" s="5">
+        <v>2189</v>
+      </c>
+      <c r="D177" s="18">
+        <v>0.0257</v>
+      </c>
+    </row>
+    <row r="178" ht="15" customHeight="1">
+      <c r="B178" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="C178" s="5">
+        <v>1549</v>
+      </c>
+      <c r="D178" s="18">
+        <v>0.0182</v>
+      </c>
+    </row>
+    <row r="179" ht="15" customHeight="1">
+      <c r="B179" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="C179" s="5">
+        <v>179</v>
+      </c>
+      <c r="D179" s="18">
+        <v>0.0021</v>
+      </c>
+    </row>
+    <row r="180" ht="15" customHeight="1">
+      <c r="B180" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="C180" s="5">
+        <v>342</v>
+      </c>
+      <c r="D180" s="18">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="181" ht="15" customHeight="1">
+      <c r="B181" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C181" s="5">
+        <v>366</v>
+      </c>
+      <c r="D181" s="18">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="182" ht="15" customHeight="1">
+      <c r="B182" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="C182" s="5">
+        <v>1098</v>
+      </c>
+      <c r="D182" s="18">
+        <v>0.0129</v>
+      </c>
+    </row>
+    <row r="183" ht="15" customHeight="1">
+      <c r="B183" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="C183" s="5">
+        <v>1574</v>
+      </c>
+      <c r="D183" s="18">
+        <v>0.0185</v>
+      </c>
+    </row>
+    <row r="184" ht="15" customHeight="1">
+      <c r="B184" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C184" s="5">
+        <v>512</v>
+      </c>
+      <c r="D184" s="18">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="185" ht="15" customHeight="1">
+      <c r="B185" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="C185" s="5">
+        <v>2211</v>
+      </c>
+      <c r="D185" s="18">
+        <v>0.0259</v>
+      </c>
+    </row>
+    <row r="186" ht="15" customHeight="1">
+      <c r="B186" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C186" s="5">
+        <v>506</v>
+      </c>
+      <c r="D186" s="18">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="187" ht="15" customHeight="1">
+      <c r="B187" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="C187" s="5">
+        <v>276</v>
+      </c>
+      <c r="D187" s="18">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="188" ht="15" customHeight="1">
+      <c r="B188" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="C188" s="5">
+        <v>777</v>
+      </c>
+      <c r="D188" s="18">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="189" ht="15" customHeight="1">
+      <c r="B189" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C189" s="5">
+        <v>1338</v>
+      </c>
+      <c r="D189" s="18">
+        <v>0.0157</v>
+      </c>
+    </row>
+    <row r="190" ht="15" customHeight="1">
+      <c r="B190" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C190" s="5">
+        <v>269</v>
+      </c>
+      <c r="D190" s="18">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="191" ht="15" customHeight="1">
+      <c r="B191" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C191" s="5">
+        <v>1309</v>
+      </c>
+      <c r="D191" s="18">
+        <v>0.0154</v>
+      </c>
+    </row>
+    <row r="192" ht="15" customHeight="1">
+      <c r="B192" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="C192" s="5">
+        <v>1938</v>
+      </c>
+      <c r="D192" s="18">
+        <v>0.0227</v>
+      </c>
+    </row>
+    <row r="193" ht="15" customHeight="1">
+      <c r="B193" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="C193" s="5">
+        <v>836</v>
+      </c>
+      <c r="D193" s="18">
+        <v>0.0098</v>
+      </c>
+    </row>
+    <row r="194" ht="15" customHeight="1">
+      <c r="B194" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="C194" s="5">
+        <v>1087</v>
+      </c>
+      <c r="D194" s="18">
+        <v>0.0128</v>
+      </c>
+    </row>
+    <row r="195" ht="15" customHeight="1">
+      <c r="B195" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="C195" s="5">
+        <v>6339</v>
+      </c>
+      <c r="D195" s="18">
+        <v>0.0744</v>
+      </c>
+    </row>
+    <row r="196" ht="15" customHeight="1">
+      <c r="B196" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="C196" s="5">
+        <v>201</v>
+      </c>
+      <c r="D196" s="18">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="197" ht="15" customHeight="1">
+      <c r="B197" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C197" s="5">
+        <v>4493</v>
+      </c>
+      <c r="D197" s="18">
+        <v>0.0527</v>
+      </c>
+    </row>
+    <row r="198" ht="15" customHeight="1">
+      <c r="B198" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="C198" s="5">
+        <v>1927</v>
+      </c>
+      <c r="D198" s="18">
+        <v>0.0226</v>
+      </c>
+    </row>
+    <row r="199" ht="15" customHeight="1">
+      <c r="B199" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="C199" s="5">
+        <v>1966</v>
+      </c>
+      <c r="D199" s="18">
+        <v>0.0231</v>
+      </c>
+    </row>
+    <row r="200" ht="15" customHeight="1">
+      <c r="B200" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="C200" s="5">
+        <v>293</v>
+      </c>
+      <c r="D200" s="18">
+        <v>0.0034</v>
+      </c>
+    </row>
+    <row r="201" ht="15" customHeight="1">
+      <c r="B201" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="C201" s="5">
         <v>118</v>
       </c>
-      <c r="C164" s="21">
-[...414 lines deleted...]
-      <c r="B202" s="21" t="s">
+      <c r="D201" s="18">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="202" ht="15" customHeight="1">
+      <c r="B202" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="C202" s="21">
-[...8 lines deleted...]
-      <c r="F203" s="32"/>
+      <c r="C202" s="5">
+        <v>13801</v>
+      </c>
+      <c r="D202" s="18">
+        <v>0.1619</v>
+      </c>
+    </row>
+    <row r="203" ht="15" customHeight="1" s="6" customFormat="1">
+      <c r="D203" s="16"/>
+      <c r="F203" s="16"/>
     </row>
   </sheetData>
-  <mergeCells count="33">
-[...3 lines deleted...]
-    <mergeCell ref="C160:D160"/>
+  <mergeCells>
+    <mergeCell ref="B2:D5"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="B31:B32"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="B37:B38"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="C55:D55"/>
+    <mergeCell ref="B66:B67"/>
+    <mergeCell ref="C66:D66"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="B91:B92"/>
+    <mergeCell ref="C91:D91"/>
     <mergeCell ref="B111:B112"/>
     <mergeCell ref="C111:D111"/>
     <mergeCell ref="B117:B118"/>
     <mergeCell ref="C117:D117"/>
     <mergeCell ref="B126:B127"/>
     <mergeCell ref="C126:D126"/>
-    <mergeCell ref="B66:B67"/>
-[...21 lines deleted...]
-    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="B145:B146"/>
+    <mergeCell ref="C145:D145"/>
+    <mergeCell ref="B160:B161"/>
+    <mergeCell ref="C160:D160"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295"/>
-  <drawing r:id="rId1"/>
+  <headerFooter/>
+  <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-  <dimension ref="B2:J64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
+  <dimension ref="A2:J59"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>5</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...173 lines deleted...]
-      <c r="C26" s="5" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" s="1">
+        <v>123705</v>
+      </c>
+      <c r="D10" s="13">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D11" s="12"/>
+      <c r="F11" s="12"/>
+    </row>
+    <row r="12">
+      <c r="B12" s="31" t="s">
+        <v>949</v>
+      </c>
+      <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D26" s="4"/>
-[...3 lines deleted...]
-      <c r="C27" s="37" t="s">
+      <c r="D12" s="33"/>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="34"/>
+      <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D27" s="37" t="s">
+      <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="28" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-      <c r="C33" s="5" t="s">
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>950</v>
+      </c>
+      <c r="C14" s="1">
+        <v>101514</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.5114</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>951</v>
+      </c>
+      <c r="C15" s="1">
+        <v>96978</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.4886</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D16" s="12"/>
+      <c r="F16" s="12"/>
+    </row>
+    <row r="17">
+      <c r="B17" s="31" t="s">
+        <v>27</v>
+      </c>
+      <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D33" s="4"/>
-[...3 lines deleted...]
-      <c r="C34" s="37" t="s">
+      <c r="D17" s="33"/>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="34"/>
+      <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D34" s="37" t="s">
+      <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="35" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...50 lines deleted...]
-      <c r="C40" s="5" t="s">
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" s="1">
+        <v>38933</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.3177</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="C20" s="1">
+        <v>38860</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.3171</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C21" s="1">
+        <v>51565</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.4208</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>31</v>
+      </c>
+      <c r="C22" s="1">
+        <v>21138</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.1725</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" s="1">
+        <v>19749</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.1611</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="C24" s="1">
+        <v>14926</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.1218</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D25" s="12"/>
+      <c r="F25" s="12"/>
+    </row>
+    <row r="26">
+      <c r="B26" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C26" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D40" s="4"/>
-[...3 lines deleted...]
-      <c r="C41" s="37" t="s">
+      <c r="D26" s="33"/>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="34"/>
+      <c r="C27" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D41" s="37" t="s">
+      <c r="D27" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="42" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="C47" s="17">
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C28" s="1">
+        <v>10030</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.0811</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C29" s="1">
+        <v>4445</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.0359</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" s="1">
+        <v>28583</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.2311</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" s="1">
+        <v>16374</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.1324</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C32" s="1">
+        <v>20304</v>
+      </c>
+      <c r="D32" s="13">
+        <v>0.1641</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" s="1">
+        <v>14760</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.1193</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" s="1">
+        <v>11294</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.0913</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" s="1">
+        <v>17179</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.1389</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" s="1">
+        <v>737</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D37" s="12"/>
+      <c r="F37" s="12"/>
+    </row>
+    <row r="38">
+      <c r="B38" s="31" t="s">
+        <v>952</v>
+      </c>
+      <c r="C38" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D38" s="33"/>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="34"/>
+      <c r="C39" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" s="1">
+        <v>10129</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.0819</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C41" s="1">
+        <v>4501</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.0364</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C42" s="1">
+        <v>21638</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.1749</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C43" s="1">
+        <v>6761</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0547</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C44" s="1">
+        <v>16053</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.1298</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C45" s="1">
+        <v>11857</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.0958</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C46" s="1">
+        <v>4842</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.0391</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C47" s="1">
+        <v>16695</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.135</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C48" s="1">
+        <v>27058</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.2187</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C49" s="1">
+        <v>4172</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.0337</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D50" s="12"/>
+      <c r="F50" s="12"/>
+    </row>
+    <row r="51">
+      <c r="B51" s="31" t="s">
+        <v>953</v>
+      </c>
+      <c r="C51" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D51" s="33"/>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="34"/>
+      <c r="C52" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D52" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D47" s="29">
-[...176 lines deleted...]
-      </c>
+      <c r="C53" s="1">
+        <v>6391</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.0248</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>448</v>
+      </c>
+      <c r="C54" s="1">
+        <v>13567</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.0527</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="C55" s="1">
+        <v>26358</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.1024</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
+        <v>450</v>
+      </c>
+      <c r="C56" s="1">
+        <v>171881</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.6678</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>451</v>
+      </c>
+      <c r="C57" s="1">
+        <v>39186</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.1522</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D58" s="12"/>
+      <c r="F58" s="12"/>
+    </row>
+    <row r="59" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D59" s="12"/>
+      <c r="F59" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="11">
-[...5 lines deleted...]
-    <mergeCell ref="C51:D51"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="B17:B18"/>
+    <mergeCell ref="C17:D17"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:D26"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="B51:B52"/>
+    <mergeCell ref="C51:D51"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
-  <dimension ref="B2:J59"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
+  <dimension ref="A2:J23"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>955</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...15 lines deleted...]
-      <c r="B12" s="7" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C10" s="1">
+        <v>88092</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.2015</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>956</v>
+      </c>
+      <c r="C11" s="1">
+        <v>90338</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.2067</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="C12" s="1">
+        <v>136489</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.3123</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="C13" s="1">
+        <v>148063</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.3387</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>959</v>
+      </c>
+      <c r="C14" s="1">
+        <v>6592</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.0151</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
         <v>960</v>
       </c>
-      <c r="C12" s="5" t="s">
-[...14 lines deleted...]
-      <c r="B14" s="17" t="s">
+      <c r="C15" s="1">
+        <v>33569</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.0768</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C16" s="1">
+        <v>3561</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
         <v>961</v>
       </c>
-      <c r="C14" s="17">
-[...7 lines deleted...]
-      <c r="B15" s="17" t="s">
+      <c r="C17" s="1">
+        <v>32928</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.0753</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C18" s="1">
+        <v>16178</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="C15" s="17">
-[...220 lines deleted...]
-      <c r="B38" s="7" t="s">
+      <c r="C19" s="1">
+        <v>7112</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.0163</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="C38" s="5" t="s">
-[...128 lines deleted...]
-      <c r="B51" s="7" t="s">
+      <c r="C20" s="1">
+        <v>1935</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="C51" s="5" t="s">
-[...74 lines deleted...]
-      <c r="F59" s="28"/>
+      <c r="C21" s="1">
+        <v>17445</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.0399</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D22" s="12"/>
+      <c r="F22" s="12"/>
+    </row>
+    <row r="23" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D23" s="12"/>
+      <c r="F23" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="13">
-[...7 lines deleted...]
-    <mergeCell ref="C38:D38"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B12:B13"/>
-    <mergeCell ref="C12:D12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
-  <dimension ref="B2:J23"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1DBE43E5-DF5F-42C1-83D1-4867517E1620}">
+  <dimension ref="A2:J43"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...3 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>965</v>
+      </c>
+      <c r="C8" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C10" s="1">
+        <v>143033</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.8783</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C11" s="1">
+        <v>42728</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.2624</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C12" s="1">
+        <v>22183</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.1362</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C13" s="1">
+        <v>55778</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.3425</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C14" s="1">
+        <v>92142</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.5658</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C15" s="1">
+        <v>34211</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.2101</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C16" s="1">
+        <v>17899</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.1099</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C17" s="1">
+        <v>9968</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.0612</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D18" s="12"/>
+      <c r="F18" s="12"/>
+    </row>
+    <row r="19">
+      <c r="B19" s="31" t="s">
         <v>966</v>
       </c>
-      <c r="C8" s="5" t="s">
+      <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D19" s="33"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...11 lines deleted...]
-      <c r="B11" s="17" t="s">
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
         <v>967</v>
       </c>
-      <c r="C11" s="17">
-[...7 lines deleted...]
-      <c r="B12" s="17" t="s">
+      <c r="C21" s="1">
+        <v>26206</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.1833</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
         <v>968</v>
       </c>
-      <c r="C12" s="17">
-[...7 lines deleted...]
-      <c r="B13" s="17" t="s">
+      <c r="C22" s="1">
+        <v>611</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
         <v>969</v>
       </c>
-      <c r="C13" s="17">
-[...7 lines deleted...]
-      <c r="B14" s="17" t="s">
+      <c r="C23" s="1">
+        <v>807</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.0056</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
         <v>970</v>
       </c>
-      <c r="C14" s="17">
-[...7 lines deleted...]
-      <c r="B15" s="17" t="s">
+      <c r="C24" s="1">
+        <v>94</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="1" t="s">
         <v>971</v>
       </c>
-      <c r="C15" s="17">
-[...18 lines deleted...]
-      <c r="B17" s="17" t="s">
+      <c r="C25" s="1">
+        <v>201</v>
+      </c>
+      <c r="D25" s="13">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="1" t="s">
         <v>972</v>
       </c>
-      <c r="C17" s="17">
-[...18 lines deleted...]
-      <c r="B19" s="17" t="s">
+      <c r="C26" s="1">
+        <v>181</v>
+      </c>
+      <c r="D26" s="13">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
         <v>973</v>
       </c>
-      <c r="C19" s="17">
-[...7 lines deleted...]
-      <c r="B20" s="17" t="s">
+      <c r="C27" s="1">
+        <v>13540</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.0947</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
         <v>974</v>
       </c>
-      <c r="C20" s="17">
-[...7 lines deleted...]
-      <c r="B21" s="17" t="s">
+      <c r="C28" s="1">
+        <v>796</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.0056</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="C21" s="17">
-[...12 lines deleted...]
-      <c r="F23" s="28"/>
+      <c r="C29" s="1">
+        <v>320</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>976</v>
+      </c>
+      <c r="C30" s="1">
+        <v>583</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="C31" s="1">
+        <v>111</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="C32" s="1">
+        <v>26517</v>
+      </c>
+      <c r="D32" s="13">
+        <v>0.1854</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>979</v>
+      </c>
+      <c r="C33" s="1">
+        <v>362</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>980</v>
+      </c>
+      <c r="C34" s="1">
+        <v>324</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="C35" s="1">
+        <v>32384</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.2265</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>982</v>
+      </c>
+      <c r="C36" s="1">
+        <v>39956</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.2794</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D37" s="12"/>
+      <c r="F37" s="12"/>
+    </row>
+    <row r="38">
+      <c r="B38" s="31" t="s">
+        <v>983</v>
+      </c>
+      <c r="C38" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D38" s="33"/>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="34"/>
+      <c r="C39" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D39" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>984</v>
+      </c>
+      <c r="C40" s="1">
+        <v>70626</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.7153</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="C41" s="1">
+        <v>16001</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.1621</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="C42" s="1">
+        <v>11227</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.1137</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>987</v>
+      </c>
+      <c r="C43" s="1">
+        <v>883</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0089</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="3">
-[...448 lines deleted...]
-    <mergeCell ref="C38:D38"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
+    <mergeCell ref="B38:B39"/>
+    <mergeCell ref="C38:D38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="B2:J79"/>
+  <dimension ref="A2:J78"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="10" width="12.140625" customWidth="1" style="1"/>
+    <col min="11" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...3 lines deleted...]
-      <c r="B8" s="7" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="C8" s="36" t="s">
         <v>156</v>
       </c>
-      <c r="D8" s="2" t="s">
+      <c r="D8" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="E8" s="1"/>
-      <c r="F8" s="2" t="s">
+      <c r="E8" s="37"/>
+      <c r="F8" s="36" t="s">
         <v>157</v>
       </c>
-      <c r="G8" s="1"/>
-[...7 lines deleted...]
-      <c r="D9" s="38" t="s">
+      <c r="G8" s="37"/>
+      <c r="H8" s="37"/>
+      <c r="I8" s="37"/>
+      <c r="J8" s="37"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="38"/>
+      <c r="C9" s="37"/>
+      <c r="D9" s="36" t="s">
         <v>158</v>
       </c>
-      <c r="E9" s="38" t="s">
+      <c r="E9" s="36" t="s">
         <v>159</v>
       </c>
-      <c r="F9" s="38" t="s">
+      <c r="F9" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="38" t="s">
+      <c r="G9" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="H9" s="38" t="s">
+      <c r="H9" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="I9" s="38" t="s">
+      <c r="I9" s="36" t="s">
         <v>17</v>
       </c>
-      <c r="J9" s="38" t="s">
+      <c r="J9" s="36" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="17" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="C10" s="17">
-[...26 lines deleted...]
-      <c r="B12" s="7" t="s">
+      <c r="C10" s="1">
+        <v>506549</v>
+      </c>
+      <c r="D10" s="1">
+        <v>217304</v>
+      </c>
+      <c r="E10" s="1">
+        <v>289245</v>
+      </c>
+      <c r="F10" s="1">
+        <v>114883</v>
+      </c>
+      <c r="G10" s="1">
+        <v>147242</v>
+      </c>
+      <c r="H10" s="1">
+        <v>119297</v>
+      </c>
+      <c r="I10" s="1">
+        <v>82558</v>
+      </c>
+      <c r="J10" s="1">
+        <v>42569</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1" s="2" customFormat="1"/>
+    <row r="12">
+      <c r="B12" s="31" t="s">
         <v>160</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="C12" s="36" t="s">
         <v>156</v>
       </c>
-      <c r="D12" s="2" t="s">
+      <c r="D12" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="E12" s="1"/>
-      <c r="F12" s="2" t="s">
+      <c r="E12" s="37"/>
+      <c r="F12" s="36" t="s">
         <v>157</v>
       </c>
-      <c r="G12" s="1"/>
-[...7 lines deleted...]
-      <c r="D13" s="38" t="s">
+      <c r="G12" s="37"/>
+      <c r="H12" s="37"/>
+      <c r="I12" s="37"/>
+      <c r="J12" s="37"/>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="38"/>
+      <c r="C13" s="37"/>
+      <c r="D13" s="36" t="s">
         <v>158</v>
       </c>
-      <c r="E13" s="38" t="s">
+      <c r="E13" s="36" t="s">
         <v>159</v>
       </c>
-      <c r="F13" s="38" t="s">
+      <c r="F13" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="G13" s="38" t="s">
+      <c r="G13" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="H13" s="38" t="s">
+      <c r="H13" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="I13" s="38" t="s">
+      <c r="I13" s="36" t="s">
         <v>17</v>
       </c>
-      <c r="J13" s="38" t="s">
+      <c r="J13" s="36" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="14" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B14" s="17" t="s">
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
         <v>161</v>
       </c>
-      <c r="C14" s="17">
-[...25 lines deleted...]
-      <c r="B15" s="17" t="s">
+      <c r="C14" s="1">
+        <v>53589</v>
+      </c>
+      <c r="D14" s="1">
+        <v>25719</v>
+      </c>
+      <c r="E14" s="1">
+        <v>27870</v>
+      </c>
+      <c r="F14" s="1">
+        <v>11202</v>
+      </c>
+      <c r="G14" s="1">
+        <v>18321</v>
+      </c>
+      <c r="H14" s="1">
+        <v>11560</v>
+      </c>
+      <c r="I14" s="1">
+        <v>7796</v>
+      </c>
+      <c r="J14" s="1">
+        <v>4710</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
         <v>162</v>
       </c>
-      <c r="C15" s="17">
-[...20 lines deleted...]
-      <c r="J15" s="17">
+      <c r="C15" s="1">
+        <v>22542</v>
+      </c>
+      <c r="D15" s="1">
+        <v>10235</v>
+      </c>
+      <c r="E15" s="1">
+        <v>12307</v>
+      </c>
+      <c r="F15" s="1">
+        <v>4289</v>
+      </c>
+      <c r="G15" s="1">
+        <v>6457</v>
+      </c>
+      <c r="H15" s="1">
+        <v>5318</v>
+      </c>
+      <c r="I15" s="1">
+        <v>3958</v>
+      </c>
+      <c r="J15" s="1">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="C16" s="1">
+        <v>86467</v>
+      </c>
+      <c r="D16" s="1">
+        <v>36347</v>
+      </c>
+      <c r="E16" s="1">
+        <v>50120</v>
+      </c>
+      <c r="F16" s="1">
+        <v>19426</v>
+      </c>
+      <c r="G16" s="1">
+        <v>23195</v>
+      </c>
+      <c r="H16" s="1">
+        <v>21189</v>
+      </c>
+      <c r="I16" s="1">
+        <v>15065</v>
+      </c>
+      <c r="J16" s="1">
+        <v>7592</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>164</v>
+      </c>
+      <c r="C17" s="1">
+        <v>27198</v>
+      </c>
+      <c r="D17" s="1">
+        <v>11840</v>
+      </c>
+      <c r="E17" s="1">
+        <v>15358</v>
+      </c>
+      <c r="F17" s="1">
+        <v>5861</v>
+      </c>
+      <c r="G17" s="1">
+        <v>6806</v>
+      </c>
+      <c r="H17" s="1">
+        <v>6773</v>
+      </c>
+      <c r="I17" s="1">
+        <v>5097</v>
+      </c>
+      <c r="J17" s="1">
+        <v>2661</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" s="1">
+        <v>62295</v>
+      </c>
+      <c r="D18" s="1">
+        <v>25637</v>
+      </c>
+      <c r="E18" s="1">
+        <v>36658</v>
+      </c>
+      <c r="F18" s="1">
+        <v>13763</v>
+      </c>
+      <c r="G18" s="1">
+        <v>18505</v>
+      </c>
+      <c r="H18" s="1">
+        <v>14961</v>
+      </c>
+      <c r="I18" s="1">
+        <v>9966</v>
+      </c>
+      <c r="J18" s="1">
+        <v>5100</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="C19" s="1">
+        <v>46513</v>
+      </c>
+      <c r="D19" s="1">
+        <v>19699</v>
+      </c>
+      <c r="E19" s="1">
+        <v>26814</v>
+      </c>
+      <c r="F19" s="1">
+        <v>10788</v>
+      </c>
+      <c r="G19" s="1">
+        <v>13252</v>
+      </c>
+      <c r="H19" s="1">
+        <v>10849</v>
+      </c>
+      <c r="I19" s="1">
+        <v>7780</v>
+      </c>
+      <c r="J19" s="1">
+        <v>3844</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>167</v>
+      </c>
+      <c r="C20" s="1">
+        <v>20418</v>
+      </c>
+      <c r="D20" s="1">
+        <v>8949</v>
+      </c>
+      <c r="E20" s="1">
+        <v>11469</v>
+      </c>
+      <c r="F20" s="1">
+        <v>5116</v>
+      </c>
+      <c r="G20" s="1">
+        <v>6236</v>
+      </c>
+      <c r="H20" s="1">
+        <v>4339</v>
+      </c>
+      <c r="I20" s="1">
+        <v>3164</v>
+      </c>
+      <c r="J20" s="1">
+        <v>1563</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="C21" s="1">
+        <v>66082</v>
+      </c>
+      <c r="D21" s="1">
+        <v>27641</v>
+      </c>
+      <c r="E21" s="1">
+        <v>38441</v>
+      </c>
+      <c r="F21" s="1">
+        <v>15592</v>
+      </c>
+      <c r="G21" s="1">
+        <v>19479</v>
+      </c>
+      <c r="H21" s="1">
+        <v>15204</v>
+      </c>
+      <c r="I21" s="1">
+        <v>10656</v>
+      </c>
+      <c r="J21" s="1">
+        <v>5151</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C22" s="1">
+        <v>104619</v>
+      </c>
+      <c r="D22" s="1">
+        <v>44270</v>
+      </c>
+      <c r="E22" s="1">
+        <v>60349</v>
+      </c>
+      <c r="F22" s="1">
+        <v>24367</v>
+      </c>
+      <c r="G22" s="1">
+        <v>29322</v>
+      </c>
+      <c r="H22" s="1">
+        <v>25620</v>
+      </c>
+      <c r="I22" s="1">
+        <v>16992</v>
+      </c>
+      <c r="J22" s="1">
+        <v>8318</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="C23" s="1">
+        <v>16826</v>
+      </c>
+      <c r="D23" s="1">
+        <v>6967</v>
+      </c>
+      <c r="E23" s="1">
+        <v>9859</v>
+      </c>
+      <c r="F23" s="1">
+        <v>4479</v>
+      </c>
+      <c r="G23" s="1">
+        <v>5669</v>
+      </c>
+      <c r="H23" s="1">
+        <v>3484</v>
+      </c>
+      <c r="I23" s="1">
+        <v>2084</v>
+      </c>
+      <c r="J23" s="1">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1" s="2" customFormat="1"/>
+    <row r="25">
+      <c r="B25" s="31" t="s">
+        <v>171</v>
+      </c>
+      <c r="C25" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D25" s="36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E25" s="37"/>
+      <c r="F25" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="G25" s="37"/>
+      <c r="H25" s="37"/>
+      <c r="I25" s="37"/>
+      <c r="J25" s="37"/>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="38"/>
+      <c r="C26" s="37"/>
+      <c r="D26" s="36" t="s">
+        <v>158</v>
+      </c>
+      <c r="E26" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="F26" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G26" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H26" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="I26" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="J26" s="36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C27" s="1">
+        <v>53142</v>
+      </c>
+      <c r="D27" s="1">
+        <v>25505</v>
+      </c>
+      <c r="E27" s="1">
+        <v>27637</v>
+      </c>
+      <c r="F27" s="1">
+        <v>11096</v>
+      </c>
+      <c r="G27" s="1">
+        <v>18231</v>
+      </c>
+      <c r="H27" s="1">
+        <v>11444</v>
+      </c>
+      <c r="I27" s="1">
+        <v>7697</v>
+      </c>
+      <c r="J27" s="1">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C28" s="1">
+        <v>22293</v>
+      </c>
+      <c r="D28" s="1">
+        <v>10116</v>
+      </c>
+      <c r="E28" s="1">
+        <v>12177</v>
+      </c>
+      <c r="F28" s="1">
+        <v>4231</v>
+      </c>
+      <c r="G28" s="1">
+        <v>6417</v>
+      </c>
+      <c r="H28" s="1">
+        <v>5235</v>
+      </c>
+      <c r="I28" s="1">
+        <v>3908</v>
+      </c>
+      <c r="J28" s="1">
         <v>2502</v>
       </c>
     </row>
-    <row r="16" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...221 lines deleted...]
-      <c r="H23" s="17">
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>172</v>
+      </c>
+      <c r="C29" s="1">
+        <v>118323</v>
+      </c>
+      <c r="D29" s="1">
+        <v>50303</v>
+      </c>
+      <c r="E29" s="1">
+        <v>68020</v>
+      </c>
+      <c r="F29" s="1">
+        <v>26216</v>
+      </c>
+      <c r="G29" s="1">
+        <v>36085</v>
+      </c>
+      <c r="H29" s="1">
+        <v>28389</v>
+      </c>
+      <c r="I29" s="1">
+        <v>18549</v>
+      </c>
+      <c r="J29" s="1">
+        <v>9084</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" s="1">
+        <v>193758</v>
+      </c>
+      <c r="D30" s="1">
+        <v>85924</v>
+      </c>
+      <c r="E30" s="1">
+        <v>107834</v>
+      </c>
+      <c r="F30" s="1">
+        <v>41543</v>
+      </c>
+      <c r="G30" s="1">
+        <v>60733</v>
+      </c>
+      <c r="H30" s="1">
+        <v>45068</v>
+      </c>
+      <c r="I30" s="1">
+        <v>30154</v>
+      </c>
+      <c r="J30" s="1">
+        <v>16260</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" s="1">
+        <v>66547</v>
+      </c>
+      <c r="D31" s="1">
+        <v>27686</v>
+      </c>
+      <c r="E31" s="1">
+        <v>38861</v>
+      </c>
+      <c r="F31" s="1">
+        <v>16038</v>
+      </c>
+      <c r="G31" s="1">
+        <v>19474</v>
+      </c>
+      <c r="H31" s="1">
+        <v>14887</v>
+      </c>
+      <c r="I31" s="1">
+        <v>10739</v>
+      </c>
+      <c r="J31" s="1">
+        <v>5409</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="C32" s="1">
+        <v>82323</v>
+      </c>
+      <c r="D32" s="1">
+        <v>34427</v>
+      </c>
+      <c r="E32" s="1">
+        <v>47896</v>
+      </c>
+      <c r="F32" s="1">
+        <v>19569</v>
+      </c>
+      <c r="G32" s="1">
+        <v>23328</v>
+      </c>
+      <c r="H32" s="1">
+        <v>19181</v>
+      </c>
+      <c r="I32" s="1">
+        <v>13420</v>
+      </c>
+      <c r="J32" s="1">
+        <v>6825</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>176</v>
+      </c>
+      <c r="C33" s="1">
+        <v>57854</v>
+      </c>
+      <c r="D33" s="1">
+        <v>24367</v>
+      </c>
+      <c r="E33" s="1">
+        <v>33487</v>
+      </c>
+      <c r="F33" s="1">
+        <v>13165</v>
+      </c>
+      <c r="G33" s="1">
+        <v>15356</v>
+      </c>
+      <c r="H33" s="1">
+        <v>14057</v>
+      </c>
+      <c r="I33" s="1">
+        <v>9944</v>
+      </c>
+      <c r="J33" s="1">
+        <v>5332</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="C34" s="1">
+        <v>41917</v>
+      </c>
+      <c r="D34" s="1">
+        <v>17639</v>
+      </c>
+      <c r="E34" s="1">
+        <v>24278</v>
+      </c>
+      <c r="F34" s="1">
+        <v>9533</v>
+      </c>
+      <c r="G34" s="1">
+        <v>11088</v>
+      </c>
+      <c r="H34" s="1">
+        <v>10347</v>
+      </c>
+      <c r="I34" s="1">
+        <v>7289</v>
+      </c>
+      <c r="J34" s="1">
+        <v>3660</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>178</v>
+      </c>
+      <c r="C35" s="1">
+        <v>61434</v>
+      </c>
+      <c r="D35" s="1">
+        <v>26123</v>
+      </c>
+      <c r="E35" s="1">
+        <v>35311</v>
+      </c>
+      <c r="F35" s="1">
+        <v>14309</v>
+      </c>
+      <c r="G35" s="1">
+        <v>16459</v>
+      </c>
+      <c r="H35" s="1">
+        <v>15111</v>
+      </c>
+      <c r="I35" s="1">
+        <v>10633</v>
+      </c>
+      <c r="J35" s="1">
+        <v>4922</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>179</v>
+      </c>
+      <c r="C36" s="1">
+        <v>2716</v>
+      </c>
+      <c r="D36" s="1">
+        <v>1138</v>
+      </c>
+      <c r="E36" s="1">
+        <v>1578</v>
+      </c>
+      <c r="F36" s="1">
+        <v>726</v>
+      </c>
+      <c r="G36" s="1">
+        <v>804</v>
+      </c>
+      <c r="H36" s="1">
+        <v>646</v>
+      </c>
+      <c r="I36" s="1">
+        <v>379</v>
+      </c>
+      <c r="J36" s="1">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1" s="2" customFormat="1"/>
+    <row r="38">
+      <c r="B38" s="31" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="36" t="s">
+        <v>156</v>
+      </c>
+      <c r="D38" s="36" t="s">
+        <v>10</v>
+      </c>
+      <c r="E38" s="37"/>
+      <c r="F38" s="36" t="s">
+        <v>157</v>
+      </c>
+      <c r="G38" s="37"/>
+      <c r="H38" s="37"/>
+      <c r="I38" s="37"/>
+      <c r="J38" s="37"/>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="38"/>
+      <c r="C39" s="37"/>
+      <c r="D39" s="36" t="s">
+        <v>158</v>
+      </c>
+      <c r="E39" s="36" t="s">
+        <v>159</v>
+      </c>
+      <c r="F39" s="36" t="s">
+        <v>14</v>
+      </c>
+      <c r="G39" s="36" t="s">
+        <v>15</v>
+      </c>
+      <c r="H39" s="36" t="s">
+        <v>16</v>
+      </c>
+      <c r="I39" s="36" t="s">
+        <v>17</v>
+      </c>
+      <c r="J39" s="36" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="C40" s="1">
+        <v>53142</v>
+      </c>
+      <c r="D40" s="1">
+        <v>25505</v>
+      </c>
+      <c r="E40" s="1">
+        <v>27637</v>
+      </c>
+      <c r="F40" s="1">
+        <v>11096</v>
+      </c>
+      <c r="G40" s="1">
+        <v>18231</v>
+      </c>
+      <c r="H40" s="1">
+        <v>11444</v>
+      </c>
+      <c r="I40" s="1">
+        <v>7697</v>
+      </c>
+      <c r="J40" s="1">
+        <v>4674</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>162</v>
+      </c>
+      <c r="C41" s="1">
+        <v>22293</v>
+      </c>
+      <c r="D41" s="1">
+        <v>10116</v>
+      </c>
+      <c r="E41" s="1">
+        <v>12177</v>
+      </c>
+      <c r="F41" s="1">
+        <v>4231</v>
+      </c>
+      <c r="G41" s="1">
+        <v>6417</v>
+      </c>
+      <c r="H41" s="1">
+        <v>5235</v>
+      </c>
+      <c r="I41" s="1">
+        <v>3908</v>
+      </c>
+      <c r="J41" s="1">
+        <v>2502</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>181</v>
+      </c>
+      <c r="C42" s="1">
+        <v>11159</v>
+      </c>
+      <c r="D42" s="1">
+        <v>4663</v>
+      </c>
+      <c r="E42" s="1">
+        <v>6496</v>
+      </c>
+      <c r="F42" s="1">
+        <v>2414</v>
+      </c>
+      <c r="G42" s="1">
+        <v>3369</v>
+      </c>
+      <c r="H42" s="1">
+        <v>2661</v>
+      </c>
+      <c r="I42" s="1">
+        <v>1844</v>
+      </c>
+      <c r="J42" s="1">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>182</v>
+      </c>
+      <c r="C43" s="1">
+        <v>10229</v>
+      </c>
+      <c r="D43" s="1">
+        <v>4424</v>
+      </c>
+      <c r="E43" s="1">
+        <v>5805</v>
+      </c>
+      <c r="F43" s="1">
+        <v>2145</v>
+      </c>
+      <c r="G43" s="1">
+        <v>3144</v>
+      </c>
+      <c r="H43" s="1">
+        <v>2345</v>
+      </c>
+      <c r="I43" s="1">
+        <v>1740</v>
+      </c>
+      <c r="J43" s="1">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>183</v>
+      </c>
+      <c r="C44" s="1">
+        <v>7608</v>
+      </c>
+      <c r="D44" s="1">
+        <v>3348</v>
+      </c>
+      <c r="E44" s="1">
+        <v>4260</v>
+      </c>
+      <c r="F44" s="1">
+        <v>1694</v>
+      </c>
+      <c r="G44" s="1">
+        <v>2410</v>
+      </c>
+      <c r="H44" s="1">
+        <v>1989</v>
+      </c>
+      <c r="I44" s="1">
+        <v>1056</v>
+      </c>
+      <c r="J44" s="1">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>184</v>
+      </c>
+      <c r="C45" s="1">
+        <v>7765</v>
+      </c>
+      <c r="D45" s="1">
+        <v>3368</v>
+      </c>
+      <c r="E45" s="1">
+        <v>4397</v>
+      </c>
+      <c r="F45" s="1">
+        <v>1650</v>
+      </c>
+      <c r="G45" s="1">
+        <v>2223</v>
+      </c>
+      <c r="H45" s="1">
+        <v>1864</v>
+      </c>
+      <c r="I45" s="1">
+        <v>1338</v>
+      </c>
+      <c r="J45" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>185</v>
+      </c>
+      <c r="C46" s="1">
+        <v>7426</v>
+      </c>
+      <c r="D46" s="1">
+        <v>3160</v>
+      </c>
+      <c r="E46" s="1">
+        <v>4266</v>
+      </c>
+      <c r="F46" s="1">
+        <v>1732</v>
+      </c>
+      <c r="G46" s="1">
+        <v>2319</v>
+      </c>
+      <c r="H46" s="1">
+        <v>1698</v>
+      </c>
+      <c r="I46" s="1">
+        <v>1143</v>
+      </c>
+      <c r="J46" s="1">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="C47" s="1">
+        <v>7971</v>
+      </c>
+      <c r="D47" s="1">
+        <v>3371</v>
+      </c>
+      <c r="E47" s="1">
+        <v>4600</v>
+      </c>
+      <c r="F47" s="1">
+        <v>1823</v>
+      </c>
+      <c r="G47" s="1">
+        <v>2441</v>
+      </c>
+      <c r="H47" s="1">
+        <v>1874</v>
+      </c>
+      <c r="I47" s="1">
+        <v>1205</v>
+      </c>
+      <c r="J47" s="1">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>187</v>
+      </c>
+      <c r="C48" s="1">
+        <v>8241</v>
+      </c>
+      <c r="D48" s="1">
         <v>3472</v>
       </c>
-      <c r="I23" s="17">
-[...11 lines deleted...]
-      <c r="C25" s="2" t="s">
+      <c r="E48" s="1">
+        <v>4769</v>
+      </c>
+      <c r="F48" s="1">
+        <v>1850</v>
+      </c>
+      <c r="G48" s="1">
+        <v>2217</v>
+      </c>
+      <c r="H48" s="1">
+        <v>2038</v>
+      </c>
+      <c r="I48" s="1">
+        <v>1416</v>
+      </c>
+      <c r="J48" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>188</v>
+      </c>
+      <c r="C49" s="1">
+        <v>8473</v>
+      </c>
+      <c r="D49" s="1">
+        <v>3602</v>
+      </c>
+      <c r="E49" s="1">
+        <v>4871</v>
+      </c>
+      <c r="F49" s="1">
+        <v>1877</v>
+      </c>
+      <c r="G49" s="1">
+        <v>2658</v>
+      </c>
+      <c r="H49" s="1">
+        <v>2076</v>
+      </c>
+      <c r="I49" s="1">
+        <v>1275</v>
+      </c>
+      <c r="J49" s="1">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>189</v>
+      </c>
+      <c r="C50" s="1">
+        <v>8715</v>
+      </c>
+      <c r="D50" s="1">
+        <v>3590</v>
+      </c>
+      <c r="E50" s="1">
+        <v>5125</v>
+      </c>
+      <c r="F50" s="1">
+        <v>1881</v>
+      </c>
+      <c r="G50" s="1">
+        <v>2856</v>
+      </c>
+      <c r="H50" s="1">
+        <v>2062</v>
+      </c>
+      <c r="I50" s="1">
+        <v>1295</v>
+      </c>
+      <c r="J50" s="1">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>190</v>
+      </c>
+      <c r="C51" s="1">
+        <v>12331</v>
+      </c>
+      <c r="D51" s="1">
+        <v>5132</v>
+      </c>
+      <c r="E51" s="1">
+        <v>7199</v>
+      </c>
+      <c r="F51" s="1">
+        <v>2666</v>
+      </c>
+      <c r="G51" s="1">
+        <v>4020</v>
+      </c>
+      <c r="H51" s="1">
+        <v>2978</v>
+      </c>
+      <c r="I51" s="1">
+        <v>1829</v>
+      </c>
+      <c r="J51" s="1">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>191</v>
+      </c>
+      <c r="C52" s="1">
+        <v>7101</v>
+      </c>
+      <c r="D52" s="1">
+        <v>3026</v>
+      </c>
+      <c r="E52" s="1">
+        <v>4075</v>
+      </c>
+      <c r="F52" s="1">
+        <v>1625</v>
+      </c>
+      <c r="G52" s="1">
+        <v>2093</v>
+      </c>
+      <c r="H52" s="1">
+        <v>1650</v>
+      </c>
+      <c r="I52" s="1">
+        <v>1159</v>
+      </c>
+      <c r="J52" s="1">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>192</v>
+      </c>
+      <c r="C53" s="1">
+        <v>6784</v>
+      </c>
+      <c r="D53" s="1">
+        <v>2849</v>
+      </c>
+      <c r="E53" s="1">
+        <v>3935</v>
+      </c>
+      <c r="F53" s="1">
+        <v>1527</v>
+      </c>
+      <c r="G53" s="1">
+        <v>2079</v>
+      </c>
+      <c r="H53" s="1">
+        <v>1667</v>
+      </c>
+      <c r="I53" s="1">
+        <v>1016</v>
+      </c>
+      <c r="J53" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>193</v>
+      </c>
+      <c r="C54" s="1">
+        <v>7962</v>
+      </c>
+      <c r="D54" s="1">
+        <v>3492</v>
+      </c>
+      <c r="E54" s="1">
+        <v>4470</v>
+      </c>
+      <c r="F54" s="1">
+        <v>1883</v>
+      </c>
+      <c r="G54" s="1">
+        <v>2372</v>
+      </c>
+      <c r="H54" s="1">
+        <v>1894</v>
+      </c>
+      <c r="I54" s="1">
+        <v>1171</v>
+      </c>
+      <c r="J54" s="1">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>194</v>
+      </c>
+      <c r="C55" s="1">
+        <v>6559</v>
+      </c>
+      <c r="D55" s="1">
+        <v>2807</v>
+      </c>
+      <c r="E55" s="1">
+        <v>3752</v>
+      </c>
+      <c r="F55" s="1">
+        <v>1450</v>
+      </c>
+      <c r="G55" s="1">
+        <v>1884</v>
+      </c>
+      <c r="H55" s="1">
+        <v>1593</v>
+      </c>
+      <c r="I55" s="1">
+        <v>1062</v>
+      </c>
+      <c r="J55" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1" s="2" customFormat="1"/>
+    <row r="57">
+      <c r="B57" s="31" t="s">
+        <v>195</v>
+      </c>
+      <c r="C57" s="36" t="s">
         <v>156</v>
       </c>
-      <c r="D25" s="2" t="s">
+      <c r="D57" s="36" t="s">
         <v>10</v>
       </c>
-      <c r="E25" s="1"/>
-      <c r="F25" s="2" t="s">
+      <c r="E57" s="37"/>
+      <c r="F57" s="36" t="s">
         <v>157</v>
       </c>
-      <c r="G25" s="1"/>
-[...7 lines deleted...]
-      <c r="D26" s="38" t="s">
+      <c r="G57" s="37"/>
+      <c r="H57" s="37"/>
+      <c r="I57" s="37"/>
+      <c r="J57" s="37"/>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="38"/>
+      <c r="C58" s="37"/>
+      <c r="D58" s="36" t="s">
         <v>158</v>
       </c>
-      <c r="E26" s="38" t="s">
+      <c r="E58" s="36" t="s">
         <v>159</v>
       </c>
-      <c r="F26" s="38" t="s">
+      <c r="F58" s="36" t="s">
         <v>14</v>
       </c>
-      <c r="G26" s="38" t="s">
+      <c r="G58" s="36" t="s">
         <v>15</v>
       </c>
-      <c r="H26" s="38" t="s">
+      <c r="H58" s="36" t="s">
         <v>16</v>
       </c>
-      <c r="I26" s="38" t="s">
+      <c r="I58" s="36" t="s">
         <v>17</v>
       </c>
-      <c r="J26" s="38" t="s">
+      <c r="J58" s="36" t="s">
         <v>18</v>
       </c>
     </row>
-    <row r="27" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...58 lines deleted...]
-      <c r="B29" s="17" t="s">
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>196</v>
+      </c>
+      <c r="C59" s="1">
+        <v>5545</v>
+      </c>
+      <c r="D59" s="1">
+        <v>2224</v>
+      </c>
+      <c r="E59" s="1">
+        <v>3321</v>
+      </c>
+      <c r="F59" s="1">
+        <v>1269</v>
+      </c>
+      <c r="G59" s="1">
+        <v>1600</v>
+      </c>
+      <c r="H59" s="1">
+        <v>1273</v>
+      </c>
+      <c r="I59" s="1">
+        <v>908</v>
+      </c>
+      <c r="J59" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>197</v>
+      </c>
+      <c r="C60" s="1">
+        <v>5052</v>
+      </c>
+      <c r="D60" s="1">
+        <v>2111</v>
+      </c>
+      <c r="E60" s="1">
+        <v>2941</v>
+      </c>
+      <c r="F60" s="1">
+        <v>1282</v>
+      </c>
+      <c r="G60" s="1">
+        <v>1603</v>
+      </c>
+      <c r="H60" s="1">
+        <v>1077</v>
+      </c>
+      <c r="I60" s="1">
+        <v>742</v>
+      </c>
+      <c r="J60" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>198</v>
+      </c>
+      <c r="C61" s="1">
+        <v>2529</v>
+      </c>
+      <c r="D61" s="1">
+        <v>1063</v>
+      </c>
+      <c r="E61" s="1">
+        <v>1466</v>
+      </c>
+      <c r="F61" s="1">
+        <v>502</v>
+      </c>
+      <c r="G61" s="1">
+        <v>531</v>
+      </c>
+      <c r="H61" s="1">
+        <v>665</v>
+      </c>
+      <c r="I61" s="1">
+        <v>530</v>
+      </c>
+      <c r="J61" s="1">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>199</v>
+      </c>
+      <c r="C62" s="1">
+        <v>4885</v>
+      </c>
+      <c r="D62" s="1">
+        <v>2006</v>
+      </c>
+      <c r="E62" s="1">
+        <v>2879</v>
+      </c>
+      <c r="F62" s="1">
+        <v>1207</v>
+      </c>
+      <c r="G62" s="1">
+        <v>1500</v>
+      </c>
+      <c r="H62" s="1">
+        <v>1021</v>
+      </c>
+      <c r="I62" s="1">
+        <v>740</v>
+      </c>
+      <c r="J62" s="1">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>200</v>
+      </c>
+      <c r="C63" s="1">
+        <v>1655</v>
+      </c>
+      <c r="D63" s="1">
+        <v>713</v>
+      </c>
+      <c r="E63" s="1">
+        <v>942</v>
+      </c>
+      <c r="F63" s="1">
+        <v>538</v>
+      </c>
+      <c r="G63" s="1">
+        <v>677</v>
+      </c>
+      <c r="H63" s="1">
+        <v>275</v>
+      </c>
+      <c r="I63" s="1">
+        <v>104</v>
+      </c>
+      <c r="J63" s="1">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>201</v>
+      </c>
+      <c r="C64" s="1">
+        <v>3748</v>
+      </c>
+      <c r="D64" s="1">
+        <v>1662</v>
+      </c>
+      <c r="E64" s="1">
+        <v>2086</v>
+      </c>
+      <c r="F64" s="1">
+        <v>996</v>
+      </c>
+      <c r="G64" s="1">
+        <v>1072</v>
+      </c>
+      <c r="H64" s="1">
+        <v>798</v>
+      </c>
+      <c r="I64" s="1">
+        <v>578</v>
+      </c>
+      <c r="J64" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>202</v>
+      </c>
+      <c r="C65" s="1">
+        <v>2571</v>
+      </c>
+      <c r="D65" s="1">
+        <v>1137</v>
+      </c>
+      <c r="E65" s="1">
+        <v>1434</v>
+      </c>
+      <c r="F65" s="1">
+        <v>634</v>
+      </c>
+      <c r="G65" s="1">
+        <v>766</v>
+      </c>
+      <c r="H65" s="1">
+        <v>524</v>
+      </c>
+      <c r="I65" s="1">
+        <v>423</v>
+      </c>
+      <c r="J65" s="1">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>203</v>
+      </c>
+      <c r="C66" s="1">
+        <v>3271</v>
+      </c>
+      <c r="D66" s="1">
+        <v>1320</v>
+      </c>
+      <c r="E66" s="1">
+        <v>1951</v>
+      </c>
+      <c r="F66" s="1">
+        <v>728</v>
+      </c>
+      <c r="G66" s="1">
+        <v>859</v>
+      </c>
+      <c r="H66" s="1">
+        <v>808</v>
+      </c>
+      <c r="I66" s="1">
+        <v>595</v>
+      </c>
+      <c r="J66" s="1">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>204</v>
+      </c>
+      <c r="C67" s="1">
+        <v>5195</v>
+      </c>
+      <c r="D67" s="1">
+        <v>2201</v>
+      </c>
+      <c r="E67" s="1">
+        <v>2994</v>
+      </c>
+      <c r="F67" s="1">
+        <v>1410</v>
+      </c>
+      <c r="G67" s="1">
+        <v>1694</v>
+      </c>
+      <c r="H67" s="1">
+        <v>1037</v>
+      </c>
+      <c r="I67" s="1">
+        <v>679</v>
+      </c>
+      <c r="J67" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>205</v>
+      </c>
+      <c r="C68" s="1">
+        <v>2486</v>
+      </c>
+      <c r="D68" s="1">
+        <v>1139</v>
+      </c>
+      <c r="E68" s="1">
+        <v>1347</v>
+      </c>
+      <c r="F68" s="1">
+        <v>571</v>
+      </c>
+      <c r="G68" s="1">
+        <v>745</v>
+      </c>
+      <c r="H68" s="1">
+        <v>532</v>
+      </c>
+      <c r="I68" s="1">
+        <v>416</v>
+      </c>
+      <c r="J68" s="1">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>206</v>
+      </c>
+      <c r="C69" s="1">
+        <v>3604</v>
+      </c>
+      <c r="D69" s="1">
+        <v>1486</v>
+      </c>
+      <c r="E69" s="1">
+        <v>2118</v>
+      </c>
+      <c r="F69" s="1">
+        <v>778</v>
+      </c>
+      <c r="G69" s="1">
+        <v>912</v>
+      </c>
+      <c r="H69" s="1">
+        <v>871</v>
+      </c>
+      <c r="I69" s="1">
+        <v>672</v>
+      </c>
+      <c r="J69" s="1">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="C70" s="1">
+        <v>1697</v>
+      </c>
+      <c r="D70" s="1">
+        <v>719</v>
+      </c>
+      <c r="E70" s="1">
+        <v>978</v>
+      </c>
+      <c r="F70" s="1">
+        <v>406</v>
+      </c>
+      <c r="G70" s="1">
+        <v>501</v>
+      </c>
+      <c r="H70" s="1">
+        <v>378</v>
+      </c>
+      <c r="I70" s="1">
+        <v>261</v>
+      </c>
+      <c r="J70" s="1">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="1" t="s">
+        <v>208</v>
+      </c>
+      <c r="C71" s="1">
+        <v>3123</v>
+      </c>
+      <c r="D71" s="1">
+        <v>1307</v>
+      </c>
+      <c r="E71" s="1">
+        <v>1816</v>
+      </c>
+      <c r="F71" s="1">
+        <v>727</v>
+      </c>
+      <c r="G71" s="1">
+        <v>999</v>
+      </c>
+      <c r="H71" s="1">
+        <v>661</v>
+      </c>
+      <c r="I71" s="1">
+        <v>506</v>
+      </c>
+      <c r="J71" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="1" t="s">
+        <v>209</v>
+      </c>
+      <c r="C72" s="1">
+        <v>4005</v>
+      </c>
+      <c r="D72" s="1">
+        <v>1564</v>
+      </c>
+      <c r="E72" s="1">
+        <v>2441</v>
+      </c>
+      <c r="F72" s="1">
+        <v>941</v>
+      </c>
+      <c r="G72" s="1">
+        <v>1249</v>
+      </c>
+      <c r="H72" s="1">
+        <v>911</v>
+      </c>
+      <c r="I72" s="1">
+        <v>622</v>
+      </c>
+      <c r="J72" s="1">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>210</v>
+      </c>
+      <c r="C73" s="1">
+        <v>3965</v>
+      </c>
+      <c r="D73" s="1">
+        <v>1629</v>
+      </c>
+      <c r="E73" s="1">
+        <v>2336</v>
+      </c>
+      <c r="F73" s="1">
+        <v>978</v>
+      </c>
+      <c r="G73" s="1">
+        <v>1142</v>
+      </c>
+      <c r="H73" s="1">
+        <v>896</v>
+      </c>
+      <c r="I73" s="1">
+        <v>649</v>
+      </c>
+      <c r="J73" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="C74" s="1">
+        <v>2097</v>
+      </c>
+      <c r="D74" s="1">
+        <v>889</v>
+      </c>
+      <c r="E74" s="1">
+        <v>1208</v>
+      </c>
+      <c r="F74" s="1">
+        <v>461</v>
+      </c>
+      <c r="G74" s="1">
+        <v>568</v>
+      </c>
+      <c r="H74" s="1">
+        <v>485</v>
+      </c>
+      <c r="I74" s="1">
+        <v>411</v>
+      </c>
+      <c r="J74" s="1">
         <v>172</v>
       </c>
-      <c r="C29" s="17">
-[...366 lines deleted...]
-      <c r="D43" s="17">
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="C75" s="1">
         <v>4576</v>
       </c>
-      <c r="E43" s="17">
-[...69 lines deleted...]
-      <c r="I45" s="17">
+      <c r="D75" s="1">
+        <v>1792</v>
+      </c>
+      <c r="E75" s="1">
+        <v>2784</v>
+      </c>
+      <c r="F75" s="1">
+        <v>1116</v>
+      </c>
+      <c r="G75" s="1">
         <v>1350</v>
       </c>
-      <c r="J45" s="17">
-[...236 lines deleted...]
-      <c r="B54" s="17" t="s">
+      <c r="H75" s="1">
+        <v>1084</v>
+      </c>
+      <c r="I75" s="1">
+        <v>691</v>
+      </c>
+      <c r="J75" s="1">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="C76" s="1">
+        <v>2394</v>
+      </c>
+      <c r="D76" s="1">
+        <v>983</v>
+      </c>
+      <c r="E76" s="1">
+        <v>1411</v>
+      </c>
+      <c r="F76" s="1">
+        <v>521</v>
+      </c>
+      <c r="G76" s="1">
+        <v>628</v>
+      </c>
+      <c r="H76" s="1">
+        <v>600</v>
+      </c>
+      <c r="I76" s="1">
+        <v>452</v>
+      </c>
+      <c r="J76" s="1">
         <v>193</v>
       </c>
-      <c r="C54" s="17">
-[...157 lines deleted...]
-      <c r="B61" s="17" t="s">
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="C77" s="1">
+        <v>1362</v>
+      </c>
+      <c r="D77" s="1">
+        <v>585</v>
+      </c>
+      <c r="E77" s="1">
+        <v>777</v>
+      </c>
+      <c r="F77" s="1">
+        <v>289</v>
+      </c>
+      <c r="G77" s="1">
+        <v>296</v>
+      </c>
+      <c r="H77" s="1">
+        <v>352</v>
+      </c>
+      <c r="I77" s="1">
+        <v>276</v>
+      </c>
+      <c r="J77" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="C78" s="1">
+        <v>2787</v>
+      </c>
+      <c r="D78" s="1">
+        <v>1156</v>
+      </c>
+      <c r="E78" s="1">
+        <v>1631</v>
+      </c>
+      <c r="F78" s="1">
+        <v>684</v>
+      </c>
+      <c r="G78" s="1">
+        <v>782</v>
+      </c>
+      <c r="H78" s="1">
+        <v>639</v>
+      </c>
+      <c r="I78" s="1">
+        <v>484</v>
+      </c>
+      <c r="J78" s="1">
         <v>198</v>
       </c>
-      <c r="C61" s="17">
-[...517 lines deleted...]
-    <row r="79" spans="2:10" s="18" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25"/>
+    </row>
+    <row r="79" ht="15" customHeight="1" s="2" customFormat="1"/>
   </sheetData>
-  <mergeCells count="21">
+  <mergeCells>
+    <mergeCell ref="B2:D5"/>
+    <mergeCell ref="B8:B9"/>
+    <mergeCell ref="C8:C9"/>
+    <mergeCell ref="D8:E8"/>
+    <mergeCell ref="F8:J8"/>
+    <mergeCell ref="B12:B13"/>
+    <mergeCell ref="C12:C13"/>
+    <mergeCell ref="D12:E12"/>
+    <mergeCell ref="F12:J12"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="C25:C26"/>
+    <mergeCell ref="D25:E25"/>
+    <mergeCell ref="F25:J25"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="F38:J38"/>
     <mergeCell ref="B57:B58"/>
     <mergeCell ref="C57:C58"/>
     <mergeCell ref="D57:E57"/>
     <mergeCell ref="F57:J57"/>
-    <mergeCell ref="B12:B13"/>
-[...11 lines deleted...]
-    <mergeCell ref="F8:J8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
-  <drawing r:id="rId1"/>
+  <headerFooter/>
+  <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
-  <dimension ref="B2:J39"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <dimension ref="A2:J111"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="12" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...200 lines deleted...]
-      <c r="I16" s="17">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C8" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D9" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="C10" s="1">
+        <v>82614</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.4912</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>218</v>
+      </c>
+      <c r="C11" s="1">
+        <v>90192</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.5363</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="C12" s="1">
+        <v>54783</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.3258</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>220</v>
+      </c>
+      <c r="C13" s="1">
+        <v>61028</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.3629</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>221</v>
+      </c>
+      <c r="C14" s="1">
+        <v>39690</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.236</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="C15" s="1">
+        <v>24064</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.1431</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="C16" s="1">
+        <v>22261</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.1324</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="C17" s="1">
+        <v>75555</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.4493</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>225</v>
+      </c>
+      <c r="C18" s="1">
+        <v>38405</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.2284</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>226</v>
+      </c>
+      <c r="C19" s="1">
+        <v>7437</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.0442</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="C20" s="1">
+        <v>17023</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.1012</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="C21" s="1">
+        <v>35548</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.2114</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>229</v>
+      </c>
+      <c r="C22" s="1">
+        <v>61231</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.3641</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>230</v>
+      </c>
+      <c r="C23" s="1">
+        <v>50179</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.2984</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="C24" s="1">
+        <v>12060</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.0717</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="C25" s="1">
+        <v>125355</v>
+      </c>
+      <c r="D25" s="13">
+        <v>0.7454</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="1" t="s">
+        <v>233</v>
+      </c>
+      <c r="C26" s="1">
+        <v>48277</v>
+      </c>
+      <c r="D26" s="13">
+        <v>0.2871</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>234</v>
+      </c>
+      <c r="C27" s="1">
+        <v>47810</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.2843</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="C28" s="1">
+        <v>83050</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.4938</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>236</v>
+      </c>
+      <c r="C29" s="1">
+        <v>70440</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.4189</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>237</v>
+      </c>
+      <c r="C30" s="1">
+        <v>15599</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.0928</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>238</v>
+      </c>
+      <c r="C31" s="1">
+        <v>47996</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.2854</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="C32" s="1">
+        <v>73893</v>
+      </c>
+      <c r="D32" s="13">
+        <v>0.4394</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>240</v>
+      </c>
+      <c r="C33" s="1">
+        <v>44167</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.2626</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>241</v>
+      </c>
+      <c r="C34" s="1">
+        <v>24028</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.1429</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>242</v>
+      </c>
+      <c r="C35" s="1">
+        <v>38931</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.2315</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="C36" s="1">
+        <v>27510</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.1636</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>244</v>
+      </c>
+      <c r="C37" s="1">
+        <v>77436</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.4605</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>245</v>
+      </c>
+      <c r="C38" s="1">
+        <v>47087</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.28</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="1" t="s">
+        <v>246</v>
+      </c>
+      <c r="C39" s="1">
+        <v>45409</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0.27</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="C40" s="1">
+        <v>27442</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.1632</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>248</v>
+      </c>
+      <c r="C41" s="1">
+        <v>64398</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.3829</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="C42" s="1">
+        <v>29358</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.1746</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>250</v>
+      </c>
+      <c r="C43" s="1">
+        <v>15845</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0942</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D44" s="12"/>
+      <c r="F44" s="12"/>
+    </row>
+    <row r="45">
+      <c r="B45" s="31" t="s">
+        <v>251</v>
+      </c>
+      <c r="C45" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D45" s="33"/>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="34"/>
+      <c r="C46" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D46" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="C47" s="1">
+        <v>84174</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.5004</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>253</v>
+      </c>
+      <c r="C48" s="1">
+        <v>8969</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.0533</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>254</v>
+      </c>
+      <c r="C49" s="1">
+        <v>18094</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.1076</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" s="1">
+        <v>63535</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.3777</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" s="1">
+        <v>106315</v>
+      </c>
+      <c r="D51" s="13">
+        <v>0.6321</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>257</v>
+      </c>
+      <c r="C52" s="1">
+        <v>62124</v>
+      </c>
+      <c r="D52" s="13">
+        <v>0.3693</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>258</v>
+      </c>
+      <c r="C53" s="1">
+        <v>21970</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.1306</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="C54" s="1">
+        <v>55864</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.3321</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>260</v>
+      </c>
+      <c r="C55" s="1">
+        <v>30638</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.1822</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="J16" s="17">
-[...71 lines deleted...]
-      <c r="E19" s="17">
+      <c r="C56" s="1">
+        <v>18429</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.1096</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>262</v>
+      </c>
+      <c r="C57" s="1">
+        <v>43232</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.257</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="C58" s="1">
+        <v>55778</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.3316</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="C59" s="1">
+        <v>92142</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.5478</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>265</v>
+      </c>
+      <c r="C60" s="1">
+        <v>103036</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.6126</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>266</v>
+      </c>
+      <c r="C61" s="1">
+        <v>32443</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.1929</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="C62" s="1">
+        <v>55293</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0.3287</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>268</v>
+      </c>
+      <c r="C63" s="1">
+        <v>120988</v>
+      </c>
+      <c r="D63" s="13">
+        <v>0.7193</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="C64" s="1">
+        <v>41621</v>
+      </c>
+      <c r="D64" s="13">
+        <v>0.2474</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>270</v>
+      </c>
+      <c r="C65" s="1">
+        <v>46264</v>
+      </c>
+      <c r="D65" s="13">
+        <v>0.2751</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="C66" s="1">
+        <v>76528</v>
+      </c>
+      <c r="D66" s="13">
+        <v>0.455</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="C67" s="1">
+        <v>8116</v>
+      </c>
+      <c r="D67" s="13">
+        <v>0.0483</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>273</v>
+      </c>
+      <c r="C68" s="1">
+        <v>20136</v>
+      </c>
+      <c r="D68" s="13">
+        <v>0.1197</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>274</v>
+      </c>
+      <c r="C69" s="1">
+        <v>8125</v>
+      </c>
+      <c r="D69" s="13">
+        <v>0.0483</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="C70" s="1">
+        <v>49591</v>
+      </c>
+      <c r="D70" s="13">
+        <v>0.2948</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="1" t="s">
+        <v>276</v>
+      </c>
+      <c r="C71" s="1">
+        <v>53842</v>
+      </c>
+      <c r="D71" s="13">
+        <v>0.3201</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="1" t="s">
+        <v>277</v>
+      </c>
+      <c r="C72" s="1">
+        <v>54426</v>
+      </c>
+      <c r="D72" s="13">
+        <v>0.3236</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>278</v>
+      </c>
+      <c r="C73" s="1">
+        <v>33267</v>
+      </c>
+      <c r="D73" s="13">
+        <v>0.1978</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="C74" s="1">
+        <v>62412</v>
+      </c>
+      <c r="D74" s="13">
+        <v>0.3711</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="C75" s="1">
+        <v>17943</v>
+      </c>
+      <c r="D75" s="13">
+        <v>0.1067</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="1" t="s">
+        <v>281</v>
+      </c>
+      <c r="C76" s="1">
+        <v>11702</v>
+      </c>
+      <c r="D76" s="13">
+        <v>0.0696</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>282</v>
+      </c>
+      <c r="C77" s="1">
+        <v>17899</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0.1064</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="C78" s="1">
+        <v>9968</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0.0593</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="1" t="s">
+        <v>284</v>
+      </c>
+      <c r="C79" s="1">
+        <v>101417</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0.603</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="C80" s="1">
+        <v>37694</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0.2241</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="1" t="s">
+        <v>286</v>
+      </c>
+      <c r="C81" s="1">
+        <v>86825</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0.5162</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D82" s="12"/>
+      <c r="F82" s="12"/>
+    </row>
+    <row r="83">
+      <c r="B83" s="31" t="s">
+        <v>287</v>
+      </c>
+      <c r="C83" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D83" s="33"/>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="34"/>
+      <c r="C84" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D84" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="85" ht="15" customHeight="1">
+      <c r="B85" s="1" t="s">
+        <v>288</v>
+      </c>
+      <c r="C85" s="1">
+        <v>143033</v>
+      </c>
+      <c r="D85" s="13">
+        <v>0.85</v>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="1" t="s">
+        <v>289</v>
+      </c>
+      <c r="C86" s="1">
+        <v>22832</v>
+      </c>
+      <c r="D86" s="13">
+        <v>0.1357</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="C87" s="1">
+        <v>42728</v>
+      </c>
+      <c r="D87" s="13">
+        <v>0.2539</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="C88" s="1">
+        <v>20927</v>
+      </c>
+      <c r="D88" s="13">
+        <v>0.1244</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="1" t="s">
+        <v>292</v>
+      </c>
+      <c r="C89" s="1">
+        <v>30055</v>
+      </c>
+      <c r="D89" s="13">
+        <v>0.1786</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1">
+      <c r="B90" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="C90" s="1">
+        <v>27200</v>
+      </c>
+      <c r="D90" s="13">
+        <v>0.1616</v>
+      </c>
+    </row>
+    <row r="91" ht="15" customHeight="1">
+      <c r="B91" s="1" t="s">
+        <v>294</v>
+      </c>
+      <c r="C91" s="1">
+        <v>19839</v>
+      </c>
+      <c r="D91" s="13">
+        <v>0.1179</v>
+      </c>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="1" t="s">
+        <v>295</v>
+      </c>
+      <c r="C92" s="1">
+        <v>25729</v>
+      </c>
+      <c r="D92" s="13">
+        <v>0.1529</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="C93" s="1">
+        <v>26730</v>
+      </c>
+      <c r="D93" s="13">
+        <v>0.1588</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="1" t="s">
+        <v>297</v>
+      </c>
+      <c r="C94" s="1">
+        <v>34934</v>
+      </c>
+      <c r="D94" s="13">
+        <v>0.2076</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="1" t="s">
+        <v>298</v>
+      </c>
+      <c r="C95" s="1">
+        <v>51615</v>
+      </c>
+      <c r="D95" s="13">
+        <v>0.3067</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="C96" s="1">
+        <v>38449</v>
+      </c>
+      <c r="D96" s="13">
+        <v>0.2285</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="1" t="s">
+        <v>300</v>
+      </c>
+      <c r="C97" s="1">
+        <v>22183</v>
+      </c>
+      <c r="D97" s="13">
+        <v>0.1318</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="C98" s="1">
+        <v>34211</v>
+      </c>
+      <c r="D98" s="13">
+        <v>0.2033</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C99" s="1">
+        <v>3808</v>
+      </c>
+      <c r="D99" s="13">
+        <v>0.0226</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D100" s="12"/>
+      <c r="F100" s="12"/>
+    </row>
+    <row r="101">
+      <c r="B101" s="31" t="s">
+        <v>303</v>
+      </c>
+      <c r="C101" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D101" s="33"/>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="34"/>
+      <c r="C102" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D102" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="103" ht="15" customHeight="1">
+      <c r="B103" s="1" t="s">
+        <v>304</v>
+      </c>
+      <c r="C103" s="1">
+        <v>36653</v>
+      </c>
+      <c r="D103" s="13">
+        <v>0.218</v>
+      </c>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="C104" s="1">
+        <v>24496</v>
+      </c>
+      <c r="D104" s="13">
+        <v>0.1457</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="1" t="s">
         <v>306</v>
       </c>
-      <c r="F19" s="17">
-[...467 lines deleted...]
-      </c>
+      <c r="C105" s="1">
+        <v>72477</v>
+      </c>
+      <c r="D105" s="13">
+        <v>0.431</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="1" t="s">
+        <v>307</v>
+      </c>
+      <c r="C106" s="1">
+        <v>22588</v>
+      </c>
+      <c r="D106" s="13">
+        <v>0.1343</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C107" s="1">
+        <v>57109</v>
+      </c>
+      <c r="D107" s="13">
+        <v>0.3396</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D108" s="12"/>
+      <c r="F108" s="12"/>
+    </row>
+    <row r="109" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D109" s="12"/>
+      <c r="F109" s="12"/>
+    </row>
+    <row r="110" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D110" s="12"/>
+      <c r="F110" s="12"/>
+    </row>
+    <row r="111" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D111" s="12"/>
+      <c r="F111" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="21">
-[...15 lines deleted...]
-    <mergeCell ref="F22:J22"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
-    <mergeCell ref="C8:C9"/>
-[...1 lines deleted...]
-    <mergeCell ref="F8:J8"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="B45:B46"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="B83:B84"/>
+    <mergeCell ref="C83:D83"/>
+    <mergeCell ref="B101:B102"/>
+    <mergeCell ref="C101:D101"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
-  <dimension ref="B2:J111"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+  <dimension ref="A2:J187"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="3"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="3"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="3"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="15"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="3"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="15"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="3"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>308</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...116 lines deleted...]
-      <c r="D20" s="29">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C10" s="3">
+        <v>68418</v>
+      </c>
+      <c r="D10" s="15">
+        <v>0.4914</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C11" s="3">
+        <v>15597</v>
+      </c>
+      <c r="D11" s="15">
+        <v>0.112</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="3" t="s">
+        <v>311</v>
+      </c>
+      <c r="C12" s="3">
+        <v>94423</v>
+      </c>
+      <c r="D12" s="15">
+        <v>0.6782</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="3" t="s">
+        <v>312</v>
+      </c>
+      <c r="C13" s="3">
+        <v>39625</v>
+      </c>
+      <c r="D13" s="15">
+        <v>0.2846</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="3" t="s">
+        <v>254</v>
+      </c>
+      <c r="C14" s="3">
+        <v>12896</v>
+      </c>
+      <c r="D14" s="15">
+        <v>0.0926</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="3" t="s">
+        <v>313</v>
+      </c>
+      <c r="C15" s="3">
+        <v>37024</v>
+      </c>
+      <c r="D15" s="15">
+        <v>0.2659</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="3" t="s">
+        <v>314</v>
+      </c>
+      <c r="C16" s="3">
+        <v>26108</v>
+      </c>
+      <c r="D16" s="15">
+        <v>0.1875</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="3" t="s">
+        <v>315</v>
+      </c>
+      <c r="C17" s="3">
+        <v>21588</v>
+      </c>
+      <c r="D17" s="15">
+        <v>0.1551</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="C18" s="3">
+        <v>99938</v>
+      </c>
+      <c r="D18" s="15">
+        <v>0.7179</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="3" t="s">
+        <v>317</v>
+      </c>
+      <c r="C19" s="3">
+        <v>11297</v>
+      </c>
+      <c r="D19" s="15">
+        <v>0.0811</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="3" t="s">
+        <v>318</v>
+      </c>
+      <c r="C20" s="3">
+        <v>6415</v>
+      </c>
+      <c r="D20" s="15">
+        <v>0.0461</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C21" s="3">
+        <v>5241</v>
+      </c>
+      <c r="D21" s="15">
+        <v>0.0376</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D22" s="14"/>
+      <c r="F22" s="14"/>
+    </row>
+    <row r="23">
+      <c r="B23" s="31" t="s">
+        <v>319</v>
+      </c>
+      <c r="C23" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D23" s="33"/>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="34"/>
+      <c r="C24" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D24" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="3" t="s">
+        <v>320</v>
+      </c>
+      <c r="C25" s="3">
+        <v>55717</v>
+      </c>
+      <c r="D25" s="15">
+        <v>0.4003</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="3" t="s">
+        <v>321</v>
+      </c>
+      <c r="C26" s="3">
+        <v>63722</v>
+      </c>
+      <c r="D26" s="15">
+        <v>0.4578</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="3" t="s">
+        <v>322</v>
+      </c>
+      <c r="C27" s="3">
+        <v>16709</v>
+      </c>
+      <c r="D27" s="15">
+        <v>0.12</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="3" t="s">
+        <v>323</v>
+      </c>
+      <c r="C28" s="3">
+        <v>3038</v>
+      </c>
+      <c r="D28" s="15">
+        <v>0.0218</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D29" s="14"/>
+      <c r="F29" s="14"/>
+    </row>
+    <row r="30">
+      <c r="B30" s="31" t="s">
+        <v>324</v>
+      </c>
+      <c r="C30" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D30" s="33"/>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="34"/>
+      <c r="C31" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D31" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="3" t="s">
+        <v>325</v>
+      </c>
+      <c r="C32" s="3">
+        <v>8308</v>
+      </c>
+      <c r="D32" s="15">
+        <v>0.0994</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C33" s="3">
+        <v>16938</v>
+      </c>
+      <c r="D33" s="15">
+        <v>0.2027</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="3" t="s">
+        <v>327</v>
+      </c>
+      <c r="C34" s="3">
+        <v>22394</v>
+      </c>
+      <c r="D34" s="15">
+        <v>0.2679</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C35" s="3">
+        <v>14407</v>
+      </c>
+      <c r="D35" s="15">
+        <v>0.1724</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="3" t="s">
+        <v>329</v>
+      </c>
+      <c r="C36" s="3">
+        <v>6671</v>
+      </c>
+      <c r="D36" s="15">
+        <v>0.0798</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="3" t="s">
+        <v>330</v>
+      </c>
+      <c r="C37" s="3">
+        <v>2204</v>
+      </c>
+      <c r="D37" s="15">
+        <v>0.0264</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="3" t="s">
+        <v>331</v>
+      </c>
+      <c r="C38" s="3">
+        <v>906</v>
+      </c>
+      <c r="D38" s="15">
+        <v>0.0108</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C39" s="3">
+        <v>8747</v>
+      </c>
+      <c r="D39" s="15">
+        <v>0.1047</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C40" s="3">
+        <v>3585</v>
+      </c>
+      <c r="D40" s="15">
+        <v>0.0429</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="C41" s="3">
+        <v>603</v>
+      </c>
+      <c r="D41" s="15">
+        <v>0.0072</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="C42" s="3">
+        <v>1720</v>
+      </c>
+      <c r="D42" s="15">
+        <v>0.0206</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="3" t="s">
+        <v>336</v>
+      </c>
+      <c r="C43" s="3">
+        <v>17002</v>
+      </c>
+      <c r="D43" s="15">
+        <v>0.2034</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C44" s="3">
+        <v>1800</v>
+      </c>
+      <c r="D44" s="15">
+        <v>0.0215</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D45" s="14"/>
+      <c r="F45" s="14"/>
+    </row>
+    <row r="46">
+      <c r="B46" s="31" t="s">
+        <v>338</v>
+      </c>
+      <c r="C46" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D46" s="33"/>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="34"/>
+      <c r="C47" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D47" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="3" t="s">
+        <v>339</v>
+      </c>
+      <c r="C48" s="3">
+        <v>425</v>
+      </c>
+      <c r="D48" s="15">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="3" t="s">
+        <v>340</v>
+      </c>
+      <c r="C49" s="3">
+        <v>777</v>
+      </c>
+      <c r="D49" s="15">
+        <v>0.0093</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="3" t="s">
+        <v>341</v>
+      </c>
+      <c r="C50" s="3">
+        <v>565</v>
+      </c>
+      <c r="D50" s="15">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="3" t="s">
+        <v>342</v>
+      </c>
+      <c r="C51" s="3">
+        <v>743</v>
+      </c>
+      <c r="D51" s="15">
+        <v>0.0089</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C52" s="3">
+        <v>5396</v>
+      </c>
+      <c r="D52" s="15">
+        <v>0.0646</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="3" t="s">
+        <v>344</v>
+      </c>
+      <c r="C53" s="3">
+        <v>206</v>
+      </c>
+      <c r="D53" s="15">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="3" t="s">
+        <v>345</v>
+      </c>
+      <c r="C54" s="3">
+        <v>570</v>
+      </c>
+      <c r="D54" s="15">
+        <v>0.0068</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="C55" s="3">
+        <v>3351</v>
+      </c>
+      <c r="D55" s="15">
+        <v>0.0401</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="3" t="s">
+        <v>347</v>
+      </c>
+      <c r="C56" s="3">
+        <v>36</v>
+      </c>
+      <c r="D56" s="15">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="3" t="s">
+        <v>348</v>
+      </c>
+      <c r="C57" s="3">
+        <v>119</v>
+      </c>
+      <c r="D57" s="15">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C58" s="3">
+        <v>23</v>
+      </c>
+      <c r="D58" s="15">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="3" t="s">
+        <v>350</v>
+      </c>
+      <c r="C59" s="3">
+        <v>58</v>
+      </c>
+      <c r="D59" s="15">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="3" t="s">
+        <v>351</v>
+      </c>
+      <c r="C60" s="3">
+        <v>137</v>
+      </c>
+      <c r="D60" s="15">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="3" t="s">
+        <v>352</v>
+      </c>
+      <c r="C61" s="3">
+        <v>518</v>
+      </c>
+      <c r="D61" s="15">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="C62" s="3">
+        <v>31</v>
+      </c>
+      <c r="D62" s="15">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="3" t="s">
+        <v>354</v>
+      </c>
+      <c r="C63" s="3">
+        <v>16</v>
+      </c>
+      <c r="D63" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="3" t="s">
+        <v>355</v>
+      </c>
+      <c r="C64" s="3">
+        <v>29</v>
+      </c>
+      <c r="D64" s="15">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="3" t="s">
+        <v>356</v>
+      </c>
+      <c r="C65" s="3">
+        <v>2133</v>
+      </c>
+      <c r="D65" s="15">
+        <v>0.0255</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="3" t="s">
+        <v>357</v>
+      </c>
+      <c r="C66" s="3">
+        <v>3998</v>
+      </c>
+      <c r="D66" s="15">
+        <v>0.0478</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="3" t="s">
+        <v>358</v>
+      </c>
+      <c r="C67" s="3">
+        <v>92</v>
+      </c>
+      <c r="D67" s="15">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="3" t="s">
+        <v>359</v>
+      </c>
+      <c r="C68" s="3">
+        <v>537</v>
+      </c>
+      <c r="D68" s="15">
+        <v>0.0064</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="3" t="s">
+        <v>360</v>
+      </c>
+      <c r="C69" s="3">
+        <v>43</v>
+      </c>
+      <c r="D69" s="15">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="3" t="s">
+        <v>361</v>
+      </c>
+      <c r="C70" s="3">
+        <v>1196</v>
+      </c>
+      <c r="D70" s="15">
+        <v>0.0143</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="3" t="s">
+        <v>362</v>
+      </c>
+      <c r="C71" s="3">
+        <v>104</v>
+      </c>
+      <c r="D71" s="15">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="3" t="s">
+        <v>363</v>
+      </c>
+      <c r="C72" s="3">
+        <v>524</v>
+      </c>
+      <c r="D72" s="15">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="C73" s="3">
+        <v>15</v>
+      </c>
+      <c r="D73" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="3" t="s">
+        <v>365</v>
+      </c>
+      <c r="C74" s="3">
+        <v>200</v>
+      </c>
+      <c r="D74" s="15">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="3" t="s">
+        <v>366</v>
+      </c>
+      <c r="C75" s="3">
+        <v>44</v>
+      </c>
+      <c r="D75" s="15">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="3" t="s">
+        <v>367</v>
+      </c>
+      <c r="C76" s="3">
+        <v>53</v>
+      </c>
+      <c r="D76" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="3" t="s">
+        <v>368</v>
+      </c>
+      <c r="C77" s="3">
+        <v>85</v>
+      </c>
+      <c r="D77" s="15">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="3" t="s">
+        <v>369</v>
+      </c>
+      <c r="C78" s="3">
+        <v>306</v>
+      </c>
+      <c r="D78" s="15">
+        <v>0.0037</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="3" t="s">
+        <v>370</v>
+      </c>
+      <c r="C79" s="3">
+        <v>3944</v>
+      </c>
+      <c r="D79" s="15">
+        <v>0.0472</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="3" t="s">
+        <v>371</v>
+      </c>
+      <c r="C80" s="3">
+        <v>95</v>
+      </c>
+      <c r="D80" s="15">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="C81" s="3">
+        <v>28</v>
+      </c>
+      <c r="D81" s="15">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1">
+      <c r="B82" s="3" t="s">
+        <v>373</v>
+      </c>
+      <c r="C82" s="3">
+        <v>5</v>
+      </c>
+      <c r="D82" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="83" ht="15" customHeight="1">
+      <c r="B83" s="3" t="s">
+        <v>374</v>
+      </c>
+      <c r="C83" s="3">
+        <v>890</v>
+      </c>
+      <c r="D83" s="15">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="3" t="s">
+        <v>375</v>
+      </c>
+      <c r="C84" s="3">
+        <v>13</v>
+      </c>
+      <c r="D84" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="85" ht="15" customHeight="1">
+      <c r="B85" s="3" t="s">
+        <v>376</v>
+      </c>
+      <c r="C85" s="3">
+        <v>215</v>
+      </c>
+      <c r="D85" s="15">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="3" t="s">
+        <v>377</v>
+      </c>
+      <c r="C86" s="3">
+        <v>14</v>
+      </c>
+      <c r="D86" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="3" t="s">
+        <v>378</v>
+      </c>
+      <c r="C87" s="3">
+        <v>2699</v>
+      </c>
+      <c r="D87" s="15">
+        <v>0.0323</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="3" t="s">
+        <v>379</v>
+      </c>
+      <c r="C88" s="3">
+        <v>49</v>
+      </c>
+      <c r="D88" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="C89" s="3">
+        <v>6284</v>
+      </c>
+      <c r="D89" s="15">
+        <v>0.0752</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1">
+      <c r="B90" s="3" t="s">
+        <v>381</v>
+      </c>
+      <c r="C90" s="3">
+        <v>218</v>
+      </c>
+      <c r="D90" s="15">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="91" ht="15" customHeight="1">
+      <c r="B91" s="3" t="s">
+        <v>382</v>
+      </c>
+      <c r="C91" s="3">
+        <v>0</v>
+      </c>
+      <c r="D91" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="3" t="s">
+        <v>383</v>
+      </c>
+      <c r="C92" s="3">
+        <v>33</v>
+      </c>
+      <c r="D92" s="15">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="3" t="s">
+        <v>384</v>
+      </c>
+      <c r="C93" s="3">
+        <v>56</v>
+      </c>
+      <c r="D93" s="15">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C94" s="3">
+        <v>67</v>
+      </c>
+      <c r="D94" s="15">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="3" t="s">
+        <v>386</v>
+      </c>
+      <c r="C95" s="3">
+        <v>168</v>
+      </c>
+      <c r="D95" s="15">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="3" t="s">
+        <v>387</v>
+      </c>
+      <c r="C96" s="3">
+        <v>6721</v>
+      </c>
+      <c r="D96" s="15">
+        <v>0.0804</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="3" t="s">
+        <v>388</v>
+      </c>
+      <c r="C97" s="3">
+        <v>67</v>
+      </c>
+      <c r="D97" s="15">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="3" t="s">
+        <v>389</v>
+      </c>
+      <c r="C98" s="3">
+        <v>45</v>
+      </c>
+      <c r="D98" s="15">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="3" t="s">
+        <v>390</v>
+      </c>
+      <c r="C99" s="3">
+        <v>346</v>
+      </c>
+      <c r="D99" s="15">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1">
+      <c r="B100" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="C100" s="3">
+        <v>10</v>
+      </c>
+      <c r="D100" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="101" ht="15" customHeight="1">
+      <c r="B101" s="3" t="s">
+        <v>392</v>
+      </c>
+      <c r="C101" s="3">
+        <v>636</v>
+      </c>
+      <c r="D101" s="15">
+        <v>0.0076</v>
+      </c>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="3" t="s">
+        <v>393</v>
+      </c>
+      <c r="C102" s="3">
+        <v>476</v>
+      </c>
+      <c r="D102" s="15">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="103" ht="15" customHeight="1">
+      <c r="B103" s="3" t="s">
+        <v>394</v>
+      </c>
+      <c r="C103" s="3">
+        <v>15</v>
+      </c>
+      <c r="D103" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="3" t="s">
+        <v>395</v>
+      </c>
+      <c r="C104" s="3">
+        <v>10</v>
+      </c>
+      <c r="D104" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="3" t="s">
+        <v>396</v>
+      </c>
+      <c r="C105" s="3">
+        <v>12</v>
+      </c>
+      <c r="D105" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="3" t="s">
+        <v>397</v>
+      </c>
+      <c r="C106" s="3">
+        <v>15</v>
+      </c>
+      <c r="D106" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="3" t="s">
+        <v>398</v>
+      </c>
+      <c r="C107" s="3">
+        <v>18</v>
+      </c>
+      <c r="D107" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1">
+      <c r="B108" s="3" t="s">
+        <v>399</v>
+      </c>
+      <c r="C108" s="3">
+        <v>2291</v>
+      </c>
+      <c r="D108" s="15">
+        <v>0.0274</v>
+      </c>
+    </row>
+    <row r="109" ht="15" customHeight="1">
+      <c r="B109" s="3" t="s">
+        <v>400</v>
+      </c>
+      <c r="C109" s="3">
+        <v>1447</v>
+      </c>
+      <c r="D109" s="15">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="110" ht="15" customHeight="1">
+      <c r="B110" s="3" t="s">
+        <v>401</v>
+      </c>
+      <c r="C110" s="3">
+        <v>11</v>
+      </c>
+      <c r="D110" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="111" ht="15" customHeight="1">
+      <c r="B111" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C111" s="3">
+        <v>52</v>
+      </c>
+      <c r="D111" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="112" ht="15" customHeight="1">
+      <c r="B112" s="3" t="s">
+        <v>403</v>
+      </c>
+      <c r="C112" s="3">
+        <v>2574</v>
+      </c>
+      <c r="D112" s="15">
+        <v>0.0308</v>
+      </c>
+    </row>
+    <row r="113" ht="15" customHeight="1">
+      <c r="B113" s="3" t="s">
+        <v>404</v>
+      </c>
+      <c r="C113" s="3">
+        <v>5150</v>
+      </c>
+      <c r="D113" s="15">
+        <v>0.0616</v>
+      </c>
+    </row>
+    <row r="114" ht="15" customHeight="1">
+      <c r="B114" s="3" t="s">
+        <v>405</v>
+      </c>
+      <c r="C114" s="3">
+        <v>1811</v>
+      </c>
+      <c r="D114" s="15">
+        <v>0.0217</v>
+      </c>
+    </row>
+    <row r="115" ht="15" customHeight="1">
+      <c r="B115" s="3" t="s">
+        <v>406</v>
+      </c>
+      <c r="C115" s="3">
+        <v>784</v>
+      </c>
+      <c r="D115" s="15">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="116" ht="15" customHeight="1">
+      <c r="B116" s="3" t="s">
+        <v>407</v>
+      </c>
+      <c r="C116" s="3">
+        <v>7</v>
+      </c>
+      <c r="D116" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="117" ht="15" customHeight="1">
+      <c r="B117" s="3" t="s">
+        <v>408</v>
+      </c>
+      <c r="C117" s="3">
+        <v>32</v>
+      </c>
+      <c r="D117" s="15">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="118" ht="15" customHeight="1">
+      <c r="B118" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="C118" s="3">
+        <v>130</v>
+      </c>
+      <c r="D118" s="15">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="119" ht="15" customHeight="1">
+      <c r="B119" s="3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C119" s="3">
+        <v>73</v>
+      </c>
+      <c r="D119" s="15">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="120" ht="15" customHeight="1">
+      <c r="B120" s="3" t="s">
+        <v>411</v>
+      </c>
+      <c r="C120" s="3">
+        <v>4702</v>
+      </c>
+      <c r="D120" s="15">
+        <v>0.0563</v>
+      </c>
+    </row>
+    <row r="121" ht="15" customHeight="1">
+      <c r="B121" s="3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C121" s="3">
+        <v>18</v>
+      </c>
+      <c r="D121" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="122" ht="15" customHeight="1">
+      <c r="B122" s="3" t="s">
+        <v>413</v>
+      </c>
+      <c r="C122" s="3">
+        <v>50</v>
+      </c>
+      <c r="D122" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="123" ht="15" customHeight="1">
+      <c r="B123" s="3" t="s">
+        <v>414</v>
+      </c>
+      <c r="C123" s="3">
+        <v>23</v>
+      </c>
+      <c r="D123" s="15">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="124" ht="15" customHeight="1">
+      <c r="B124" s="3" t="s">
+        <v>415</v>
+      </c>
+      <c r="C124" s="3">
+        <v>6</v>
+      </c>
+      <c r="D124" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="125" ht="15" customHeight="1">
+      <c r="B125" s="3" t="s">
+        <v>416</v>
+      </c>
+      <c r="C125" s="3">
+        <v>48</v>
+      </c>
+      <c r="D125" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="126" ht="15" customHeight="1">
+      <c r="B126" s="3" t="s">
+        <v>417</v>
+      </c>
+      <c r="C126" s="3">
+        <v>2374</v>
+      </c>
+      <c r="D126" s="15">
+        <v>0.0284</v>
+      </c>
+    </row>
+    <row r="127" ht="15" customHeight="1">
+      <c r="B127" s="3" t="s">
+        <v>418</v>
+      </c>
+      <c r="C127" s="3">
+        <v>19</v>
+      </c>
+      <c r="D127" s="15">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="128" ht="15" customHeight="1">
+      <c r="B128" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="C128" s="3">
+        <v>353</v>
+      </c>
+      <c r="D128" s="15">
+        <v>0.0042</v>
+      </c>
+    </row>
+    <row r="129" ht="15" customHeight="1">
+      <c r="B129" s="3" t="s">
+        <v>420</v>
+      </c>
+      <c r="C129" s="3">
+        <v>659</v>
+      </c>
+      <c r="D129" s="15">
+        <v>0.0079</v>
+      </c>
+    </row>
+    <row r="130" ht="15" customHeight="1">
+      <c r="B130" s="3" t="s">
+        <v>421</v>
+      </c>
+      <c r="C130" s="3">
+        <v>921</v>
+      </c>
+      <c r="D130" s="15">
+        <v>0.011</v>
+      </c>
+    </row>
+    <row r="131" ht="15" customHeight="1">
+      <c r="B131" s="3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C131" s="3">
+        <v>8</v>
+      </c>
+      <c r="D131" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="132" ht="15" customHeight="1">
+      <c r="B132" s="3" t="s">
+        <v>423</v>
+      </c>
+      <c r="C132" s="3">
+        <v>62</v>
+      </c>
+      <c r="D132" s="15">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="133" ht="15" customHeight="1">
+      <c r="B133" s="3" t="s">
+        <v>424</v>
+      </c>
+      <c r="C133" s="3">
+        <v>8495</v>
+      </c>
+      <c r="D133" s="15">
         <v>0.1017</v>
       </c>
     </row>
-    <row r="21" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...138 lines deleted...]
-      <c r="D33" s="29">
+    <row r="134" ht="15" customHeight="1">
+      <c r="B134" s="3" t="s">
+        <v>425</v>
+      </c>
+      <c r="C134" s="3">
+        <v>8</v>
+      </c>
+      <c r="D134" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="135" ht="15" customHeight="1">
+      <c r="B135" s="3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C135" s="3">
+        <v>3831</v>
+      </c>
+      <c r="D135" s="15">
+        <v>0.0458</v>
+      </c>
+    </row>
+    <row r="136" ht="15" customHeight="1">
+      <c r="B136" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="C136" s="3">
+        <v>481</v>
+      </c>
+      <c r="D136" s="15">
+        <v>0.0058</v>
+      </c>
+    </row>
+    <row r="137" ht="15" customHeight="1">
+      <c r="B137" s="3" t="s">
+        <v>428</v>
+      </c>
+      <c r="C137" s="3">
+        <v>52</v>
+      </c>
+      <c r="D137" s="15">
+        <v>0.0006</v>
+      </c>
+    </row>
+    <row r="138" ht="15" customHeight="1">
+      <c r="B138" s="3" t="s">
+        <v>429</v>
+      </c>
+      <c r="C138" s="3">
+        <v>4</v>
+      </c>
+      <c r="D138" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="139" ht="15" customHeight="1">
+      <c r="B139" s="3" t="s">
+        <v>430</v>
+      </c>
+      <c r="C139" s="3">
+        <v>4</v>
+      </c>
+      <c r="D139" s="15">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="140" ht="15" customHeight="1">
+      <c r="B140" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C140" s="3">
+        <v>17300</v>
+      </c>
+      <c r="D140" s="15">
+        <v>0.207</v>
+      </c>
+    </row>
+    <row r="141" ht="15" customHeight="1">
+      <c r="B141" s="3" t="s">
+        <v>432</v>
+      </c>
+      <c r="C141" s="3">
+        <v>987</v>
+      </c>
+      <c r="D141" s="15">
+        <v>0.0118</v>
+      </c>
+    </row>
+    <row r="142" ht="15" customHeight="1">
+      <c r="B142" s="3" t="s">
+        <v>433</v>
+      </c>
+      <c r="C142" s="3">
+        <v>151</v>
+      </c>
+      <c r="D142" s="15">
+        <v>0.0018</v>
+      </c>
+    </row>
+    <row r="143" ht="15" customHeight="1">
+      <c r="B143" s="3" t="s">
+        <v>434</v>
+      </c>
+      <c r="C143" s="3">
+        <v>11</v>
+      </c>
+      <c r="D143" s="15">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="144" ht="15" customHeight="1">
+      <c r="B144" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C144" s="3">
+        <v>44</v>
+      </c>
+      <c r="D144" s="15">
+        <v>0.0005</v>
+      </c>
+    </row>
+    <row r="145" ht="15" customHeight="1">
+      <c r="B145" s="3" t="s">
+        <v>436</v>
+      </c>
+      <c r="C145" s="3">
+        <v>83</v>
+      </c>
+      <c r="D145" s="15">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="146" ht="15" customHeight="1">
+      <c r="B146" s="3" t="s">
+        <v>437</v>
+      </c>
+      <c r="C146" s="3">
+        <v>342</v>
+      </c>
+      <c r="D146" s="15">
+        <v>0.0041</v>
+      </c>
+    </row>
+    <row r="147" ht="15" customHeight="1">
+      <c r="B147" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="C147" s="3">
+        <v>70</v>
+      </c>
+      <c r="D147" s="15">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="148" ht="15" customHeight="1">
+      <c r="B148" s="3" t="s">
+        <v>439</v>
+      </c>
+      <c r="C148" s="3">
+        <v>949</v>
+      </c>
+      <c r="D148" s="15">
+        <v>0.0114</v>
+      </c>
+    </row>
+    <row r="149" ht="15" customHeight="1">
+      <c r="B149" s="3" t="s">
+        <v>440</v>
+      </c>
+      <c r="C149" s="3">
+        <v>197</v>
+      </c>
+      <c r="D149" s="15">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="150" ht="15" customHeight="1">
+      <c r="B150" s="3" t="s">
+        <v>441</v>
+      </c>
+      <c r="C150" s="3">
+        <v>1324</v>
+      </c>
+      <c r="D150" s="15">
+        <v>0.0158</v>
+      </c>
+    </row>
+    <row r="151" ht="15" customHeight="1">
+      <c r="B151" s="3" t="s">
+        <v>442</v>
+      </c>
+      <c r="C151" s="3">
+        <v>206</v>
+      </c>
+      <c r="D151" s="15">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="152" ht="15" customHeight="1">
+      <c r="B152" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C152" s="3">
+        <v>2011</v>
+      </c>
+      <c r="D152" s="15">
+        <v>0.0241</v>
+      </c>
+    </row>
+    <row r="153" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D153" s="14"/>
+      <c r="F153" s="14"/>
+    </row>
+    <row r="154">
+      <c r="B154" s="31" t="s">
+        <v>444</v>
+      </c>
+      <c r="C154" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D154" s="33"/>
+    </row>
+    <row r="155" ht="15" customHeight="1">
+      <c r="B155" s="34"/>
+      <c r="C155" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D155" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="156" ht="15" customHeight="1">
+      <c r="B156" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C156" s="3">
+        <v>40156</v>
+      </c>
+      <c r="D156" s="15">
+        <v>0.4805</v>
+      </c>
+    </row>
+    <row r="157" ht="15" customHeight="1">
+      <c r="B157" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C157" s="3">
+        <v>62957</v>
+      </c>
+      <c r="D157" s="15">
+        <v>0.7533</v>
+      </c>
+    </row>
+    <row r="158" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D158" s="14"/>
+      <c r="F158" s="14"/>
+    </row>
+    <row r="159">
+      <c r="B159" s="31" t="s">
+        <v>447</v>
+      </c>
+      <c r="C159" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D159" s="33"/>
+    </row>
+    <row r="160" ht="15" customHeight="1">
+      <c r="B160" s="34"/>
+      <c r="C160" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D160" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="161" ht="15" customHeight="1">
+      <c r="B161" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C161" s="3">
+        <v>15232</v>
+      </c>
+      <c r="D161" s="15">
+        <v>0.1095</v>
+      </c>
+    </row>
+    <row r="162" ht="15" customHeight="1">
+      <c r="B162" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C162" s="3">
+        <v>36885</v>
+      </c>
+      <c r="D162" s="15">
         <v>0.2651</v>
       </c>
     </row>
-    <row r="34" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...117 lines deleted...]
-      <c r="C45" s="5" t="s">
+    <row r="163" ht="15" customHeight="1">
+      <c r="B163" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C163" s="3">
+        <v>53937</v>
+      </c>
+      <c r="D163" s="15">
+        <v>0.3876</v>
+      </c>
+    </row>
+    <row r="164" ht="15" customHeight="1">
+      <c r="B164" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C164" s="3">
+        <v>33106</v>
+      </c>
+      <c r="D164" s="15">
+        <v>0.2379</v>
+      </c>
+    </row>
+    <row r="165" ht="15" customHeight="1" s="4" customFormat="1">
+      <c r="D165" s="14"/>
+      <c r="F165" s="14"/>
+    </row>
+    <row r="166">
+      <c r="B166" s="31" t="s">
+        <v>452</v>
+      </c>
+      <c r="C166" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D45" s="4"/>
-[...3 lines deleted...]
-      <c r="C46" s="37" t="s">
+      <c r="D166" s="33"/>
+    </row>
+    <row r="167" ht="15" customHeight="1">
+      <c r="B167" s="34"/>
+      <c r="C167" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D46" s="37" t="s">
+      <c r="D167" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="47" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...392 lines deleted...]
-      <c r="C83" s="5" t="s">
+    <row r="168" ht="15" customHeight="1">
+      <c r="B168" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C168" s="3">
+        <v>68272</v>
+      </c>
+      <c r="D168" s="15">
+        <v>0.4907</v>
+      </c>
+    </row>
+    <row r="169" ht="15" customHeight="1">
+      <c r="B169" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C169" s="3">
+        <v>70855</v>
+      </c>
+      <c r="D169" s="15">
+        <v>0.5093</v>
+      </c>
+    </row>
+    <row r="170" ht="15" customHeight="1"/>
+    <row r="171">
+      <c r="B171" s="31" t="s">
+        <v>455</v>
+      </c>
+      <c r="C171" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D83" s="4"/>
-[...3 lines deleted...]
-      <c r="C84" s="37" t="s">
+      <c r="D171" s="33"/>
+    </row>
+    <row r="172" ht="15" customHeight="1">
+      <c r="B172" s="34"/>
+      <c r="C172" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D84" s="37" t="s">
+      <c r="D172" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="85" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...33 lines deleted...]
-      <c r="B88" s="17" t="s">
+    <row r="173" ht="15" customHeight="1">
+      <c r="B173" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C173" s="3">
+        <v>43274</v>
+      </c>
+      <c r="D173" s="15">
+        <v>0.5182</v>
+      </c>
+    </row>
+    <row r="174" ht="15" customHeight="1">
+      <c r="B174" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C174" s="3">
+        <v>39881</v>
+      </c>
+      <c r="D174" s="15">
+        <v>0.4776</v>
+      </c>
+    </row>
+    <row r="175" ht="15" customHeight="1">
+      <c r="B175" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C175" s="3">
+        <v>44126</v>
+      </c>
+      <c r="D175" s="15">
+        <v>0.5284</v>
+      </c>
+    </row>
+    <row r="176" ht="15" customHeight="1">
+      <c r="B176" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C176" s="3">
+        <v>35818</v>
+      </c>
+      <c r="D176" s="15">
+        <v>0.4289</v>
+      </c>
+    </row>
+    <row r="177" ht="15" customHeight="1">
+      <c r="B177" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C177" s="3">
+        <v>43559</v>
+      </c>
+      <c r="D177" s="15">
+        <v>0.5216</v>
+      </c>
+    </row>
+    <row r="178" ht="15" customHeight="1">
+      <c r="B178" s="3" t="s">
         <v>302</v>
       </c>
-      <c r="C88" s="17">
-[...135 lines deleted...]
-      <c r="C101" s="5" t="s">
+      <c r="C178" s="3">
+        <v>25262</v>
+      </c>
+      <c r="D178" s="15">
+        <v>0.3025</v>
+      </c>
+    </row>
+    <row r="179" ht="15" customHeight="1"/>
+    <row r="180">
+      <c r="B180" s="31" t="s">
+        <v>461</v>
+      </c>
+      <c r="C180" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D101" s="4"/>
-[...3 lines deleted...]
-      <c r="C102" s="37" t="s">
+      <c r="D180" s="33"/>
+    </row>
+    <row r="181" ht="15" customHeight="1">
+      <c r="B181" s="34"/>
+      <c r="C181" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D102" s="37" t="s">
+      <c r="D181" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="103" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...68 lines deleted...]
-      <c r="F111" s="28"/>
+    <row r="182" ht="15" customHeight="1">
+      <c r="B182" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C182" s="3">
+        <v>33026</v>
+      </c>
+      <c r="D182" s="15">
+        <v>0.3955</v>
+      </c>
+    </row>
+    <row r="183" ht="15" customHeight="1">
+      <c r="B183" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C183" s="3">
+        <v>19498</v>
+      </c>
+      <c r="D183" s="15">
+        <v>0.2335</v>
+      </c>
+    </row>
+    <row r="184" ht="15" customHeight="1">
+      <c r="B184" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C184" s="3">
+        <v>37337</v>
+      </c>
+      <c r="D184" s="15">
+        <v>0.4471</v>
+      </c>
+    </row>
+    <row r="185" ht="15" customHeight="1">
+      <c r="B185" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C185" s="3">
+        <v>5234</v>
+      </c>
+      <c r="D185" s="15">
+        <v>0.0627</v>
+      </c>
+    </row>
+    <row r="186" ht="15" customHeight="1">
+      <c r="B186" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C186" s="3">
+        <v>47234</v>
+      </c>
+      <c r="D186" s="15">
+        <v>0.5656</v>
+      </c>
+    </row>
+    <row r="187" ht="15" customHeight="1">
+      <c r="B187" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="C187" s="3">
+        <v>17731</v>
+      </c>
+      <c r="D187" s="15">
+        <v>0.2123</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="9">
-[...3 lines deleted...]
-    <mergeCell ref="C101:D101"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B45:B46"/>
-    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="B23:B24"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="B30:B31"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="B46:B47"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="B154:B155"/>
+    <mergeCell ref="C154:D154"/>
+    <mergeCell ref="B159:B160"/>
+    <mergeCell ref="C159:D159"/>
+    <mergeCell ref="B166:B167"/>
+    <mergeCell ref="C166:D166"/>
+    <mergeCell ref="B171:B172"/>
+    <mergeCell ref="C171:D171"/>
+    <mergeCell ref="B180:B181"/>
+    <mergeCell ref="C180:D180"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
-  <dimension ref="B2:J187"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+  <dimension ref="A2:J147"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="19" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="19"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>467</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B10" s="19" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>468</v>
+      </c>
+      <c r="C10" s="1">
+        <v>25872</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.3048</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="C11" s="1">
+        <v>4761</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.0561</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>470</v>
+      </c>
+      <c r="C12" s="1">
+        <v>5319</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.0627</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>471</v>
+      </c>
+      <c r="C13" s="1">
+        <v>4243</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.05</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="C14" s="1">
+        <v>6923</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.0816</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>473</v>
+      </c>
+      <c r="C15" s="1">
+        <v>1664</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>474</v>
+      </c>
+      <c r="C16" s="1">
+        <v>5063</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.0597</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="C17" s="1">
+        <v>1443</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.017</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>476</v>
+      </c>
+      <c r="C18" s="1">
+        <v>6464</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.0762</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>477</v>
+      </c>
+      <c r="C19" s="1">
+        <v>1889</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.0223</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="C20" s="1">
+        <v>2544</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.03</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>479</v>
+      </c>
+      <c r="C21" s="1">
+        <v>1618</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.0191</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>480</v>
+      </c>
+      <c r="C22" s="1">
+        <v>1483</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.0175</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="C23" s="1">
+        <v>6798</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.0801</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>482</v>
+      </c>
+      <c r="C24" s="1">
+        <v>2458</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.029</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="1" t="s">
+        <v>483</v>
+      </c>
+      <c r="C25" s="1">
+        <v>6026</v>
+      </c>
+      <c r="D25" s="13">
+        <v>0.071</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="C26" s="1">
+        <v>4673</v>
+      </c>
+      <c r="D26" s="13">
+        <v>0.0551</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>485</v>
+      </c>
+      <c r="C27" s="1">
+        <v>2685</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.0316</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>486</v>
+      </c>
+      <c r="C28" s="1">
+        <v>4468</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.0526</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" s="1">
+        <v>10746</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.1266</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C30" s="1">
+        <v>19765</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.2329</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D31" s="12"/>
+      <c r="F31" s="12"/>
+    </row>
+    <row r="32">
+      <c r="B32" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="C32" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D32" s="33"/>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="34"/>
+      <c r="C33" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D33" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="C34" s="1">
+        <v>924</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.0406</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>103</v>
+      </c>
+      <c r="C35" s="1">
+        <v>749</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.0329</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>488</v>
+      </c>
+      <c r="C36" s="1">
+        <v>385</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.0169</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>489</v>
+      </c>
+      <c r="C37" s="1">
+        <v>318</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.014</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="C38" s="1">
+        <v>198</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.0087</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="1" t="s">
+        <v>491</v>
+      </c>
+      <c r="C39" s="1">
+        <v>116</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>492</v>
+      </c>
+      <c r="C40" s="1">
+        <v>60</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.0026</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="C41" s="1">
+        <v>242</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.0106</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>494</v>
+      </c>
+      <c r="C42" s="1">
+        <v>105</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.0046</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>495</v>
+      </c>
+      <c r="C43" s="1">
+        <v>51</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="C44" s="1">
+        <v>454</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.0199</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>497</v>
+      </c>
+      <c r="C45" s="1">
+        <v>205</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.009</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="C46" s="1">
+        <v>17</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>499</v>
+      </c>
+      <c r="C47" s="1">
+        <v>34</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>500</v>
+      </c>
+      <c r="C48" s="1">
+        <v>33</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>501</v>
+      </c>
+      <c r="C49" s="1">
+        <v>395</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.0174</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="C50" s="1">
+        <v>230</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.0101</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>503</v>
+      </c>
+      <c r="C51" s="1">
+        <v>152</v>
+      </c>
+      <c r="D51" s="13">
+        <v>0.0067</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>504</v>
+      </c>
+      <c r="C52" s="1">
+        <v>273</v>
+      </c>
+      <c r="D52" s="13">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="C53" s="1">
+        <v>58</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="C54" s="1">
+        <v>19</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>507</v>
+      </c>
+      <c r="C55" s="1">
+        <v>79</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.0035</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
+        <v>508</v>
+      </c>
+      <c r="C56" s="1">
+        <v>91</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="C57" s="1">
+        <v>214</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="C58" s="1">
+        <v>37</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>511</v>
+      </c>
+      <c r="C59" s="1">
+        <v>26</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>512</v>
+      </c>
+      <c r="C60" s="1">
+        <v>36</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.0016</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="C61" s="1">
+        <v>113</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.005</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="C62" s="1">
+        <v>390</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0.0171</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>515</v>
+      </c>
+      <c r="C63" s="1">
+        <v>471</v>
+      </c>
+      <c r="D63" s="13">
+        <v>0.0207</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>516</v>
+      </c>
+      <c r="C64" s="1">
+        <v>101</v>
+      </c>
+      <c r="D64" s="13">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="C65" s="1">
+        <v>113</v>
+      </c>
+      <c r="D65" s="13">
+        <v>0.005</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="C66" s="1">
+        <v>24</v>
+      </c>
+      <c r="D66" s="13">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="C67" s="1">
+        <v>630</v>
+      </c>
+      <c r="D67" s="13">
+        <v>0.0277</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>520</v>
+      </c>
+      <c r="C68" s="1">
+        <v>160</v>
+      </c>
+      <c r="D68" s="13">
+        <v>0.007</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>521</v>
+      </c>
+      <c r="C69" s="1">
+        <v>232</v>
+      </c>
+      <c r="D69" s="13">
+        <v>0.0102</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="C70" s="1">
+        <v>22</v>
+      </c>
+      <c r="D70" s="13">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="1" t="s">
+        <v>523</v>
+      </c>
+      <c r="C71" s="1">
+        <v>209</v>
+      </c>
+      <c r="D71" s="13">
+        <v>0.0092</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="1" t="s">
+        <v>524</v>
+      </c>
+      <c r="C72" s="1">
+        <v>206</v>
+      </c>
+      <c r="D72" s="13">
+        <v>0.0091</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="C73" s="1">
+        <v>264</v>
+      </c>
+      <c r="D73" s="13">
+        <v>0.0116</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="C74" s="1">
+        <v>302</v>
+      </c>
+      <c r="D74" s="13">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="1" t="s">
+        <v>527</v>
+      </c>
+      <c r="C75" s="1">
+        <v>586</v>
+      </c>
+      <c r="D75" s="13">
+        <v>0.0258</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="C76" s="1">
         <v>320</v>
       </c>
-      <c r="C10" s="19">
-[...29 lines deleted...]
-      <c r="B13" s="19" t="s">
+      <c r="D76" s="13">
+        <v>0.0141</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>529</v>
+      </c>
+      <c r="C77" s="1">
+        <v>1729</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0.076</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>530</v>
+      </c>
+      <c r="C78" s="1">
+        <v>403</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0.0177</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="C79" s="1">
+        <v>813</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0.0357</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C80" s="1">
+        <v>220</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0.0097</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="1" t="s">
+        <v>533</v>
+      </c>
+      <c r="C81" s="1">
+        <v>105</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0.0046</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1">
+      <c r="B82" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="C82" s="1">
+        <v>394</v>
+      </c>
+      <c r="D82" s="13">
+        <v>0.0173</v>
+      </c>
+    </row>
+    <row r="83" ht="15" customHeight="1">
+      <c r="B83" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="C83" s="1">
+        <v>113</v>
+      </c>
+      <c r="D83" s="13">
+        <v>0.005</v>
+      </c>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="1" t="s">
+        <v>536</v>
+      </c>
+      <c r="C84" s="1">
+        <v>308</v>
+      </c>
+      <c r="D84" s="13">
+        <v>0.0135</v>
+      </c>
+    </row>
+    <row r="85" ht="15" customHeight="1">
+      <c r="B85" s="1" t="s">
+        <v>537</v>
+      </c>
+      <c r="C85" s="1">
+        <v>652</v>
+      </c>
+      <c r="D85" s="13">
+        <v>0.0287</v>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="1" t="s">
+        <v>538</v>
+      </c>
+      <c r="C86" s="1">
+        <v>198</v>
+      </c>
+      <c r="D86" s="13">
+        <v>0.0087</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="C87" s="1">
+        <v>98</v>
+      </c>
+      <c r="D87" s="13">
+        <v>0.0043</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="1" t="s">
+        <v>540</v>
+      </c>
+      <c r="C88" s="1">
         <v>323</v>
       </c>
-      <c r="C13" s="19">
-[...109 lines deleted...]
-      <c r="C24" s="37" t="s">
+      <c r="D88" s="13">
+        <v>0.0142</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="1" t="s">
+        <v>541</v>
+      </c>
+      <c r="C89" s="1">
+        <v>468</v>
+      </c>
+      <c r="D89" s="13">
+        <v>0.0206</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1">
+      <c r="B90" s="1" t="s">
+        <v>542</v>
+      </c>
+      <c r="C90" s="1">
+        <v>161</v>
+      </c>
+      <c r="D90" s="13">
+        <v>0.0071</v>
+      </c>
+    </row>
+    <row r="91" ht="15" customHeight="1">
+      <c r="B91" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="C91" s="1">
+        <v>258</v>
+      </c>
+      <c r="D91" s="13">
+        <v>0.0113</v>
+      </c>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="1" t="s">
+        <v>544</v>
+      </c>
+      <c r="C92" s="1">
+        <v>68</v>
+      </c>
+      <c r="D92" s="13">
+        <v>0.003</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="1" t="s">
+        <v>545</v>
+      </c>
+      <c r="C93" s="1">
+        <v>28</v>
+      </c>
+      <c r="D93" s="13">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="1" t="s">
+        <v>546</v>
+      </c>
+      <c r="C94" s="1">
+        <v>170</v>
+      </c>
+      <c r="D94" s="13">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="C95" s="1">
+        <v>135</v>
+      </c>
+      <c r="D95" s="13">
+        <v>0.0059</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="1" t="s">
+        <v>548</v>
+      </c>
+      <c r="C96" s="1">
+        <v>426</v>
+      </c>
+      <c r="D96" s="13">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="1" t="s">
+        <v>549</v>
+      </c>
+      <c r="C97" s="1">
+        <v>90</v>
+      </c>
+      <c r="D97" s="13">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="1" t="s">
+        <v>550</v>
+      </c>
+      <c r="C98" s="1">
+        <v>225</v>
+      </c>
+      <c r="D98" s="13">
+        <v>0.0099</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="1" t="s">
+        <v>551</v>
+      </c>
+      <c r="C99" s="1">
+        <v>213</v>
+      </c>
+      <c r="D99" s="13">
+        <v>0.0094</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1">
+      <c r="B100" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="C100" s="1">
+        <v>35</v>
+      </c>
+      <c r="D100" s="13">
+        <v>0.0015</v>
+      </c>
+    </row>
+    <row r="101" ht="15" customHeight="1">
+      <c r="B101" s="1" t="s">
+        <v>553</v>
+      </c>
+      <c r="C101" s="1">
+        <v>21</v>
+      </c>
+      <c r="D101" s="13">
+        <v>0.0009</v>
+      </c>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="1" t="s">
+        <v>554</v>
+      </c>
+      <c r="C102" s="1">
+        <v>101</v>
+      </c>
+      <c r="D102" s="13">
+        <v>0.0044</v>
+      </c>
+    </row>
+    <row r="103" ht="15" customHeight="1">
+      <c r="B103" s="1" t="s">
+        <v>555</v>
+      </c>
+      <c r="C103" s="1">
+        <v>63</v>
+      </c>
+      <c r="D103" s="13">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="C104" s="1">
+        <v>10</v>
+      </c>
+      <c r="D104" s="13">
+        <v>0.0004</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="1" t="s">
+        <v>557</v>
+      </c>
+      <c r="C105" s="1">
+        <v>82</v>
+      </c>
+      <c r="D105" s="13">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="1" t="s">
+        <v>558</v>
+      </c>
+      <c r="C106" s="1">
+        <v>29</v>
+      </c>
+      <c r="D106" s="13">
+        <v>0.0013</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="1" t="s">
+        <v>559</v>
+      </c>
+      <c r="C107" s="1">
+        <v>116</v>
+      </c>
+      <c r="D107" s="13">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1">
+      <c r="B108" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="C108" s="1">
+        <v>304</v>
+      </c>
+      <c r="D108" s="13">
+        <v>0.0134</v>
+      </c>
+    </row>
+    <row r="109" ht="15" customHeight="1">
+      <c r="B109" s="1" t="s">
+        <v>561</v>
+      </c>
+      <c r="C109" s="1">
+        <v>501</v>
+      </c>
+      <c r="D109" s="13">
+        <v>0.022</v>
+      </c>
+    </row>
+    <row r="110" ht="15" customHeight="1">
+      <c r="B110" s="1" t="s">
+        <v>562</v>
+      </c>
+      <c r="C110" s="1">
+        <v>1725</v>
+      </c>
+      <c r="D110" s="13">
+        <v>0.0758</v>
+      </c>
+    </row>
+    <row r="111" ht="15" customHeight="1">
+      <c r="B111" s="1" t="s">
+        <v>563</v>
+      </c>
+      <c r="C111" s="1">
+        <v>375</v>
+      </c>
+      <c r="D111" s="13">
+        <v>0.0165</v>
+      </c>
+    </row>
+    <row r="112" ht="15" customHeight="1">
+      <c r="B112" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="C112" s="1">
+        <v>157</v>
+      </c>
+      <c r="D112" s="13">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="113" ht="15" customHeight="1">
+      <c r="B113" s="1" t="s">
+        <v>565</v>
+      </c>
+      <c r="C113" s="1">
+        <v>351</v>
+      </c>
+      <c r="D113" s="13">
+        <v>0.0154</v>
+      </c>
+    </row>
+    <row r="114" ht="15" customHeight="1">
+      <c r="B114" s="1" t="s">
+        <v>566</v>
+      </c>
+      <c r="C114" s="1">
+        <v>483</v>
+      </c>
+      <c r="D114" s="13">
+        <v>0.0212</v>
+      </c>
+    </row>
+    <row r="115" ht="15" customHeight="1">
+      <c r="B115" s="1" t="s">
+        <v>532</v>
+      </c>
+      <c r="C115" s="1">
+        <v>273</v>
+      </c>
+      <c r="D115" s="13">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="116" ht="15" customHeight="1">
+      <c r="B116" s="1" t="s">
+        <v>567</v>
+      </c>
+      <c r="C116" s="1">
+        <v>528</v>
+      </c>
+      <c r="D116" s="13">
+        <v>0.0232</v>
+      </c>
+    </row>
+    <row r="117" ht="15" customHeight="1">
+      <c r="B117" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="C117" s="1">
+        <v>114</v>
+      </c>
+      <c r="D117" s="13">
+        <v>0.005</v>
+      </c>
+    </row>
+    <row r="118" ht="15" customHeight="1">
+      <c r="B118" s="1" t="s">
+        <v>569</v>
+      </c>
+      <c r="C118" s="1">
+        <v>73</v>
+      </c>
+      <c r="D118" s="13">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="119" ht="15" customHeight="1">
+      <c r="B119" s="1" t="s">
+        <v>570</v>
+      </c>
+      <c r="C119" s="1">
+        <v>53</v>
+      </c>
+      <c r="D119" s="13">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="120" ht="15" customHeight="1">
+      <c r="B120" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="C120" s="1">
+        <v>274</v>
+      </c>
+      <c r="D120" s="13">
+        <v>0.012</v>
+      </c>
+    </row>
+    <row r="121" ht="15" customHeight="1">
+      <c r="B121" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="C121" s="1">
+        <v>72</v>
+      </c>
+      <c r="D121" s="13">
+        <v>0.0032</v>
+      </c>
+    </row>
+    <row r="122" ht="15" customHeight="1">
+      <c r="B122" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="C122" s="1">
+        <v>16</v>
+      </c>
+      <c r="D122" s="13">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="123" ht="15" customHeight="1">
+      <c r="B123" s="1" t="s">
+        <v>574</v>
+      </c>
+      <c r="C123" s="1">
+        <v>45</v>
+      </c>
+      <c r="D123" s="13">
+        <v>0.002</v>
+      </c>
+    </row>
+    <row r="124" ht="15" customHeight="1">
+      <c r="B124" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="C124" s="1">
+        <v>83</v>
+      </c>
+      <c r="D124" s="13">
+        <v>0.0036</v>
+      </c>
+    </row>
+    <row r="125" ht="15" customHeight="1">
+      <c r="B125" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="C125" s="1">
+        <v>31</v>
+      </c>
+      <c r="D125" s="13">
+        <v>0.0014</v>
+      </c>
+    </row>
+    <row r="126" ht="15" customHeight="1">
+      <c r="B126" s="1" t="s">
+        <v>577</v>
+      </c>
+      <c r="C126" s="1">
+        <v>48</v>
+      </c>
+      <c r="D126" s="13">
+        <v>0.0021</v>
+      </c>
+    </row>
+    <row r="127" ht="15" customHeight="1">
+      <c r="B127" s="1" t="s">
+        <v>578</v>
+      </c>
+      <c r="C127" s="1">
+        <v>17</v>
+      </c>
+      <c r="D127" s="13">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="128" ht="15" customHeight="1">
+      <c r="B128" s="1" t="s">
+        <v>579</v>
+      </c>
+      <c r="C128" s="1">
+        <v>28</v>
+      </c>
+      <c r="D128" s="13">
+        <v>0.0012</v>
+      </c>
+    </row>
+    <row r="129" ht="15" customHeight="1">
+      <c r="B129" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="C129" s="1">
+        <v>288</v>
+      </c>
+      <c r="D129" s="13">
+        <v>0.0127</v>
+      </c>
+    </row>
+    <row r="130" ht="15" customHeight="1">
+      <c r="B130" s="1" t="s">
+        <v>581</v>
+      </c>
+      <c r="C130" s="1">
+        <v>519</v>
+      </c>
+      <c r="D130" s="13">
+        <v>0.0228</v>
+      </c>
+    </row>
+    <row r="131" ht="15" customHeight="1">
+      <c r="B131" s="1" t="s">
+        <v>582</v>
+      </c>
+      <c r="C131" s="1">
+        <v>638</v>
+      </c>
+      <c r="D131" s="13">
+        <v>0.028</v>
+      </c>
+    </row>
+    <row r="132" ht="15" customHeight="1">
+      <c r="B132" s="1" t="s">
+        <v>583</v>
+      </c>
+      <c r="C132" s="1">
+        <v>342</v>
+      </c>
+      <c r="D132" s="13">
+        <v>0.015</v>
+      </c>
+    </row>
+    <row r="133" ht="15" customHeight="1">
+      <c r="B133" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="C133" s="1">
+        <v>361</v>
+      </c>
+      <c r="D133" s="13">
+        <v>0.0159</v>
+      </c>
+    </row>
+    <row r="134" ht="15" customHeight="1">
+      <c r="B134" s="1" t="s">
+        <v>585</v>
+      </c>
+      <c r="C134" s="1">
+        <v>446</v>
+      </c>
+      <c r="D134" s="13">
+        <v>0.0196</v>
+      </c>
+    </row>
+    <row r="135" ht="15" customHeight="1">
+      <c r="B135" s="1" t="s">
+        <v>586</v>
+      </c>
+      <c r="C135" s="1">
+        <v>179</v>
+      </c>
+      <c r="D135" s="13">
+        <v>0.0079</v>
+      </c>
+    </row>
+    <row r="136" ht="15" customHeight="1">
+      <c r="B136" s="1" t="s">
+        <v>587</v>
+      </c>
+      <c r="C136" s="1">
+        <v>706</v>
+      </c>
+      <c r="D136" s="13">
+        <v>0.031</v>
+      </c>
+    </row>
+    <row r="137" ht="15" customHeight="1">
+      <c r="B137" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="C137" s="1">
+        <v>64</v>
+      </c>
+      <c r="D137" s="13">
+        <v>0.0028</v>
+      </c>
+    </row>
+    <row r="138" ht="15" customHeight="1">
+      <c r="B138" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="C138" s="1">
+        <v>23</v>
+      </c>
+      <c r="D138" s="13">
+        <v>0.001</v>
+      </c>
+    </row>
+    <row r="139" ht="15" customHeight="1">
+      <c r="B139" s="1" t="s">
+        <v>590</v>
+      </c>
+      <c r="C139" s="1">
+        <v>66</v>
+      </c>
+      <c r="D139" s="13">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="140" ht="15" customHeight="1">
+      <c r="B140" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="C140" s="1">
+        <v>176</v>
+      </c>
+      <c r="D140" s="13">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="141" ht="15" customHeight="1">
+      <c r="B141" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="C141" s="1">
+        <v>16</v>
+      </c>
+      <c r="D141" s="13">
+        <v>0.0007</v>
+      </c>
+    </row>
+    <row r="142" ht="15" customHeight="1">
+      <c r="B142" s="1" t="s">
+        <v>593</v>
+      </c>
+      <c r="C142" s="1">
+        <v>4</v>
+      </c>
+      <c r="D142" s="13">
+        <v>0.0002</v>
+      </c>
+    </row>
+    <row r="143" ht="15" customHeight="1">
+      <c r="B143" s="1" t="s">
+        <v>594</v>
+      </c>
+      <c r="C143" s="1">
+        <v>2</v>
+      </c>
+      <c r="D143" s="13">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="144" ht="15" customHeight="1">
+      <c r="B144" s="1" t="s">
+        <v>595</v>
+      </c>
+      <c r="C144" s="1">
+        <v>3</v>
+      </c>
+      <c r="D144" s="13">
+        <v>0.0001</v>
+      </c>
+    </row>
+    <row r="145" ht="15" customHeight="1">
+      <c r="B145" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="C145" s="1">
+        <v>0</v>
+      </c>
+      <c r="D145" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="146" ht="15" customHeight="1">
+      <c r="B146" s="1" t="s">
+        <v>597</v>
+      </c>
+      <c r="C146" s="1">
         <v>7</v>
       </c>
-      <c r="D24" s="37" t="s">
-[...1709 lines deleted...]
-      </c>
+      <c r="D146" s="13">
+        <v>0.0003</v>
+      </c>
+    </row>
+    <row r="147" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D147" s="12"/>
+      <c r="F147" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="19">
-[...13 lines deleted...]
-    <mergeCell ref="C154:D154"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B23:B24"/>
-    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="B32:B33"/>
+    <mergeCell ref="C32:D32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967295" verticalDpi="4294967295"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
-  <dimension ref="B2:J147"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
+  <dimension ref="A2:J176"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>598</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...209 lines deleted...]
-      <c r="B29" s="17" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>599</v>
+      </c>
+      <c r="C10" s="1">
+        <v>43905</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.3516</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="C11" s="1">
+        <v>12732</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.102</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>601</v>
+      </c>
+      <c r="C12" s="1">
+        <v>25469</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.204</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>602</v>
+      </c>
+      <c r="C13" s="1">
+        <v>42761</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.3425</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B14" s="8"/>
+      <c r="D14" s="12"/>
+      <c r="F14" s="12"/>
+    </row>
+    <row r="15">
+      <c r="B15" s="31" t="s">
+        <v>603</v>
+      </c>
+      <c r="C15" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D15" s="33"/>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="34"/>
+      <c r="C16" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D16" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="C17" s="1">
+        <v>76013</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.6088</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>605</v>
+      </c>
+      <c r="C18" s="1">
+        <v>47066</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.3769</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>606</v>
+      </c>
+      <c r="C19" s="1">
+        <v>61098</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.4893</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="C20" s="1">
+        <v>33208</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.2659</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="C21" s="1">
+        <v>28044</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.2246</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>609</v>
+      </c>
+      <c r="C22" s="1">
+        <v>6317</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.0506</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C23" s="1">
+        <v>18955</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.1518</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B24" s="8"/>
+      <c r="D24" s="12"/>
+      <c r="F24" s="12"/>
+    </row>
+    <row r="25">
+      <c r="B25" s="31" t="s">
+        <v>610</v>
+      </c>
+      <c r="C25" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D25" s="33"/>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="34"/>
+      <c r="C26" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D26" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="C27" s="1">
+        <v>22613</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.1811</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="C28" s="1">
+        <v>7576</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.0607</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>613</v>
+      </c>
+      <c r="C29" s="1">
+        <v>588</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.0047</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="C30" s="1">
+        <v>13310</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.1066</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>615</v>
+      </c>
+      <c r="C31" s="1">
+        <v>2803</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.0224</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="C32" s="1">
+        <v>36491</v>
+      </c>
+      <c r="D32" s="13">
+        <v>0.2922</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>617</v>
+      </c>
+      <c r="C33" s="1">
+        <v>5816</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.0466</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="C34" s="1">
+        <v>17636</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.1412</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>619</v>
+      </c>
+      <c r="C35" s="1">
+        <v>4243</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.034</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="C36" s="1">
+        <v>3772</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.0302</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>621</v>
+      </c>
+      <c r="C37" s="1">
+        <v>6939</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.0556</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="C38" s="1">
+        <v>21570</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.1727</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="1" t="s">
+        <v>623</v>
+      </c>
+      <c r="C39" s="1">
+        <v>11561</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0.0926</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="C40" s="1">
+        <v>28539</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.2286</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>625</v>
+      </c>
+      <c r="C41" s="1">
+        <v>9573</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.0767</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>626</v>
+      </c>
+      <c r="C42" s="1">
+        <v>14378</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.1151</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>627</v>
+      </c>
+      <c r="C43" s="1">
+        <v>6897</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0552</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="C44" s="1">
+        <v>27273</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.2184</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>629</v>
+      </c>
+      <c r="C45" s="1">
+        <v>36960</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.296</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>630</v>
+      </c>
+      <c r="C46" s="1">
+        <v>4818</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.0386</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>631</v>
+      </c>
+      <c r="C47" s="1">
+        <v>26692</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.2138</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="C48" s="1">
+        <v>1834</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.0147</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>633</v>
+      </c>
+      <c r="C49" s="1">
+        <v>2615</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.0209</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>634</v>
+      </c>
+      <c r="C50" s="1">
+        <v>10787</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.0864</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="C51" s="1">
+        <v>9683</v>
+      </c>
+      <c r="D51" s="13">
+        <v>0.0775</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="C52" s="1">
+        <v>3258</v>
+      </c>
+      <c r="D52" s="13">
+        <v>0.0261</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>637</v>
+      </c>
+      <c r="C53" s="1">
+        <v>4253</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.0341</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>638</v>
+      </c>
+      <c r="C54" s="1">
+        <v>1550</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.0124</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>639</v>
+      </c>
+      <c r="C55" s="1">
+        <v>47822</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.383</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="C56" s="1">
+        <v>60269</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.4827</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>641</v>
+      </c>
+      <c r="C57" s="1">
+        <v>13685</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.1096</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>642</v>
+      </c>
+      <c r="C58" s="1">
+        <v>7238</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.058</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>643</v>
+      </c>
+      <c r="C59" s="1">
+        <v>3306</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.0265</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="C60" s="1">
+        <v>18150</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.1454</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C61" s="1">
+        <v>18524</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.1483</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B62" s="8"/>
+      <c r="D62" s="12"/>
+      <c r="F62" s="12"/>
+    </row>
+    <row r="63">
+      <c r="B63" s="31" t="s">
+        <v>645</v>
+      </c>
+      <c r="C63" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D63" s="33"/>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="34"/>
+      <c r="C64" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D64" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>646</v>
+      </c>
+      <c r="C65" s="1">
+        <v>927</v>
+      </c>
+      <c r="D65" s="13">
+        <v>0.0074</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>647</v>
+      </c>
+      <c r="C66" s="1">
+        <v>27046</v>
+      </c>
+      <c r="D66" s="13">
+        <v>0.2166</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="C67" s="1">
+        <v>19318</v>
+      </c>
+      <c r="D67" s="13">
+        <v>0.1547</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="C68" s="1">
+        <v>3320</v>
+      </c>
+      <c r="D68" s="13">
+        <v>0.0266</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>650</v>
+      </c>
+      <c r="C69" s="1">
+        <v>2018</v>
+      </c>
+      <c r="D69" s="13">
+        <v>0.0162</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="1" t="s">
+        <v>651</v>
+      </c>
+      <c r="C70" s="1">
+        <v>34366</v>
+      </c>
+      <c r="D70" s="13">
+        <v>0.2753</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="C71" s="1">
+        <v>23646</v>
+      </c>
+      <c r="D71" s="13">
+        <v>0.1894</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="1" t="s">
+        <v>653</v>
+      </c>
+      <c r="C72" s="1">
+        <v>37498</v>
+      </c>
+      <c r="D72" s="13">
+        <v>0.3003</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>654</v>
+      </c>
+      <c r="C73" s="1">
+        <v>56726</v>
+      </c>
+      <c r="D73" s="13">
+        <v>0.4544</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="C74" s="1">
+        <v>25786</v>
+      </c>
+      <c r="D74" s="13">
+        <v>0.2065</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="C75" s="1">
+        <v>57017</v>
+      </c>
+      <c r="D75" s="13">
+        <v>0.4567</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="1" t="s">
+        <v>657</v>
+      </c>
+      <c r="C76" s="1">
+        <v>18058</v>
+      </c>
+      <c r="D76" s="13">
+        <v>0.1446</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="C77" s="1">
+        <v>12175</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0.0975</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>659</v>
+      </c>
+      <c r="C78" s="1">
+        <v>9185</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0.0736</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="C79" s="1">
+        <v>15412</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0.1234</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="C80" s="1">
+        <v>13439</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0.1076</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="1" t="s">
+        <v>662</v>
+      </c>
+      <c r="C81" s="1">
+        <v>21469</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0.172</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1">
+      <c r="B82" s="1" t="s">
+        <v>663</v>
+      </c>
+      <c r="C82" s="1">
+        <v>15641</v>
+      </c>
+      <c r="D82" s="13">
+        <v>0.1253</v>
+      </c>
+    </row>
+    <row r="83" ht="15" customHeight="1">
+      <c r="B83" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="C83" s="1">
+        <v>4623</v>
+      </c>
+      <c r="D83" s="13">
+        <v>0.037</v>
+      </c>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="1" t="s">
+        <v>665</v>
+      </c>
+      <c r="C84" s="1">
+        <v>12401</v>
+      </c>
+      <c r="D84" s="13">
+        <v>0.0993</v>
+      </c>
+    </row>
+    <row r="85" ht="15" customHeight="1">
+      <c r="B85" s="1" t="s">
+        <v>666</v>
+      </c>
+      <c r="C85" s="1">
+        <v>61430</v>
+      </c>
+      <c r="D85" s="13">
+        <v>0.492</v>
+      </c>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="C86" s="1">
+        <v>4092</v>
+      </c>
+      <c r="D86" s="13">
+        <v>0.0328</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="C87" s="1">
+        <v>8201</v>
+      </c>
+      <c r="D87" s="13">
+        <v>0.0657</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="1" t="s">
+        <v>669</v>
+      </c>
+      <c r="C88" s="1">
+        <v>28571</v>
+      </c>
+      <c r="D88" s="13">
+        <v>0.2288</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="C89" s="1">
+        <v>6</v>
+      </c>
+      <c r="D89" s="13">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1">
+      <c r="B90" s="1" t="s">
+        <v>671</v>
+      </c>
+      <c r="C90" s="1">
+        <v>28502</v>
+      </c>
+      <c r="D90" s="13">
+        <v>0.2283</v>
+      </c>
+    </row>
+    <row r="91" ht="15" customHeight="1">
+      <c r="B91" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="C91" s="1">
+        <v>6431</v>
+      </c>
+      <c r="D91" s="13">
+        <v>0.0515</v>
+      </c>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="C92" s="1">
+        <v>14943</v>
+      </c>
+      <c r="D92" s="13">
+        <v>0.1197</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="1" t="s">
+        <v>674</v>
+      </c>
+      <c r="C93" s="1">
+        <v>1304</v>
+      </c>
+      <c r="D93" s="13">
+        <v>0.0104</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="1" t="s">
+        <v>675</v>
+      </c>
+      <c r="C94" s="1">
+        <v>7861</v>
+      </c>
+      <c r="D94" s="13">
+        <v>0.063</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="C95" s="1">
+        <v>20965</v>
+      </c>
+      <c r="D95" s="13">
+        <v>0.1679</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="1" t="s">
+        <v>677</v>
+      </c>
+      <c r="C96" s="1">
+        <v>48367</v>
+      </c>
+      <c r="D96" s="13">
+        <v>0.3874</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="1" t="s">
+        <v>678</v>
+      </c>
+      <c r="C97" s="1">
+        <v>26471</v>
+      </c>
+      <c r="D97" s="13">
+        <v>0.212</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="C98" s="1">
+        <v>34570</v>
+      </c>
+      <c r="D98" s="13">
+        <v>0.2769</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="C99" s="1">
+        <v>5358</v>
+      </c>
+      <c r="D99" s="13">
+        <v>0.0429</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1">
+      <c r="B100" s="1" t="s">
+        <v>681</v>
+      </c>
+      <c r="C100" s="1">
+        <v>66912</v>
+      </c>
+      <c r="D100" s="13">
+        <v>0.5359</v>
+      </c>
+    </row>
+    <row r="101" ht="15" customHeight="1">
+      <c r="B101" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="C101" s="1">
+        <v>17849</v>
+      </c>
+      <c r="D101" s="13">
+        <v>0.143</v>
+      </c>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="1" t="s">
+        <v>683</v>
+      </c>
+      <c r="C102" s="1">
+        <v>24907</v>
+      </c>
+      <c r="D102" s="13">
+        <v>0.1995</v>
+      </c>
+    </row>
+    <row r="103" ht="15" customHeight="1">
+      <c r="B103" s="1" t="s">
+        <v>684</v>
+      </c>
+      <c r="C103" s="1">
+        <v>21225</v>
+      </c>
+      <c r="D103" s="13">
+        <v>0.17</v>
+      </c>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="C104" s="1">
+        <v>13728</v>
+      </c>
+      <c r="D104" s="13">
+        <v>0.11</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="1" t="s">
+        <v>686</v>
+      </c>
+      <c r="C105" s="1">
+        <v>32949</v>
+      </c>
+      <c r="D105" s="13">
+        <v>0.2639</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="1" t="s">
+        <v>687</v>
+      </c>
+      <c r="C106" s="1">
+        <v>84607</v>
+      </c>
+      <c r="D106" s="13">
+        <v>0.6777</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="C107" s="1">
+        <v>22060</v>
+      </c>
+      <c r="D107" s="13">
+        <v>0.1767</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1">
+      <c r="B108" s="1" t="s">
+        <v>689</v>
+      </c>
+      <c r="C108" s="1">
+        <v>2678</v>
+      </c>
+      <c r="D108" s="13">
+        <v>0.0214</v>
+      </c>
+    </row>
+    <row r="109" ht="15" customHeight="1">
+      <c r="B109" s="1" t="s">
+        <v>690</v>
+      </c>
+      <c r="C109" s="1">
+        <v>10568</v>
+      </c>
+      <c r="D109" s="13">
+        <v>0.0846</v>
+      </c>
+    </row>
+    <row r="110" ht="15" customHeight="1">
+      <c r="B110" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="C110" s="1">
+        <v>19631</v>
+      </c>
+      <c r="D110" s="13">
+        <v>0.1572</v>
+      </c>
+    </row>
+    <row r="111" ht="15" customHeight="1">
+      <c r="B111" s="1" t="s">
+        <v>692</v>
+      </c>
+      <c r="C111" s="1">
+        <v>2015</v>
+      </c>
+      <c r="D111" s="13">
+        <v>0.0161</v>
+      </c>
+    </row>
+    <row r="112" ht="15" customHeight="1">
+      <c r="B112" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="C112" s="1">
+        <v>2199</v>
+      </c>
+      <c r="D112" s="13">
+        <v>0.0176</v>
+      </c>
+    </row>
+    <row r="113" ht="15" customHeight="1">
+      <c r="B113" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="C113" s="1">
+        <v>78883</v>
+      </c>
+      <c r="D113" s="13">
+        <v>0.6318</v>
+      </c>
+    </row>
+    <row r="114" ht="15" customHeight="1">
+      <c r="B114" s="1" t="s">
+        <v>695</v>
+      </c>
+      <c r="C114" s="1">
+        <v>4176</v>
+      </c>
+      <c r="D114" s="13">
+        <v>0.0334</v>
+      </c>
+    </row>
+    <row r="115" ht="15" customHeight="1">
+      <c r="B115" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="C115" s="1">
+        <v>1659</v>
+      </c>
+      <c r="D115" s="13">
+        <v>0.0133</v>
+      </c>
+    </row>
+    <row r="116" ht="15" customHeight="1">
+      <c r="B116" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="C116" s="1">
+        <v>3630</v>
+      </c>
+      <c r="D116" s="13">
+        <v>0.0291</v>
+      </c>
+    </row>
+    <row r="117" ht="15" customHeight="1">
+      <c r="B117" s="1" t="s">
+        <v>698</v>
+      </c>
+      <c r="C117" s="1">
+        <v>24719</v>
+      </c>
+      <c r="D117" s="13">
+        <v>0.198</v>
+      </c>
+    </row>
+    <row r="118" ht="15" customHeight="1">
+      <c r="B118" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="C118" s="1">
+        <v>13039</v>
+      </c>
+      <c r="D118" s="13">
+        <v>0.1044</v>
+      </c>
+    </row>
+    <row r="119" ht="15" customHeight="1">
+      <c r="B119" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="C119" s="1">
+        <v>53950</v>
+      </c>
+      <c r="D119" s="13">
+        <v>0.4321</v>
+      </c>
+    </row>
+    <row r="120" ht="15" customHeight="1">
+      <c r="B120" s="1" t="s">
+        <v>701</v>
+      </c>
+      <c r="C120" s="1">
+        <v>3905</v>
+      </c>
+      <c r="D120" s="13">
+        <v>0.0313</v>
+      </c>
+    </row>
+    <row r="121" ht="15" customHeight="1">
+      <c r="B121" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C121" s="1">
+        <v>7056</v>
+      </c>
+      <c r="D121" s="13">
+        <v>0.0565</v>
+      </c>
+    </row>
+    <row r="122" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B122" s="8"/>
+      <c r="D122" s="12"/>
+      <c r="F122" s="12"/>
+    </row>
+    <row r="123">
+      <c r="B123" s="31" t="s">
+        <v>702</v>
+      </c>
+      <c r="C123" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D123" s="33"/>
+    </row>
+    <row r="124" ht="15" customHeight="1">
+      <c r="B124" s="34"/>
+      <c r="C124" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D124" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="125" ht="15" customHeight="1">
+      <c r="B125" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="C125" s="1">
+        <v>22620</v>
+      </c>
+      <c r="D125" s="13">
+        <v>0.1812</v>
+      </c>
+    </row>
+    <row r="126" ht="15" customHeight="1">
+      <c r="B126" s="1" t="s">
+        <v>704</v>
+      </c>
+      <c r="C126" s="1">
+        <v>14401</v>
+      </c>
+      <c r="D126" s="13">
+        <v>0.1153</v>
+      </c>
+    </row>
+    <row r="127" ht="15" customHeight="1">
+      <c r="B127" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="C127" s="1">
+        <v>39041</v>
+      </c>
+      <c r="D127" s="13">
+        <v>0.3127</v>
+      </c>
+    </row>
+    <row r="128" ht="15" customHeight="1">
+      <c r="B128" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="C128" s="1">
+        <v>1385</v>
+      </c>
+      <c r="D128" s="13">
+        <v>0.0111</v>
+      </c>
+    </row>
+    <row r="129" ht="15" customHeight="1">
+      <c r="B129" s="1" t="s">
+        <v>707</v>
+      </c>
+      <c r="C129" s="1">
+        <v>5584</v>
+      </c>
+      <c r="D129" s="13">
+        <v>0.0447</v>
+      </c>
+    </row>
+    <row r="130" ht="15" customHeight="1">
+      <c r="B130" s="1" t="s">
+        <v>708</v>
+      </c>
+      <c r="C130" s="1">
+        <v>27639</v>
+      </c>
+      <c r="D130" s="13">
+        <v>0.2213</v>
+      </c>
+    </row>
+    <row r="131" ht="15" customHeight="1">
+      <c r="B131" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="C131" s="1">
+        <v>27922</v>
+      </c>
+      <c r="D131" s="13">
+        <v>0.2236</v>
+      </c>
+    </row>
+    <row r="132" ht="15" customHeight="1">
+      <c r="B132" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C132" s="1">
+        <v>43907</v>
+      </c>
+      <c r="D132" s="13">
+        <v>0.3516</v>
+      </c>
+    </row>
+    <row r="133" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B133" s="8"/>
+      <c r="D133" s="12"/>
+      <c r="F133" s="12"/>
+    </row>
+    <row r="134">
+      <c r="B134" s="31" t="s">
+        <v>710</v>
+      </c>
+      <c r="C134" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D134" s="33"/>
+    </row>
+    <row r="135" ht="15" customHeight="1">
+      <c r="B135" s="34"/>
+      <c r="C135" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D135" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="136" ht="15" customHeight="1">
+      <c r="B136" s="1" t="s">
+        <v>711</v>
+      </c>
+      <c r="C136" s="1">
+        <v>52119</v>
+      </c>
+      <c r="D136" s="13">
+        <v>0.4175</v>
+      </c>
+    </row>
+    <row r="137" ht="15" customHeight="1">
+      <c r="B137" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="C137" s="1">
+        <v>62239</v>
+      </c>
+      <c r="D137" s="13">
+        <v>0.4986</v>
+      </c>
+    </row>
+    <row r="138" ht="15" customHeight="1">
+      <c r="B138" s="1" t="s">
+        <v>713</v>
+      </c>
+      <c r="C138" s="1">
+        <v>8816</v>
+      </c>
+      <c r="D138" s="13">
+        <v>0.0706</v>
+      </c>
+    </row>
+    <row r="139" ht="15" customHeight="1">
+      <c r="B139" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="C139" s="1">
+        <v>4455</v>
+      </c>
+      <c r="D139" s="13">
+        <v>0.0357</v>
+      </c>
+    </row>
+    <row r="140" ht="15" customHeight="1">
+      <c r="B140" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="C140" s="1">
+        <v>31976</v>
+      </c>
+      <c r="D140" s="13">
+        <v>0.2561</v>
+      </c>
+    </row>
+    <row r="141" ht="15" customHeight="1">
+      <c r="B141" s="1" t="s">
+        <v>716</v>
+      </c>
+      <c r="C141" s="1">
+        <v>5317</v>
+      </c>
+      <c r="D141" s="13">
+        <v>0.0426</v>
+      </c>
+    </row>
+    <row r="142" ht="15" customHeight="1">
+      <c r="B142" s="1" t="s">
+        <v>717</v>
+      </c>
+      <c r="C142" s="1">
+        <v>57314</v>
+      </c>
+      <c r="D142" s="13">
+        <v>0.4591</v>
+      </c>
+    </row>
+    <row r="143" ht="15" customHeight="1">
+      <c r="B143" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="C143" s="1">
+        <v>68837</v>
+      </c>
+      <c r="D143" s="13">
+        <v>0.5514</v>
+      </c>
+    </row>
+    <row r="144" ht="15" customHeight="1">
+      <c r="B144" s="1" t="s">
+        <v>719</v>
+      </c>
+      <c r="C144" s="1">
+        <v>6683</v>
+      </c>
+      <c r="D144" s="13">
+        <v>0.0535</v>
+      </c>
+    </row>
+    <row r="145" ht="15" customHeight="1">
+      <c r="B145" s="1" t="s">
+        <v>720</v>
+      </c>
+      <c r="C145" s="1">
+        <v>5021</v>
+      </c>
+      <c r="D145" s="13">
+        <v>0.0402</v>
+      </c>
+    </row>
+    <row r="146" ht="15" customHeight="1">
+      <c r="B146" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="C146" s="1">
+        <v>25280</v>
+      </c>
+      <c r="D146" s="13">
+        <v>0.2025</v>
+      </c>
+    </row>
+    <row r="147" ht="15" customHeight="1">
+      <c r="B147" s="1" t="s">
+        <v>722</v>
+      </c>
+      <c r="C147" s="1">
+        <v>2141</v>
+      </c>
+      <c r="D147" s="13">
+        <v>0.0172</v>
+      </c>
+    </row>
+    <row r="148" ht="15" customHeight="1">
+      <c r="B148" s="1" t="s">
+        <v>723</v>
+      </c>
+      <c r="C148" s="1">
+        <v>2742</v>
+      </c>
+      <c r="D148" s="13">
+        <v>0.022</v>
+      </c>
+    </row>
+    <row r="149" ht="15" customHeight="1">
+      <c r="B149" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="C149" s="1">
+        <v>13196</v>
+      </c>
+      <c r="D149" s="13">
+        <v>0.1057</v>
+      </c>
+    </row>
+    <row r="150" ht="15" customHeight="1">
+      <c r="B150" s="1" t="s">
+        <v>725</v>
+      </c>
+      <c r="C150" s="1">
+        <v>37370</v>
+      </c>
+      <c r="D150" s="13">
+        <v>0.2994</v>
+      </c>
+    </row>
+    <row r="151" ht="15" customHeight="1">
+      <c r="B151" s="1" t="s">
+        <v>726</v>
+      </c>
+      <c r="C151" s="1">
+        <v>47575</v>
+      </c>
+      <c r="D151" s="13">
+        <v>0.3811</v>
+      </c>
+    </row>
+    <row r="152" ht="15" customHeight="1">
+      <c r="B152" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="C152" s="1">
+        <v>11845</v>
+      </c>
+      <c r="D152" s="13">
+        <v>0.0949</v>
+      </c>
+    </row>
+    <row r="153" ht="15" customHeight="1">
+      <c r="B153" s="1" t="s">
+        <v>728</v>
+      </c>
+      <c r="C153" s="1">
+        <v>17342</v>
+      </c>
+      <c r="D153" s="13">
+        <v>0.1389</v>
+      </c>
+    </row>
+    <row r="154" ht="15" customHeight="1">
+      <c r="B154" s="1" t="s">
+        <v>729</v>
+      </c>
+      <c r="C154" s="1">
+        <v>64722</v>
+      </c>
+      <c r="D154" s="13">
+        <v>0.5185</v>
+      </c>
+    </row>
+    <row r="155" ht="15" customHeight="1">
+      <c r="B155" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="C155" s="1">
+        <v>11862</v>
+      </c>
+      <c r="D155" s="13">
+        <v>0.095</v>
+      </c>
+    </row>
+    <row r="156" ht="15" customHeight="1">
+      <c r="B156" s="1" t="s">
+        <v>731</v>
+      </c>
+      <c r="C156" s="1">
+        <v>59769</v>
+      </c>
+      <c r="D156" s="13">
+        <v>0.4788</v>
+      </c>
+    </row>
+    <row r="157" ht="15" customHeight="1">
+      <c r="B157" s="1" t="s">
+        <v>732</v>
+      </c>
+      <c r="C157" s="1">
+        <v>31891</v>
+      </c>
+      <c r="D157" s="13">
+        <v>0.2555</v>
+      </c>
+    </row>
+    <row r="158" ht="15" customHeight="1">
+      <c r="B158" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="C158" s="1">
+        <v>15515</v>
+      </c>
+      <c r="D158" s="13">
+        <v>0.1243</v>
+      </c>
+    </row>
+    <row r="159" ht="15" customHeight="1">
+      <c r="B159" s="1" t="s">
+        <v>734</v>
+      </c>
+      <c r="C159" s="1">
+        <v>22878</v>
+      </c>
+      <c r="D159" s="13">
+        <v>0.1833</v>
+      </c>
+    </row>
+    <row r="160" ht="15" customHeight="1">
+      <c r="B160" s="1" t="s">
+        <v>735</v>
+      </c>
+      <c r="C160" s="1">
+        <v>29169</v>
+      </c>
+      <c r="D160" s="13">
+        <v>0.2337</v>
+      </c>
+    </row>
+    <row r="161" ht="15" customHeight="1">
+      <c r="B161" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="C161" s="1">
+        <v>62623</v>
+      </c>
+      <c r="D161" s="13">
+        <v>0.5016</v>
+      </c>
+    </row>
+    <row r="162" ht="15" customHeight="1">
+      <c r="B162" s="1" t="s">
+        <v>737</v>
+      </c>
+      <c r="C162" s="1">
+        <v>38423</v>
+      </c>
+      <c r="D162" s="13">
+        <v>0.3078</v>
+      </c>
+    </row>
+    <row r="163" ht="15" customHeight="1">
+      <c r="B163" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C163" s="1">
+        <v>10172</v>
+      </c>
+      <c r="D163" s="13">
+        <v>0.0815</v>
+      </c>
+    </row>
+    <row r="164" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D164" s="12"/>
+      <c r="F164" s="12"/>
+    </row>
+    <row r="165">
+      <c r="B165" s="31" t="s">
+        <v>738</v>
+      </c>
+      <c r="C165" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D165" s="33"/>
+    </row>
+    <row r="166" ht="15" customHeight="1">
+      <c r="B166" s="34"/>
+      <c r="C166" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D166" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="167" ht="15" customHeight="1">
+      <c r="B167" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="C167" s="1">
+        <v>40189</v>
+      </c>
+      <c r="D167" s="13">
+        <v>0.324</v>
+      </c>
+    </row>
+    <row r="168" ht="15" customHeight="1">
+      <c r="B168" s="1" t="s">
+        <v>740</v>
+      </c>
+      <c r="C168" s="1">
+        <v>8771</v>
+      </c>
+      <c r="D168" s="13">
+        <v>0.0707</v>
+      </c>
+    </row>
+    <row r="169" ht="15" customHeight="1">
+      <c r="B169" s="1" t="s">
+        <v>741</v>
+      </c>
+      <c r="C169" s="1">
+        <v>12418</v>
+      </c>
+      <c r="D169" s="13">
+        <v>0.1001</v>
+      </c>
+    </row>
+    <row r="170" ht="15" customHeight="1">
+      <c r="B170" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="C170" s="1">
+        <v>14077</v>
+      </c>
+      <c r="D170" s="13">
+        <v>0.1135</v>
+      </c>
+    </row>
+    <row r="171" ht="15" customHeight="1">
+      <c r="B171" s="1" t="s">
+        <v>743</v>
+      </c>
+      <c r="C171" s="1">
+        <v>11086</v>
+      </c>
+      <c r="D171" s="13">
+        <v>0.0894</v>
+      </c>
+    </row>
+    <row r="172" ht="15" customHeight="1">
+      <c r="B172" s="1" t="s">
+        <v>744</v>
+      </c>
+      <c r="C172" s="1">
+        <v>17951</v>
+      </c>
+      <c r="D172" s="13">
+        <v>0.1447</v>
+      </c>
+    </row>
+    <row r="173" ht="15" customHeight="1">
+      <c r="B173" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="C173" s="1">
+        <v>13555</v>
+      </c>
+      <c r="D173" s="13">
+        <v>0.1093</v>
+      </c>
+    </row>
+    <row r="174" ht="15" customHeight="1">
+      <c r="B174" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="C29" s="17">
-[...1284 lines deleted...]
-      <c r="F147" s="28"/>
+      <c r="C174" s="1">
+        <v>4255</v>
+      </c>
+      <c r="D174" s="13">
+        <v>0.0343</v>
+      </c>
+    </row>
+    <row r="175" ht="15" customHeight="1">
+      <c r="B175" s="1" t="s">
+        <v>746</v>
+      </c>
+      <c r="C175" s="1">
+        <v>51522</v>
+      </c>
+      <c r="D175" s="13">
+        <v>0.4154</v>
+      </c>
+    </row>
+    <row r="176" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D176" s="12"/>
+      <c r="F176" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B32:B33"/>
-    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="B15:B16"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="B25:B26"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="B63:B64"/>
+    <mergeCell ref="C63:D63"/>
+    <mergeCell ref="B123:B124"/>
+    <mergeCell ref="C123:D123"/>
+    <mergeCell ref="B134:B135"/>
+    <mergeCell ref="C134:D134"/>
+    <mergeCell ref="B165:B166"/>
+    <mergeCell ref="C165:D165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
-  <dimension ref="B2:J176"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
+  <dimension ref="A2:J111"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView tabSelected="0" workbookViewId="0">
+      <selection activeCell="A1" sqref="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>747</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...52 lines deleted...]
-      <c r="C15" s="5" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="C10" s="1">
+        <v>3990</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.0337</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>749</v>
+      </c>
+      <c r="C11" s="1">
+        <v>71810</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.607</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>750</v>
+      </c>
+      <c r="C12" s="1">
+        <v>58979</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.4986</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="C13" s="1">
+        <v>16786</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.1419</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>752</v>
+      </c>
+      <c r="C14" s="1">
+        <v>92394</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.781</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="C15" s="1">
+        <v>44057</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.3724</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="C16" s="1">
+        <v>3173</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.0268</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>755</v>
+      </c>
+      <c r="C17" s="1">
+        <v>1775</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.015</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B18" s="8"/>
+      <c r="D18" s="12"/>
+      <c r="F18" s="12"/>
+    </row>
+    <row r="19">
+      <c r="B19" s="31" t="s">
+        <v>756</v>
+      </c>
+      <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D15" s="4"/>
-[...3 lines deleted...]
-      <c r="C16" s="37" t="s">
+      <c r="D19" s="33"/>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="34"/>
+      <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D16" s="37" t="s">
+      <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="17" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...85 lines deleted...]
-      <c r="C25" s="5" t="s">
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="C21" s="1">
+        <v>710</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.0099</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>758</v>
+      </c>
+      <c r="C22" s="1">
+        <v>1275</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.0178</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>759</v>
+      </c>
+      <c r="C23" s="1">
+        <v>765</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.0107</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="C24" s="1">
+        <v>408</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="1" t="s">
+        <v>761</v>
+      </c>
+      <c r="C25" s="1">
+        <v>9471</v>
+      </c>
+      <c r="D25" s="13">
+        <v>0.1325</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="1" t="s">
+        <v>762</v>
+      </c>
+      <c r="C26" s="1">
+        <v>7188</v>
+      </c>
+      <c r="D26" s="13">
+        <v>0.1006</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="C27" s="1">
+        <v>1271</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.0178</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>764</v>
+      </c>
+      <c r="C28" s="1">
+        <v>1757</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.0246</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>765</v>
+      </c>
+      <c r="C29" s="1">
+        <v>13165</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.1842</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="C30" s="1">
+        <v>27081</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.3789</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>767</v>
+      </c>
+      <c r="C31" s="1">
+        <v>442</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>768</v>
+      </c>
+      <c r="C32" s="1">
+        <v>2494</v>
+      </c>
+      <c r="D32" s="13">
+        <v>0.0349</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="C33" s="1">
+        <v>572</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.008</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>770</v>
+      </c>
+      <c r="C34" s="1">
+        <v>445</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.0062</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>771</v>
+      </c>
+      <c r="C35" s="1">
+        <v>381</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.0053</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="C36" s="1">
+        <v>4373</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.0612</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>773</v>
+      </c>
+      <c r="C37" s="1">
+        <v>238</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.0033</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>774</v>
+      </c>
+      <c r="C38" s="1">
+        <v>5451</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.0763</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="C39" s="1">
+        <v>17011</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0.238</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B40" s="8"/>
+      <c r="D40" s="12"/>
+      <c r="F40" s="12"/>
+    </row>
+    <row r="41">
+      <c r="B41" s="31" t="s">
+        <v>776</v>
+      </c>
+      <c r="C41" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D25" s="4"/>
-[...3 lines deleted...]
-      <c r="C26" s="37" t="s">
+      <c r="D41" s="33"/>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="34"/>
+      <c r="C42" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D26" s="37" t="s">
+      <c r="D42" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="27" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...226 lines deleted...]
-      <c r="D47" s="29">
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>777</v>
+      </c>
+      <c r="C43" s="1">
+        <v>113781</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.9637</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="C44" s="1">
+        <v>109900</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.9308</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>779</v>
+      </c>
+      <c r="C45" s="1">
+        <v>112081</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.9493</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>780</v>
+      </c>
+      <c r="C46" s="1">
+        <v>114334</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.9684</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="C47" s="1">
+        <v>110136</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.9328</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>782</v>
+      </c>
+      <c r="C48" s="1">
+        <v>91322</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.7735</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>783</v>
+      </c>
+      <c r="C49" s="1">
+        <v>115657</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.9796</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="C50" s="1">
+        <v>111996</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.9486</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>785</v>
+      </c>
+      <c r="C51" s="1">
+        <v>83907</v>
+      </c>
+      <c r="D51" s="13">
+        <v>0.7107</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>786</v>
+      </c>
+      <c r="C52" s="1">
+        <v>88673</v>
+      </c>
+      <c r="D52" s="13">
+        <v>0.751</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="C53" s="1">
+        <v>96790</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.8198</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B54" s="8"/>
+      <c r="D54" s="12"/>
+      <c r="F54" s="12"/>
+    </row>
+    <row r="55">
+      <c r="B55" s="31" t="s">
+        <v>788</v>
+      </c>
+      <c r="C55" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D55" s="33"/>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="34"/>
+      <c r="C56" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D56" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>789</v>
+      </c>
+      <c r="C57" s="1">
+        <v>92167</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.7806</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="C58" s="1">
+        <v>33817</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.2864</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>791</v>
+      </c>
+      <c r="C59" s="1">
+        <v>42852</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.3629</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>792</v>
+      </c>
+      <c r="C60" s="1">
+        <v>55314</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.4685</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="C61" s="1">
+        <v>68193</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.5776</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>794</v>
+      </c>
+      <c r="C62" s="1">
+        <v>39321</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0.333</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>795</v>
+      </c>
+      <c r="C63" s="1">
+        <v>60763</v>
+      </c>
+      <c r="D63" s="13">
+        <v>0.5146</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="C64" s="1">
+        <v>14428</v>
+      </c>
+      <c r="D64" s="13">
+        <v>0.1222</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>797</v>
+      </c>
+      <c r="C65" s="1">
+        <v>69593</v>
+      </c>
+      <c r="D65" s="13">
+        <v>0.5894</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>798</v>
+      </c>
+      <c r="C66" s="1">
+        <v>90153</v>
+      </c>
+      <c r="D66" s="13">
+        <v>0.7636</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="C67" s="1">
+        <v>10371</v>
+      </c>
+      <c r="D67" s="13">
+        <v>0.0878</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>800</v>
+      </c>
+      <c r="C68" s="1">
+        <v>11161</v>
+      </c>
+      <c r="D68" s="13">
+        <v>0.0945</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>801</v>
+      </c>
+      <c r="C69" s="1">
+        <v>12483</v>
+      </c>
+      <c r="D69" s="13">
+        <v>0.1057</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1">
+      <c r="B70" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="C70" s="1">
+        <v>64957</v>
+      </c>
+      <c r="D70" s="13">
+        <v>0.5502</v>
+      </c>
+    </row>
+    <row r="71" ht="15" customHeight="1">
+      <c r="B71" s="1" t="s">
+        <v>803</v>
+      </c>
+      <c r="C71" s="1">
+        <v>54893</v>
+      </c>
+      <c r="D71" s="13">
+        <v>0.4649</v>
+      </c>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="1" t="s">
+        <v>804</v>
+      </c>
+      <c r="C72" s="1">
+        <v>15877</v>
+      </c>
+      <c r="D72" s="13">
+        <v>0.1345</v>
+      </c>
+    </row>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C73" s="1">
+        <v>2859</v>
+      </c>
+      <c r="D73" s="13">
+        <v>0.0242</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B74" s="8"/>
+      <c r="D74" s="12"/>
+      <c r="F74" s="12"/>
+    </row>
+    <row r="75">
+      <c r="B75" s="31" t="s">
+        <v>805</v>
+      </c>
+      <c r="C75" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D75" s="33"/>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="34"/>
+      <c r="C76" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D76" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>806</v>
+      </c>
+      <c r="C77" s="1">
+        <v>94185</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0.8148</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>807</v>
+      </c>
+      <c r="C78" s="1">
+        <v>41204</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0.3565</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="C79" s="1">
+        <v>1258</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0.0109</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="1" t="s">
+        <v>809</v>
+      </c>
+      <c r="C80" s="1">
+        <v>3191</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0.0276</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="1" t="s">
+        <v>810</v>
+      </c>
+      <c r="C81" s="1">
+        <v>24685</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0.2136</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1">
+      <c r="B82" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="C82" s="1">
+        <v>53498</v>
+      </c>
+      <c r="D82" s="13">
+        <v>0.4628</v>
+      </c>
+    </row>
+    <row r="83" ht="15" customHeight="1">
+      <c r="B83" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C83" s="1">
+        <v>6674</v>
+      </c>
+      <c r="D83" s="13">
+        <v>0.0577</v>
+      </c>
+    </row>
+    <row r="84" ht="15" customHeight="1">
+      <c r="B84" s="8"/>
+    </row>
+    <row r="85">
+      <c r="B85" s="31" t="s">
+        <v>812</v>
+      </c>
+      <c r="C85" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D85" s="33"/>
+    </row>
+    <row r="86" ht="15" customHeight="1">
+      <c r="B86" s="34"/>
+      <c r="C86" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D86" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="87" ht="15" customHeight="1">
+      <c r="B87" s="1" t="s">
+        <v>813</v>
+      </c>
+      <c r="C87" s="1">
+        <v>40827</v>
+      </c>
+      <c r="D87" s="13">
+        <v>0.3586</v>
+      </c>
+    </row>
+    <row r="88" ht="15" customHeight="1">
+      <c r="B88" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="C88" s="1">
+        <v>81037</v>
+      </c>
+      <c r="D88" s="13">
+        <v>0.7118</v>
+      </c>
+    </row>
+    <row r="89" ht="15" customHeight="1">
+      <c r="B89" s="1" t="s">
+        <v>815</v>
+      </c>
+      <c r="C89" s="1">
+        <v>31217</v>
+      </c>
+      <c r="D89" s="13">
+        <v>0.2742</v>
+      </c>
+    </row>
+    <row r="90" ht="15" customHeight="1">
+      <c r="B90" s="1" t="s">
+        <v>816</v>
+      </c>
+      <c r="C90" s="1">
+        <v>8732</v>
+      </c>
+      <c r="D90" s="13">
+        <v>0.0767</v>
+      </c>
+    </row>
+    <row r="91" ht="15" customHeight="1">
+      <c r="B91" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="C91" s="1">
+        <v>21788</v>
+      </c>
+      <c r="D91" s="13">
+        <v>0.1914</v>
+      </c>
+    </row>
+    <row r="92" ht="15" customHeight="1">
+      <c r="B92" s="1" t="s">
+        <v>818</v>
+      </c>
+      <c r="C92" s="1">
+        <v>13884</v>
+      </c>
+      <c r="D92" s="13">
+        <v>0.122</v>
+      </c>
+    </row>
+    <row r="93" ht="15" customHeight="1">
+      <c r="B93" s="1" t="s">
+        <v>819</v>
+      </c>
+      <c r="C93" s="1">
+        <v>40289</v>
+      </c>
+      <c r="D93" s="13">
+        <v>0.3539</v>
+      </c>
+    </row>
+    <row r="94" ht="15" customHeight="1">
+      <c r="B94" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="C94" s="1">
+        <v>36024</v>
+      </c>
+      <c r="D94" s="13">
+        <v>0.3164</v>
+      </c>
+    </row>
+    <row r="95" ht="15" customHeight="1">
+      <c r="B95" s="1" t="s">
+        <v>821</v>
+      </c>
+      <c r="C95" s="1">
+        <v>21627</v>
+      </c>
+      <c r="D95" s="13">
+        <v>0.19</v>
+      </c>
+    </row>
+    <row r="96" ht="15" customHeight="1">
+      <c r="B96" s="1" t="s">
+        <v>822</v>
+      </c>
+      <c r="C96" s="1">
+        <v>15047</v>
+      </c>
+      <c r="D96" s="13">
+        <v>0.1322</v>
+      </c>
+    </row>
+    <row r="97" ht="15" customHeight="1">
+      <c r="B97" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="C97" s="1">
+        <v>53177</v>
+      </c>
+      <c r="D97" s="13">
+        <v>0.4671</v>
+      </c>
+    </row>
+    <row r="98" ht="15" customHeight="1">
+      <c r="B98" s="1" t="s">
+        <v>824</v>
+      </c>
+      <c r="C98" s="1">
+        <v>64710</v>
+      </c>
+      <c r="D98" s="13">
+        <v>0.5684</v>
+      </c>
+    </row>
+    <row r="99" ht="15" customHeight="1">
+      <c r="B99" s="1" t="s">
+        <v>825</v>
+      </c>
+      <c r="C99" s="1">
+        <v>35672</v>
+      </c>
+      <c r="D99" s="13">
+        <v>0.3133</v>
+      </c>
+    </row>
+    <row r="100" ht="15" customHeight="1">
+      <c r="B100" s="1" t="s">
+        <v>64</v>
+      </c>
+      <c r="C100" s="1">
+        <v>8217</v>
+      </c>
+      <c r="D100" s="13">
+        <v>0.0722</v>
+      </c>
+    </row>
+    <row r="101" ht="15" customHeight="1">
+      <c r="B101" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C101" s="1">
+        <v>5891</v>
+      </c>
+      <c r="D101" s="13">
+        <v>0.0517</v>
+      </c>
+    </row>
+    <row r="102" ht="15" customHeight="1">
+      <c r="B102" s="8"/>
+    </row>
+    <row r="103">
+      <c r="B103" s="31" t="s">
+        <v>826</v>
+      </c>
+      <c r="C103" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D103" s="33"/>
+    </row>
+    <row r="104" ht="15" customHeight="1">
+      <c r="B104" s="34"/>
+      <c r="C104" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D104" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="105" ht="15" customHeight="1">
+      <c r="B105" s="1" t="s">
+        <v>827</v>
+      </c>
+      <c r="C105" s="1">
+        <v>35511</v>
+      </c>
+      <c r="D105" s="13">
+        <v>0.3008</v>
+      </c>
+    </row>
+    <row r="106" ht="15" customHeight="1">
+      <c r="B106" s="1" t="s">
+        <v>828</v>
+      </c>
+      <c r="C106" s="1">
+        <v>23232</v>
+      </c>
+      <c r="D106" s="13">
+        <v>0.1968</v>
+      </c>
+    </row>
+    <row r="107" ht="15" customHeight="1">
+      <c r="B107" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="C107" s="1">
+        <v>17050</v>
+      </c>
+      <c r="D107" s="13">
+        <v>0.1444</v>
+      </c>
+    </row>
+    <row r="108" ht="15" customHeight="1">
+      <c r="B108" s="1" t="s">
+        <v>830</v>
+      </c>
+      <c r="C108" s="1">
+        <v>25270</v>
+      </c>
+      <c r="D108" s="13">
         <v>0.214</v>
       </c>
     </row>
-    <row r="48" spans="2:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1368 lines deleted...]
-      <c r="F176" s="28"/>
+    <row r="109" ht="15" customHeight="1">
+      <c r="B109" s="1" t="s">
+        <v>831</v>
+      </c>
+      <c r="C109" s="1">
+        <v>34310</v>
+      </c>
+      <c r="D109" s="13">
+        <v>0.2906</v>
+      </c>
+    </row>
+    <row r="110" ht="15" customHeight="1">
+      <c r="B110" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="C110" s="1">
+        <v>8313</v>
+      </c>
+      <c r="D110" s="13">
+        <v>0.0704</v>
+      </c>
+    </row>
+    <row r="111" ht="15" customHeight="1">
+      <c r="B111" s="1" t="s">
+        <v>833</v>
+      </c>
+      <c r="C111" s="1">
+        <v>7386</v>
+      </c>
+      <c r="D111" s="13">
+        <v>0.0626</v>
+      </c>
     </row>
   </sheetData>
-  <mergeCells count="15">
-[...9 lines deleted...]
-    <mergeCell ref="C123:D123"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B15:B16"/>
-    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="B19:B20"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="B41:B42"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="B55:B56"/>
+    <mergeCell ref="C55:D55"/>
+    <mergeCell ref="B75:B76"/>
+    <mergeCell ref="C75:D75"/>
+    <mergeCell ref="B85:B86"/>
+    <mergeCell ref="C85:D85"/>
+    <mergeCell ref="B103:B104"/>
+    <mergeCell ref="C103:D103"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
-  <dimension ref="B2:J111"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
+  <dimension ref="A2:J83"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>834</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="B14" s="17" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="C10" s="1">
+        <v>5728</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.0515</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>836</v>
+      </c>
+      <c r="C11" s="1">
+        <v>13224</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.1188</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>837</v>
+      </c>
+      <c r="C12" s="1">
+        <v>10690</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.096</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="C13" s="1">
+        <v>23610</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.2121</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>839</v>
+      </c>
+      <c r="C14" s="1">
+        <v>13015</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.1169</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>840</v>
+      </c>
+      <c r="C15" s="1">
+        <v>6848</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.0615</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="C16" s="1">
+        <v>24854</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.2233</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>842</v>
+      </c>
+      <c r="C17" s="1">
+        <v>20997</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.1886</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>843</v>
+      </c>
+      <c r="C18" s="1">
+        <v>17751</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.1595</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="C19" s="1">
+        <v>73051</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.6563</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>845</v>
+      </c>
+      <c r="C20" s="1">
+        <v>42623</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.3829</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>846</v>
+      </c>
+      <c r="C21" s="1">
+        <v>62317</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.5599</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="C22" s="1">
+        <v>6190</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.0556</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>848</v>
+      </c>
+      <c r="C23" s="1">
+        <v>7779</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.0699</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>849</v>
+      </c>
+      <c r="C24" s="1">
+        <v>10718</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.0963</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1">
+      <c r="B25" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="C25" s="1">
+        <v>31842</v>
+      </c>
+      <c r="D25" s="13">
+        <v>0.2861</v>
+      </c>
+    </row>
+    <row r="26" ht="15" customHeight="1">
+      <c r="B26" s="1" t="s">
+        <v>851</v>
+      </c>
+      <c r="C26" s="1">
+        <v>52211</v>
+      </c>
+      <c r="D26" s="13">
+        <v>0.4691</v>
+      </c>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C27" s="1">
+        <v>7308</v>
+      </c>
+      <c r="D27" s="13">
+        <v>0.0657</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D28" s="12"/>
+      <c r="F28" s="12"/>
+    </row>
+    <row r="29">
+      <c r="B29" s="31" t="s">
+        <v>852</v>
+      </c>
+      <c r="C29" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D29" s="33"/>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="34"/>
+      <c r="C30" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D30" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="C31" s="1">
+        <v>570</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.0051</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1">
+      <c r="B32" s="1" t="s">
+        <v>854</v>
+      </c>
+      <c r="C32" s="1">
         <v>763</v>
       </c>
-      <c r="C14" s="17">
-[...48 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="D32" s="13">
+        <v>0.0069</v>
+      </c>
+    </row>
+    <row r="33" ht="15" customHeight="1">
+      <c r="B33" s="1" t="s">
+        <v>855</v>
+      </c>
+      <c r="C33" s="1">
+        <v>1645</v>
+      </c>
+      <c r="D33" s="13">
+        <v>0.0148</v>
+      </c>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="C34" s="1">
+        <v>33955</v>
+      </c>
+      <c r="D34" s="13">
+        <v>0.3056</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>857</v>
+      </c>
+      <c r="C35" s="1">
+        <v>32089</v>
+      </c>
+      <c r="D35" s="13">
+        <v>0.2888</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>858</v>
+      </c>
+      <c r="C36" s="1">
+        <v>249</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.0022</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="C37" s="1">
+        <v>120</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.0011</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>860</v>
+      </c>
+      <c r="C38" s="1">
+        <v>7429</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.0669</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="1" t="s">
+        <v>861</v>
+      </c>
+      <c r="C39" s="1">
+        <v>265</v>
+      </c>
+      <c r="D39" s="13">
+        <v>0.0024</v>
+      </c>
+    </row>
+    <row r="40" ht="15" customHeight="1">
+      <c r="B40" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="C40" s="1">
+        <v>828</v>
+      </c>
+      <c r="D40" s="13">
+        <v>0.0075</v>
+      </c>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="1" t="s">
+        <v>863</v>
+      </c>
+      <c r="C41" s="1">
+        <v>895</v>
+      </c>
+      <c r="D41" s="13">
+        <v>0.0081</v>
+      </c>
+    </row>
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>864</v>
+      </c>
+      <c r="C42" s="1">
+        <v>2336</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.021</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="C43" s="1">
+        <v>3246</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.0292</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>866</v>
+      </c>
+      <c r="C44" s="1">
+        <v>3717</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.0335</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>867</v>
+      </c>
+      <c r="C45" s="1">
+        <v>3471</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.0312</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="C46" s="1">
+        <v>851</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.0077</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>869</v>
+      </c>
+      <c r="C47" s="1">
+        <v>2662</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.024</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>870</v>
+      </c>
+      <c r="C48" s="1">
+        <v>701</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.0063</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="C49" s="1">
+        <v>575</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.0052</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="1" t="s">
+        <v>872</v>
+      </c>
+      <c r="C50" s="1">
+        <v>82425</v>
+      </c>
+      <c r="D50" s="13">
+        <v>0.7418</v>
+      </c>
+    </row>
+    <row r="51" ht="15" customHeight="1">
+      <c r="B51" s="1" t="s">
+        <v>873</v>
+      </c>
+      <c r="C51" s="1">
+        <v>277</v>
+      </c>
+      <c r="D51" s="13">
+        <v>0.0025</v>
+      </c>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="C52" s="1">
+        <v>324</v>
+      </c>
+      <c r="D52" s="13">
+        <v>0.0029</v>
+      </c>
+    </row>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>875</v>
+      </c>
+      <c r="C53" s="1">
+        <v>42255</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.3803</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>876</v>
+      </c>
+      <c r="C54" s="1">
+        <v>2123</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.0191</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="C55" s="1">
+        <v>1063</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.0096</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
+        <v>878</v>
+      </c>
+      <c r="C56" s="1">
+        <v>254</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>879</v>
+      </c>
+      <c r="C57" s="1">
+        <v>1140</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.0103</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="C58" s="1">
+        <v>7035</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.0633</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>881</v>
+      </c>
+      <c r="C59" s="1">
+        <v>6815</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.0613</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>882</v>
+      </c>
+      <c r="C60" s="1">
+        <v>254</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.0023</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="C61" s="1">
+        <v>6686</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.0602</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>884</v>
+      </c>
+      <c r="C62" s="1">
+        <v>912</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0.0082</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>885</v>
+      </c>
+      <c r="C63" s="1">
+        <v>629</v>
+      </c>
+      <c r="D63" s="13">
+        <v>0.0057</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="C64" s="1">
+        <v>86</v>
+      </c>
+      <c r="D64" s="13">
+        <v>0.0008</v>
+      </c>
+    </row>
+    <row r="65" ht="15" customHeight="1">
+      <c r="B65" s="1" t="s">
+        <v>887</v>
+      </c>
+      <c r="C65" s="1">
+        <v>670</v>
+      </c>
+      <c r="D65" s="13">
+        <v>0.006</v>
+      </c>
+    </row>
+    <row r="66" ht="15" customHeight="1">
+      <c r="B66" s="1" t="s">
+        <v>888</v>
+      </c>
+      <c r="C66" s="1">
+        <v>185</v>
+      </c>
+      <c r="D66" s="13">
+        <v>0.0017</v>
+      </c>
+    </row>
+    <row r="67" ht="15" customHeight="1">
+      <c r="B67" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="C67" s="1">
+        <v>22707</v>
+      </c>
+      <c r="D67" s="13">
+        <v>0.2044</v>
+      </c>
+    </row>
+    <row r="68" ht="15" customHeight="1">
+      <c r="B68" s="1" t="s">
+        <v>890</v>
+      </c>
+      <c r="C68" s="1">
+        <v>4857</v>
+      </c>
+      <c r="D68" s="13">
+        <v>0.0437</v>
+      </c>
+    </row>
+    <row r="69" ht="15" customHeight="1">
+      <c r="B69" s="1" t="s">
+        <v>891</v>
+      </c>
+      <c r="C69" s="1">
+        <v>2079</v>
+      </c>
+      <c r="D69" s="13">
+        <v>0.0187</v>
+      </c>
+    </row>
+    <row r="70" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="D70" s="12"/>
+      <c r="F70" s="12"/>
+    </row>
+    <row r="71">
+      <c r="B71" s="31" t="s">
+        <v>892</v>
+      </c>
+      <c r="C71" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D19" s="4"/>
-[...3 lines deleted...]
-      <c r="C20" s="37" t="s">
+      <c r="D71" s="33"/>
+    </row>
+    <row r="72" ht="15" customHeight="1">
+      <c r="B72" s="34"/>
+      <c r="C72" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D20" s="37" t="s">
+      <c r="D72" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="21" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...943 lines deleted...]
-        <v>6.1800000000000001E-2</v>
+    <row r="73" ht="15" customHeight="1">
+      <c r="B73" s="1" t="s">
+        <v>893</v>
+      </c>
+      <c r="C73" s="1">
+        <v>32723</v>
+      </c>
+      <c r="D73" s="13">
+        <v>0.2957</v>
+      </c>
+    </row>
+    <row r="74" ht="15" customHeight="1">
+      <c r="B74" s="1" t="s">
+        <v>894</v>
+      </c>
+      <c r="C74" s="1">
+        <v>25894</v>
+      </c>
+      <c r="D74" s="13">
+        <v>0.234</v>
+      </c>
+    </row>
+    <row r="75" ht="15" customHeight="1">
+      <c r="B75" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="C75" s="1">
+        <v>96294</v>
+      </c>
+      <c r="D75" s="13">
+        <v>0.8701</v>
+      </c>
+    </row>
+    <row r="76" ht="15" customHeight="1">
+      <c r="B76" s="1" t="s">
+        <v>896</v>
+      </c>
+      <c r="C76" s="1">
+        <v>443</v>
+      </c>
+      <c r="D76" s="13">
+        <v>0.004</v>
+      </c>
+    </row>
+    <row r="77" ht="15" customHeight="1">
+      <c r="B77" s="1" t="s">
+        <v>897</v>
+      </c>
+      <c r="C77" s="1">
+        <v>1083</v>
+      </c>
+      <c r="D77" s="13">
+        <v>0.0098</v>
+      </c>
+    </row>
+    <row r="78" ht="15" customHeight="1">
+      <c r="B78" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="C78" s="1">
+        <v>2799</v>
+      </c>
+      <c r="D78" s="13">
+        <v>0.0253</v>
+      </c>
+    </row>
+    <row r="79" ht="15" customHeight="1">
+      <c r="B79" s="1" t="s">
+        <v>899</v>
+      </c>
+      <c r="C79" s="1">
+        <v>8554</v>
+      </c>
+      <c r="D79" s="13">
+        <v>0.0773</v>
+      </c>
+    </row>
+    <row r="80" ht="15" customHeight="1">
+      <c r="B80" s="1" t="s">
+        <v>900</v>
+      </c>
+      <c r="C80" s="1">
+        <v>7581</v>
+      </c>
+      <c r="D80" s="13">
+        <v>0.0685</v>
+      </c>
+    </row>
+    <row r="81" ht="15" customHeight="1">
+      <c r="B81" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="C81" s="1">
+        <v>5107</v>
+      </c>
+      <c r="D81" s="13">
+        <v>0.0461</v>
+      </c>
+    </row>
+    <row r="82" ht="15" customHeight="1">
+      <c r="B82" s="1" t="s">
+        <v>902</v>
+      </c>
+      <c r="C82" s="1">
+        <v>10033</v>
+      </c>
+      <c r="D82" s="13">
+        <v>0.0907</v>
+      </c>
+    </row>
+    <row r="83" ht="15" customHeight="1">
+      <c r="B83" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C83" s="1">
+        <v>5895</v>
+      </c>
+      <c r="D83" s="13">
+        <v>0.0533</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="15">
-[...9 lines deleted...]
-    <mergeCell ref="C75:D75"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B19:B20"/>
-    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="B29:B30"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="B71:B72"/>
+    <mergeCell ref="C71:D71"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
-  <dimension ref="B2:J83"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
+  <dimension ref="A2:J64"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0" tabSelected="0">
+      <selection sqref="A1" activeCell="A1"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" style="17" customWidth="1"/>
-[...6 lines deleted...]
-    <col min="8" max="16384" width="8.85546875" style="17"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1" style="1"/>
+    <col min="2" max="2" width="108.140625" customWidth="1" style="1"/>
+    <col min="3" max="3" width="12.140625" customWidth="1" style="1"/>
+    <col min="4" max="4" width="12.140625" customWidth="1" style="13"/>
+    <col min="5" max="5" width="12.140625" customWidth="1" style="1"/>
+    <col min="6" max="6" width="12.140625" customWidth="1" style="13"/>
+    <col min="7" max="16384" width="8.85546875" customWidth="1" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="B2" s="16" t="s">
+    <row r="1" ht="15" customHeight="1"/>
+    <row r="2" ht="15" customHeight="1">
+      <c r="B2" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="C2" s="15"/>
-[...1 lines deleted...]
-      <c r="F2" s="35" t="s">
+      <c r="C2" s="20"/>
+      <c r="D2" s="21"/>
+      <c r="F2" s="22" t="s">
         <v>1</v>
       </c>
-      <c r="I2"/>
-[...6 lines deleted...]
-      <c r="F3" s="36" t="s">
+      <c r="I2" s="23"/>
+      <c r="J2" s="23"/>
+    </row>
+    <row r="3" ht="15" customHeight="1">
+      <c r="B3" s="24"/>
+      <c r="C3" s="25"/>
+      <c r="D3" s="26"/>
+      <c r="F3" s="27" t="s">
         <v>2</v>
       </c>
-      <c r="I3"/>
-[...6 lines deleted...]
-      <c r="F4" s="36" t="s">
+      <c r="I3" s="23"/>
+      <c r="J3" s="23"/>
+    </row>
+    <row r="4" ht="15" customHeight="1">
+      <c r="B4" s="24"/>
+      <c r="C4" s="25"/>
+      <c r="D4" s="26"/>
+      <c r="F4" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="I4"/>
-[...6 lines deleted...]
-      <c r="F5" s="36" t="s">
+      <c r="I4" s="23"/>
+      <c r="J4" s="23"/>
+    </row>
+    <row r="5" ht="15" customHeight="1">
+      <c r="B5" s="28"/>
+      <c r="C5" s="29"/>
+      <c r="D5" s="30"/>
+      <c r="F5" s="27" t="s">
         <v>4</v>
       </c>
-      <c r="I5"/>
-[...6 lines deleted...]
-      <c r="C8" s="5" t="s">
+      <c r="I5" s="23"/>
+      <c r="J5" s="23"/>
+    </row>
+    <row r="6" ht="15" customHeight="1"/>
+    <row r="7" ht="15" customHeight="1"/>
+    <row r="8">
+      <c r="B8" s="31" t="s">
+        <v>903</v>
+      </c>
+      <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="4"/>
-[...3 lines deleted...]
-      <c r="C9" s="37" t="s">
+      <c r="D8" s="33"/>
+    </row>
+    <row r="9" ht="15" customHeight="1">
+      <c r="B9" s="34"/>
+      <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D9" s="37" t="s">
+      <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="10" spans="2:10" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...44 lines deleted...]
-      <c r="B14" s="17" t="s">
+    <row r="10" ht="15" customHeight="1">
+      <c r="B10" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="C10" s="1">
+        <v>939</v>
+      </c>
+      <c r="D10" s="13">
+        <v>0.1653</v>
+      </c>
+    </row>
+    <row r="11" ht="15" customHeight="1">
+      <c r="B11" s="1" t="s">
+        <v>905</v>
+      </c>
+      <c r="C11" s="1">
+        <v>594</v>
+      </c>
+      <c r="D11" s="13">
+        <v>0.1045</v>
+      </c>
+    </row>
+    <row r="12" ht="15" customHeight="1">
+      <c r="B12" s="1" t="s">
+        <v>906</v>
+      </c>
+      <c r="C12" s="1">
+        <v>324</v>
+      </c>
+      <c r="D12" s="13">
+        <v>0.057</v>
+      </c>
+    </row>
+    <row r="13" ht="15" customHeight="1">
+      <c r="B13" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="C13" s="1">
+        <v>388</v>
+      </c>
+      <c r="D13" s="13">
+        <v>0.0683</v>
+      </c>
+    </row>
+    <row r="14" ht="15" customHeight="1">
+      <c r="B14" s="1" t="s">
+        <v>908</v>
+      </c>
+      <c r="C14" s="1">
+        <v>1078</v>
+      </c>
+      <c r="D14" s="13">
+        <v>0.1897</v>
+      </c>
+    </row>
+    <row r="15" ht="15" customHeight="1">
+      <c r="B15" s="1" t="s">
+        <v>909</v>
+      </c>
+      <c r="C15" s="1">
+        <v>1029</v>
+      </c>
+      <c r="D15" s="13">
+        <v>0.1811</v>
+      </c>
+    </row>
+    <row r="16" ht="15" customHeight="1">
+      <c r="B16" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="C16" s="1">
+        <v>507</v>
+      </c>
+      <c r="D16" s="13">
+        <v>0.0892</v>
+      </c>
+    </row>
+    <row r="17" ht="15" customHeight="1">
+      <c r="B17" s="1" t="s">
+        <v>911</v>
+      </c>
+      <c r="C17" s="1">
+        <v>308</v>
+      </c>
+      <c r="D17" s="13">
+        <v>0.0542</v>
+      </c>
+    </row>
+    <row r="18" ht="15" customHeight="1">
+      <c r="B18" s="1" t="s">
+        <v>912</v>
+      </c>
+      <c r="C18" s="1">
+        <v>1319</v>
+      </c>
+      <c r="D18" s="13">
+        <v>0.2321</v>
+      </c>
+    </row>
+    <row r="19" ht="15" customHeight="1">
+      <c r="B19" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="C19" s="1">
+        <v>924</v>
+      </c>
+      <c r="D19" s="13">
+        <v>0.1626</v>
+      </c>
+    </row>
+    <row r="20" ht="15" customHeight="1">
+      <c r="B20" s="1" t="s">
+        <v>914</v>
+      </c>
+      <c r="C20" s="1">
+        <v>506</v>
+      </c>
+      <c r="D20" s="13">
+        <v>0.0891</v>
+      </c>
+    </row>
+    <row r="21" ht="15" customHeight="1">
+      <c r="B21" s="1" t="s">
+        <v>915</v>
+      </c>
+      <c r="C21" s="1">
+        <v>425</v>
+      </c>
+      <c r="D21" s="13">
+        <v>0.0748</v>
+      </c>
+    </row>
+    <row r="22" ht="15" customHeight="1">
+      <c r="B22" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="C22" s="1">
+        <v>1001</v>
+      </c>
+      <c r="D22" s="13">
+        <v>0.1762</v>
+      </c>
+    </row>
+    <row r="23" ht="15" customHeight="1">
+      <c r="B23" s="1" t="s">
+        <v>917</v>
+      </c>
+      <c r="C23" s="1">
+        <v>1261</v>
+      </c>
+      <c r="D23" s="13">
+        <v>0.2219</v>
+      </c>
+    </row>
+    <row r="24" ht="15" customHeight="1">
+      <c r="B24" s="1" t="s">
+        <v>918</v>
+      </c>
+      <c r="C24" s="1">
+        <v>981</v>
+      </c>
+      <c r="D24" s="13">
+        <v>0.1727</v>
+      </c>
+    </row>
+    <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B25" s="9"/>
+      <c r="D25" s="12"/>
+      <c r="F25" s="12"/>
+    </row>
+    <row r="26">
+      <c r="B26" s="31" t="s">
+        <v>919</v>
+      </c>
+      <c r="C26" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D26" s="33"/>
+    </row>
+    <row r="27" ht="15" customHeight="1">
+      <c r="B27" s="34"/>
+      <c r="C27" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D27" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="28" ht="15" customHeight="1">
+      <c r="B28" s="1" t="s">
+        <v>920</v>
+      </c>
+      <c r="C28" s="1">
+        <v>1265</v>
+      </c>
+      <c r="D28" s="13">
+        <v>0.2226</v>
+      </c>
+    </row>
+    <row r="29" ht="15" customHeight="1">
+      <c r="B29" s="1" t="s">
+        <v>921</v>
+      </c>
+      <c r="C29" s="1">
+        <v>1158</v>
+      </c>
+      <c r="D29" s="13">
+        <v>0.2038</v>
+      </c>
+    </row>
+    <row r="30" ht="15" customHeight="1">
+      <c r="B30" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="C30" s="1">
+        <v>747</v>
+      </c>
+      <c r="D30" s="13">
+        <v>0.1315</v>
+      </c>
+    </row>
+    <row r="31" ht="15" customHeight="1">
+      <c r="B31" s="1" t="s">
+        <v>923</v>
+      </c>
+      <c r="C31" s="1">
+        <v>2512</v>
+      </c>
+      <c r="D31" s="13">
+        <v>0.4421</v>
+      </c>
+    </row>
+    <row r="32" ht="15" customHeight="1" s="2" customFormat="1">
+      <c r="B32" s="10"/>
+      <c r="D32" s="12"/>
+      <c r="F32" s="12"/>
+    </row>
+    <row r="33">
+      <c r="B33" s="31" t="s">
+        <v>924</v>
+      </c>
+      <c r="C33" s="32" t="s">
+        <v>6</v>
+      </c>
+      <c r="D33" s="33"/>
+    </row>
+    <row r="34" ht="15" customHeight="1">
+      <c r="B34" s="34"/>
+      <c r="C34" s="35" t="s">
+        <v>7</v>
+      </c>
+      <c r="D34" s="35" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="35" ht="15" customHeight="1">
+      <c r="B35" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="C35" s="1">
         <v>850</v>
       </c>
-      <c r="C14" s="17">
-[...157 lines deleted...]
-      <c r="C29" s="5" t="s">
+      <c r="D35" s="13">
+        <v>0.1496</v>
+      </c>
+    </row>
+    <row r="36" ht="15" customHeight="1">
+      <c r="B36" s="1" t="s">
+        <v>926</v>
+      </c>
+      <c r="C36" s="1">
+        <v>1979</v>
+      </c>
+      <c r="D36" s="13">
+        <v>0.3483</v>
+      </c>
+    </row>
+    <row r="37" ht="15" customHeight="1">
+      <c r="B37" s="1" t="s">
+        <v>927</v>
+      </c>
+      <c r="C37" s="1">
+        <v>1562</v>
+      </c>
+      <c r="D37" s="13">
+        <v>0.2749</v>
+      </c>
+    </row>
+    <row r="38" ht="15" customHeight="1">
+      <c r="B38" s="1" t="s">
+        <v>928</v>
+      </c>
+      <c r="C38" s="1">
+        <v>1291</v>
+      </c>
+      <c r="D38" s="13">
+        <v>0.2272</v>
+      </c>
+    </row>
+    <row r="39" ht="15" customHeight="1">
+      <c r="B39" s="10"/>
+    </row>
+    <row r="40">
+      <c r="B40" s="31" t="s">
+        <v>929</v>
+      </c>
+      <c r="C40" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D29" s="4"/>
-[...3 lines deleted...]
-      <c r="C30" s="37" t="s">
+      <c r="D40" s="33"/>
+    </row>
+    <row r="41" ht="15" customHeight="1">
+      <c r="B41" s="34"/>
+      <c r="C41" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D30" s="37" t="s">
+      <c r="D41" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="31" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...436 lines deleted...]
-      <c r="C71" s="5" t="s">
+    <row r="42" ht="15" customHeight="1">
+      <c r="B42" s="1" t="s">
+        <v>930</v>
+      </c>
+      <c r="C42" s="1">
+        <v>2280</v>
+      </c>
+      <c r="D42" s="13">
+        <v>0.4013</v>
+      </c>
+    </row>
+    <row r="43" ht="15" customHeight="1">
+      <c r="B43" s="1" t="s">
+        <v>931</v>
+      </c>
+      <c r="C43" s="1">
+        <v>1332</v>
+      </c>
+      <c r="D43" s="13">
+        <v>0.2344</v>
+      </c>
+    </row>
+    <row r="44" ht="15" customHeight="1">
+      <c r="B44" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="C44" s="1">
+        <v>1797</v>
+      </c>
+      <c r="D44" s="13">
+        <v>0.3163</v>
+      </c>
+    </row>
+    <row r="45" ht="15" customHeight="1">
+      <c r="B45" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="C45" s="1">
+        <v>1879</v>
+      </c>
+      <c r="D45" s="13">
+        <v>0.3307</v>
+      </c>
+    </row>
+    <row r="46" ht="15" customHeight="1">
+      <c r="B46" s="1" t="s">
+        <v>934</v>
+      </c>
+      <c r="C46" s="1">
+        <v>1102</v>
+      </c>
+      <c r="D46" s="13">
+        <v>0.1939</v>
+      </c>
+    </row>
+    <row r="47" ht="15" customHeight="1">
+      <c r="B47" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="C47" s="1">
+        <v>957</v>
+      </c>
+      <c r="D47" s="13">
+        <v>0.1684</v>
+      </c>
+    </row>
+    <row r="48" ht="15" customHeight="1">
+      <c r="B48" s="1" t="s">
+        <v>936</v>
+      </c>
+      <c r="C48" s="1">
+        <v>1109</v>
+      </c>
+      <c r="D48" s="13">
+        <v>0.1952</v>
+      </c>
+    </row>
+    <row r="49" ht="15" customHeight="1">
+      <c r="B49" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C49" s="1">
+        <v>2131</v>
+      </c>
+      <c r="D49" s="13">
+        <v>0.375</v>
+      </c>
+    </row>
+    <row r="50" ht="15" customHeight="1">
+      <c r="B50" s="10"/>
+    </row>
+    <row r="51">
+      <c r="B51" s="31" t="s">
+        <v>937</v>
+      </c>
+      <c r="C51" s="32" t="s">
         <v>6</v>
       </c>
-      <c r="D71" s="4"/>
-[...3 lines deleted...]
-      <c r="C72" s="37" t="s">
+      <c r="D51" s="33"/>
+    </row>
+    <row r="52" ht="15" customHeight="1">
+      <c r="B52" s="34"/>
+      <c r="C52" s="35" t="s">
         <v>7</v>
       </c>
-      <c r="D72" s="37" t="s">
+      <c r="D52" s="35" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="73" spans="2:6" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...117 lines deleted...]
-        <v>5.1999999999999998E-2</v>
+    <row r="53" ht="15" customHeight="1">
+      <c r="B53" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="C53" s="1">
+        <v>3664</v>
+      </c>
+      <c r="D53" s="13">
+        <v>0.6448</v>
+      </c>
+    </row>
+    <row r="54" ht="15" customHeight="1">
+      <c r="B54" s="1" t="s">
+        <v>939</v>
+      </c>
+      <c r="C54" s="1">
+        <v>3140</v>
+      </c>
+      <c r="D54" s="13">
+        <v>0.5526</v>
+      </c>
+    </row>
+    <row r="55" ht="15" customHeight="1">
+      <c r="B55" s="1" t="s">
+        <v>940</v>
+      </c>
+      <c r="C55" s="1">
+        <v>2152</v>
+      </c>
+      <c r="D55" s="13">
+        <v>0.3787</v>
+      </c>
+    </row>
+    <row r="56" ht="15" customHeight="1">
+      <c r="B56" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="C56" s="1">
+        <v>3420</v>
+      </c>
+      <c r="D56" s="13">
+        <v>0.6019</v>
+      </c>
+    </row>
+    <row r="57" ht="15" customHeight="1">
+      <c r="B57" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="C57" s="1">
+        <v>4061</v>
+      </c>
+      <c r="D57" s="13">
+        <v>0.7147</v>
+      </c>
+    </row>
+    <row r="58" ht="15" customHeight="1">
+      <c r="B58" s="1" t="s">
+        <v>943</v>
+      </c>
+      <c r="C58" s="1">
+        <v>3467</v>
+      </c>
+      <c r="D58" s="13">
+        <v>0.6102</v>
+      </c>
+    </row>
+    <row r="59" ht="15" customHeight="1">
+      <c r="B59" s="1" t="s">
+        <v>944</v>
+      </c>
+      <c r="C59" s="1">
+        <v>1963</v>
+      </c>
+      <c r="D59" s="13">
+        <v>0.3455</v>
+      </c>
+    </row>
+    <row r="60" ht="15" customHeight="1">
+      <c r="B60" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="C60" s="1">
+        <v>1974</v>
+      </c>
+      <c r="D60" s="13">
+        <v>0.3474</v>
+      </c>
+    </row>
+    <row r="61" ht="15" customHeight="1">
+      <c r="B61" s="1" t="s">
+        <v>946</v>
+      </c>
+      <c r="C61" s="1">
+        <v>2362</v>
+      </c>
+      <c r="D61" s="13">
+        <v>0.4157</v>
+      </c>
+    </row>
+    <row r="62" ht="15" customHeight="1">
+      <c r="B62" s="1" t="s">
+        <v>947</v>
+      </c>
+      <c r="C62" s="1">
+        <v>2051</v>
+      </c>
+      <c r="D62" s="13">
+        <v>0.361</v>
+      </c>
+    </row>
+    <row r="63" ht="15" customHeight="1">
+      <c r="B63" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="C63" s="1">
+        <v>1888</v>
+      </c>
+      <c r="D63" s="13">
+        <v>0.3323</v>
+      </c>
+    </row>
+    <row r="64" ht="15" customHeight="1">
+      <c r="B64" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="C64" s="1">
+        <v>335</v>
+      </c>
+      <c r="D64" s="13">
+        <v>0.059</v>
       </c>
     </row>
   </sheetData>
-  <mergeCells count="7">
-[...1 lines deleted...]
-    <mergeCell ref="C71:D71"/>
+  <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
-    <mergeCell ref="B29:B30"/>
-    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="B26:B27"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="B33:B34"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="B51:B52"/>
+    <mergeCell ref="C51:D51"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
+  <pageSetup orientation="portrait"/>
+  <headerFooter/>
+  <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>13</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="13" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>Демография</vt:lpstr>
       <vt:lpstr>География RUS</vt:lpstr>
-      <vt:lpstr>География KZ</vt:lpstr>
       <vt:lpstr>Расширенный профиль</vt:lpstr>
       <vt:lpstr>Транспорт</vt:lpstr>
       <vt:lpstr>Работа</vt:lpstr>
       <vt:lpstr>Здоровье</vt:lpstr>
       <vt:lpstr>Интернет</vt:lpstr>
       <vt:lpstr>Финансы</vt:lpstr>
       <vt:lpstr>IT</vt:lpstr>
       <vt:lpstr>Мамы</vt:lpstr>
       <vt:lpstr>Сотовая связь</vt:lpstr>
       <vt:lpstr>Мобильные</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Shilkin Maxim</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>