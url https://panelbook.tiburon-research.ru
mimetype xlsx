--- v1 (2025-11-23)
+++ v2 (2026-01-07)
@@ -4431,2032 +4431,2032 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="5">
-        <v>506548</v>
+        <v>501991</v>
       </c>
       <c r="D10" s="18">
         <v>1</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="A11" s="7"/>
       <c r="B11" s="11"/>
       <c r="C11" s="7"/>
       <c r="D11" s="17"/>
       <c r="E11" s="7"/>
       <c r="F11" s="17"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
     </row>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="33"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="34"/>
       <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="5">
-        <v>217303</v>
+        <v>214006</v>
       </c>
       <c r="D14" s="18">
-        <v>0.429</v>
+        <v>0.4263</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="5">
-        <v>289245</v>
+        <v>287985</v>
       </c>
       <c r="D15" s="18">
-        <v>0.571</v>
+        <v>0.5737</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B16" s="9"/>
       <c r="D16" s="16"/>
       <c r="F16" s="16"/>
     </row>
     <row r="17">
       <c r="B17" s="31" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="33"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="34"/>
       <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5">
-        <v>114883</v>
+        <v>115980</v>
       </c>
       <c r="D19" s="18">
-        <v>0.2268</v>
+        <v>0.231</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="5">
-        <v>147242</v>
+        <v>142321</v>
       </c>
       <c r="D20" s="18">
-        <v>0.2907</v>
+        <v>0.2835</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="5">
-        <v>119296</v>
+        <v>116799</v>
       </c>
       <c r="D21" s="18">
-        <v>0.2355</v>
+        <v>0.2327</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="5">
-        <v>82558</v>
+        <v>83258</v>
       </c>
       <c r="D22" s="18">
-        <v>0.163</v>
+        <v>0.1659</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="5">
-        <v>42569</v>
+        <v>43633</v>
       </c>
       <c r="D23" s="18">
-        <v>0.084</v>
+        <v>0.0869</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B24" s="9"/>
       <c r="D24" s="16"/>
       <c r="F24" s="16"/>
     </row>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="33"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="34"/>
       <c r="C26" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="5">
-        <v>202076</v>
+        <v>199422</v>
       </c>
       <c r="D27" s="18">
-        <v>0.4623</v>
+        <v>0.4607</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="5">
-        <v>11657</v>
+        <v>11408</v>
       </c>
       <c r="D28" s="18">
-        <v>0.0267</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="5">
-        <v>227044</v>
+        <v>225581</v>
       </c>
       <c r="D29" s="18">
-        <v>0.5194</v>
+        <v>0.5211</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B30" s="9"/>
       <c r="D30" s="16"/>
       <c r="F30" s="16"/>
     </row>
     <row r="31">
       <c r="B31" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="33"/>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="34"/>
       <c r="C32" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="5">
-        <v>170106</v>
+        <v>166713</v>
       </c>
       <c r="D33" s="18">
-        <v>0.3891</v>
+        <v>0.3851</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C34" s="5">
-        <v>108200</v>
+        <v>107212</v>
       </c>
       <c r="D34" s="18">
-        <v>0.2475</v>
+        <v>0.2477</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="5">
-        <v>158840</v>
+        <v>158943</v>
       </c>
       <c r="D35" s="18">
-        <v>0.3634</v>
+        <v>0.3672</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B36" s="9"/>
       <c r="D36" s="16"/>
       <c r="F36" s="16"/>
     </row>
     <row r="37">
       <c r="B37" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C37" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="33"/>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="34"/>
       <c r="C38" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C39" s="5">
-        <v>51043</v>
+        <v>49531</v>
       </c>
       <c r="D39" s="18">
-        <v>0.2871</v>
+        <v>0.2829</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C40" s="5">
-        <v>55842</v>
+        <v>54683</v>
       </c>
       <c r="D40" s="18">
-        <v>0.3141</v>
+        <v>0.3123</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="5">
-        <v>74608</v>
+        <v>73433</v>
       </c>
       <c r="D41" s="18">
-        <v>0.4196</v>
+        <v>0.4193</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="5">
-        <v>30745</v>
+        <v>30669</v>
       </c>
       <c r="D42" s="18">
-        <v>0.1729</v>
+        <v>0.1751</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C43" s="5">
-        <v>29326</v>
+        <v>29517</v>
       </c>
       <c r="D43" s="18">
-        <v>0.1649</v>
+        <v>0.1686</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
-        <v>23032</v>
+        <v>23073</v>
       </c>
       <c r="D44" s="18">
-        <v>0.1295</v>
+        <v>0.1318</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B45" s="9"/>
       <c r="D45" s="16"/>
       <c r="F45" s="16"/>
     </row>
     <row r="46">
       <c r="B46" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="33"/>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="34"/>
       <c r="C47" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C48" s="5">
-        <v>94782</v>
+        <v>93271</v>
       </c>
       <c r="D48" s="18">
-        <v>0.2168</v>
+        <v>0.2155</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C49" s="5">
-        <v>57697</v>
+        <v>56886</v>
       </c>
       <c r="D49" s="18">
-        <v>0.132</v>
+        <v>0.1314</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="5">
-        <v>18589</v>
+        <v>18287</v>
       </c>
       <c r="D50" s="18">
-        <v>0.0425</v>
+        <v>0.0422</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C51" s="5">
-        <v>4500</v>
+        <v>4505</v>
       </c>
       <c r="D51" s="18">
-        <v>0.0103</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="5">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="D52" s="18">
         <v>0.0053</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C53" s="5">
-        <v>259274</v>
+        <v>257609</v>
       </c>
       <c r="D53" s="18">
-        <v>0.5931</v>
+        <v>0.5951</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B54" s="9"/>
       <c r="D54" s="16"/>
       <c r="F54" s="16"/>
     </row>
     <row r="55">
       <c r="B55" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="33"/>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="34"/>
       <c r="C56" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="5">
-        <v>20749</v>
+        <v>20675</v>
       </c>
       <c r="D57" s="18">
-        <v>0.2435</v>
+        <v>0.2443</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C58" s="5">
-        <v>15482</v>
+        <v>15341</v>
       </c>
       <c r="D58" s="18">
-        <v>0.1817</v>
+        <v>0.1813</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C59" s="5">
-        <v>11171</v>
+        <v>11060</v>
       </c>
       <c r="D59" s="18">
-        <v>0.1311</v>
+        <v>0.1307</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C60" s="5">
-        <v>8553</v>
+        <v>8509</v>
       </c>
       <c r="D60" s="18">
-        <v>0.1004</v>
+        <v>0.1006</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C61" s="5">
-        <v>6744</v>
+        <v>6710</v>
       </c>
       <c r="D61" s="18">
-        <v>0.0792</v>
+        <v>0.0793</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C62" s="5">
-        <v>6108</v>
+        <v>6057</v>
       </c>
       <c r="D62" s="18">
-        <v>0.0717</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C63" s="5">
-        <v>6191</v>
+        <v>6120</v>
       </c>
       <c r="D63" s="18">
-        <v>0.0727</v>
+        <v>0.0723</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C64" s="5">
-        <v>10207</v>
+        <v>10142</v>
       </c>
       <c r="D64" s="18">
-        <v>0.1198</v>
+        <v>0.1199</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B65" s="9"/>
       <c r="D65" s="16"/>
       <c r="F65" s="16"/>
     </row>
     <row r="66">
       <c r="B66" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C66" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="33"/>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="34"/>
       <c r="C67" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C68" s="5">
-        <v>2917</v>
+        <v>2848</v>
       </c>
       <c r="D68" s="18">
-        <v>0.0873</v>
+        <v>0.0848</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C69" s="5">
-        <v>6100</v>
+        <v>6090</v>
       </c>
       <c r="D69" s="18">
-        <v>0.1825</v>
+        <v>0.1812</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C70" s="5">
-        <v>1615</v>
+        <v>1647</v>
       </c>
       <c r="D70" s="18">
-        <v>0.0483</v>
+        <v>0.049</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C71" s="5">
-        <v>580</v>
+        <v>616</v>
       </c>
       <c r="D71" s="18">
-        <v>0.0174</v>
+        <v>0.0183</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C72" s="5">
-        <v>738</v>
+        <v>753</v>
       </c>
       <c r="D72" s="18">
-        <v>0.0221</v>
+        <v>0.0224</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C73" s="5">
-        <v>3890</v>
+        <v>3871</v>
       </c>
       <c r="D73" s="18">
-        <v>0.1164</v>
+        <v>0.1152</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C74" s="5">
         <v>1176</v>
       </c>
       <c r="D74" s="18">
-        <v>0.0352</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C75" s="5">
-        <v>1677</v>
+        <v>1686</v>
       </c>
       <c r="D75" s="18">
         <v>0.0502</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C76" s="5">
-        <v>685</v>
+        <v>688</v>
       </c>
       <c r="D76" s="18">
         <v>0.0205</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C77" s="5">
-        <v>3373</v>
+        <v>3445</v>
       </c>
       <c r="D77" s="18">
-        <v>0.1009</v>
+        <v>0.1025</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C78" s="5">
-        <v>893</v>
+        <v>928</v>
       </c>
       <c r="D78" s="18">
-        <v>0.0267</v>
+        <v>0.0276</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C79" s="5">
-        <v>1946</v>
+        <v>1931</v>
       </c>
       <c r="D79" s="18">
-        <v>0.0582</v>
+        <v>0.0575</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C80" s="5">
-        <v>1085</v>
+        <v>1071</v>
       </c>
       <c r="D80" s="18">
-        <v>0.0325</v>
+        <v>0.0319</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C81" s="5">
-        <v>6745</v>
+        <v>6853</v>
       </c>
       <c r="D81" s="18">
-        <v>0.2018</v>
+        <v>0.2039</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B82" s="9"/>
       <c r="D82" s="16"/>
       <c r="F82" s="16"/>
     </row>
     <row r="83">
       <c r="B83" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="33"/>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="34"/>
       <c r="C84" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C85" s="5">
-        <v>58024</v>
+        <v>57671</v>
       </c>
       <c r="D85" s="18">
-        <v>0.1327</v>
+        <v>0.1332</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C86" s="5">
-        <v>213282</v>
+        <v>211566</v>
       </c>
       <c r="D86" s="18">
-        <v>0.4879</v>
+        <v>0.4888</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C87" s="5">
-        <v>37361</v>
+        <v>36655</v>
       </c>
       <c r="D87" s="18">
-        <v>0.0855</v>
+        <v>0.0847</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C88" s="5">
-        <v>113241</v>
+        <v>111623</v>
       </c>
       <c r="D88" s="18">
-        <v>0.259</v>
+        <v>0.2579</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="5" t="s">
         <v>70</v>
       </c>
       <c r="C89" s="5">
-        <v>15235</v>
+        <v>15350</v>
       </c>
       <c r="D89" s="18">
-        <v>0.0349</v>
+        <v>0.0355</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B90" s="9"/>
       <c r="D90" s="16"/>
       <c r="F90" s="16"/>
     </row>
     <row r="91">
       <c r="B91" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C91" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="33"/>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="34"/>
       <c r="C92" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C93" s="5">
-        <v>31981</v>
+        <v>31588</v>
       </c>
       <c r="D93" s="18">
-        <v>0.0732</v>
+        <v>0.073</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C94" s="5">
-        <v>44150</v>
+        <v>43521</v>
       </c>
       <c r="D94" s="18">
-        <v>0.101</v>
+        <v>0.1005</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C95" s="5">
-        <v>46115</v>
+        <v>45705</v>
       </c>
       <c r="D95" s="18">
-        <v>0.1055</v>
+        <v>0.1056</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C96" s="5">
-        <v>59062</v>
+        <v>58468</v>
       </c>
       <c r="D96" s="18">
         <v>0.1351</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C97" s="5">
-        <v>52230</v>
+        <v>51475</v>
       </c>
       <c r="D97" s="18">
-        <v>0.1195</v>
+        <v>0.1189</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C98" s="5">
-        <v>42217</v>
+        <v>41749</v>
       </c>
       <c r="D98" s="18">
-        <v>0.0966</v>
+        <v>0.0964</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="5" t="s">
         <v>78</v>
       </c>
       <c r="C99" s="5">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D99" s="18">
         <v>0.0001</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C100" s="5">
-        <v>32856</v>
+        <v>32461</v>
       </c>
       <c r="D100" s="18">
-        <v>0.0752</v>
+        <v>0.075</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C101" s="5">
-        <v>21731</v>
+        <v>21560</v>
       </c>
       <c r="D101" s="18">
-        <v>0.0497</v>
+        <v>0.0498</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C102" s="5">
-        <v>17250</v>
+        <v>17130</v>
       </c>
       <c r="D102" s="18">
-        <v>0.0395</v>
+        <v>0.0396</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="5">
-        <v>11411</v>
+        <v>11310</v>
       </c>
       <c r="D103" s="18">
         <v>0.0261</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C104" s="5">
-        <v>14427</v>
+        <v>14464</v>
       </c>
       <c r="D104" s="18">
-        <v>0.033</v>
+        <v>0.0334</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C105" s="5">
-        <v>11039</v>
+        <v>11121</v>
       </c>
       <c r="D105" s="18">
-        <v>0.0253</v>
+        <v>0.0257</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C106" s="5">
-        <v>7266</v>
+        <v>7181</v>
       </c>
       <c r="D106" s="18">
         <v>0.0166</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C107" s="5">
-        <v>5621</v>
+        <v>5589</v>
       </c>
       <c r="D107" s="18">
         <v>0.0129</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C108" s="5">
-        <v>5812</v>
+        <v>5810</v>
       </c>
       <c r="D108" s="18">
-        <v>0.0133</v>
+        <v>0.0134</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C109" s="5">
-        <v>33949</v>
+        <v>33708</v>
       </c>
       <c r="D109" s="18">
-        <v>0.0777</v>
+        <v>0.0779</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B110" s="9"/>
       <c r="D110" s="16"/>
       <c r="F110" s="16"/>
     </row>
     <row r="111">
       <c r="B111" s="31" t="s">
         <v>89</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D111" s="33"/>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="34"/>
       <c r="C112" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C113" s="5">
-        <v>189775</v>
+        <v>187216</v>
       </c>
       <c r="D113" s="18">
-        <v>0.4341</v>
+        <v>0.4325</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="5" t="s">
         <v>91</v>
       </c>
       <c r="C114" s="5">
-        <v>112519</v>
+        <v>112275</v>
       </c>
       <c r="D114" s="18">
-        <v>0.2574</v>
+        <v>0.2594</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C115" s="5">
-        <v>134849</v>
+        <v>133374</v>
       </c>
       <c r="D115" s="18">
-        <v>0.3085</v>
+        <v>0.3081</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B116" s="9"/>
       <c r="D116" s="16"/>
       <c r="F116" s="16"/>
     </row>
     <row r="117">
       <c r="B117" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="33"/>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="34"/>
       <c r="C118" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C119" s="5">
-        <v>25690</v>
+        <v>25741</v>
       </c>
       <c r="D119" s="18">
-        <v>0.0588</v>
+        <v>0.0595</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="5" t="s">
         <v>95</v>
       </c>
       <c r="C120" s="5">
-        <v>75291</v>
+        <v>74822</v>
       </c>
       <c r="D120" s="18">
-        <v>0.1722</v>
+        <v>0.1729</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C121" s="5">
-        <v>171047</v>
+        <v>169620</v>
       </c>
       <c r="D121" s="18">
-        <v>0.3913</v>
+        <v>0.3919</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C122" s="5">
-        <v>88142</v>
+        <v>86515</v>
       </c>
       <c r="D122" s="18">
-        <v>0.2016</v>
+        <v>0.1999</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C123" s="5">
-        <v>52924</v>
+        <v>52459</v>
       </c>
       <c r="D123" s="18">
-        <v>0.1211</v>
+        <v>0.1212</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="5" t="s">
         <v>99</v>
       </c>
       <c r="C124" s="5">
-        <v>24049</v>
+        <v>23708</v>
       </c>
       <c r="D124" s="18">
-        <v>0.055</v>
+        <v>0.0548</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B125" s="9"/>
       <c r="D125" s="16"/>
       <c r="F125" s="16"/>
     </row>
     <row r="126">
       <c r="B126" s="31" t="s">
         <v>100</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="33"/>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="34"/>
       <c r="C127" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C128" s="5">
-        <v>74262</v>
+        <v>73886</v>
       </c>
       <c r="D128" s="18">
-        <v>0.1699</v>
+        <v>0.1707</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C129" s="5">
-        <v>30456</v>
+        <v>29609</v>
       </c>
       <c r="D129" s="18">
-        <v>0.0697</v>
+        <v>0.0684</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C130" s="5">
-        <v>30371</v>
+        <v>29920</v>
       </c>
       <c r="D130" s="18">
-        <v>0.0695</v>
+        <v>0.0691</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C131" s="5">
-        <v>45157</v>
+        <v>44462</v>
       </c>
       <c r="D131" s="18">
-        <v>0.1033</v>
+        <v>0.1027</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C132" s="5">
-        <v>43340</v>
+        <v>42642</v>
       </c>
       <c r="D132" s="18">
-        <v>0.0991</v>
+        <v>0.0985</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C133" s="5">
-        <v>38366</v>
+        <v>37922</v>
       </c>
       <c r="D133" s="18">
-        <v>0.0878</v>
+        <v>0.0876</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C134" s="5">
-        <v>30792</v>
+        <v>30454</v>
       </c>
       <c r="D134" s="18">
         <v>0.0704</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C135" s="5">
-        <v>21699</v>
+        <v>21584</v>
       </c>
       <c r="D135" s="18">
-        <v>0.0496</v>
+        <v>0.0499</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C136" s="5">
-        <v>17667</v>
+        <v>17538</v>
       </c>
       <c r="D136" s="18">
-        <v>0.0404</v>
+        <v>0.0405</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C137" s="5">
-        <v>12290</v>
+        <v>12187</v>
       </c>
       <c r="D137" s="18">
-        <v>0.0281</v>
+        <v>0.0282</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C138" s="5">
-        <v>13852</v>
+        <v>13945</v>
       </c>
       <c r="D138" s="18">
-        <v>0.0317</v>
+        <v>0.0322</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C139" s="5">
-        <v>11367</v>
+        <v>11490</v>
       </c>
       <c r="D139" s="18">
-        <v>0.026</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C140" s="5">
-        <v>7558</v>
+        <v>7644</v>
       </c>
       <c r="D140" s="18">
-        <v>0.0173</v>
+        <v>0.0177</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C141" s="5">
-        <v>5135</v>
+        <v>5132</v>
       </c>
       <c r="D141" s="18">
-        <v>0.0117</v>
+        <v>0.0119</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C142" s="5">
-        <v>5242</v>
+        <v>5095</v>
       </c>
       <c r="D142" s="18">
-        <v>0.012</v>
+        <v>0.0118</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C143" s="5">
-        <v>49562</v>
+        <v>49330</v>
       </c>
       <c r="D143" s="18">
-        <v>0.1134</v>
+        <v>0.114</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B144" s="9"/>
       <c r="D144" s="16"/>
       <c r="F144" s="16"/>
     </row>
     <row r="145">
       <c r="B145" s="31" t="s">
         <v>102</v>
       </c>
       <c r="C145" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="33"/>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="34"/>
       <c r="C146" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="5" t="s">
         <v>103</v>
       </c>
       <c r="C147" s="5">
-        <v>5308</v>
+        <v>5250</v>
       </c>
       <c r="D147" s="18">
-        <v>0.0191</v>
+        <v>0.0193</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="5" t="s">
         <v>104</v>
       </c>
       <c r="C148" s="5">
-        <v>4712</v>
+        <v>4699</v>
       </c>
       <c r="D148" s="18">
-        <v>0.0169</v>
+        <v>0.0173</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="5" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="5">
-        <v>21252</v>
+        <v>21094</v>
       </c>
       <c r="D149" s="18">
-        <v>0.0764</v>
+        <v>0.0776</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="5" t="s">
         <v>106</v>
       </c>
       <c r="C150" s="5">
-        <v>47130</v>
+        <v>48473</v>
       </c>
       <c r="D150" s="18">
-        <v>0.1695</v>
+        <v>0.1782</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C151" s="5">
-        <v>35767</v>
+        <v>38971</v>
       </c>
       <c r="D151" s="18">
-        <v>0.1286</v>
+        <v>0.1433</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C152" s="5">
-        <v>26626</v>
+        <v>24222</v>
       </c>
       <c r="D152" s="18">
-        <v>0.0957</v>
+        <v>0.0891</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="B153" s="5" t="s">
         <v>109</v>
       </c>
       <c r="C153" s="5">
-        <v>83277</v>
+        <v>76596</v>
       </c>
       <c r="D153" s="18">
-        <v>0.2994</v>
+        <v>0.2816</v>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="B154" s="5" t="s">
         <v>110</v>
       </c>
       <c r="C154" s="5">
-        <v>7756</v>
+        <v>7590</v>
       </c>
       <c r="D154" s="18">
         <v>0.0279</v>
       </c>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C155" s="5">
-        <v>5404</v>
+        <v>4831</v>
       </c>
       <c r="D155" s="18">
-        <v>0.0194</v>
+        <v>0.0178</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C156" s="5">
-        <v>12195</v>
+        <v>11002</v>
       </c>
       <c r="D156" s="18">
-        <v>0.0438</v>
+        <v>0.0404</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="5" t="s">
         <v>113</v>
       </c>
       <c r="C157" s="5">
-        <v>3071</v>
+        <v>3172</v>
       </c>
       <c r="D157" s="18">
-        <v>0.011</v>
+        <v>0.0117</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="B158" s="5" t="s">
         <v>114</v>
       </c>
       <c r="C158" s="5">
-        <v>25629</v>
+        <v>26093</v>
       </c>
       <c r="D158" s="18">
-        <v>0.0921</v>
+        <v>0.0959</v>
       </c>
     </row>
     <row r="159" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B159" s="9"/>
       <c r="D159" s="16"/>
       <c r="F159" s="16"/>
     </row>
     <row r="160">
       <c r="B160" s="31" t="s">
         <v>115</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="33"/>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="34"/>
       <c r="C161" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="5" t="s">
         <v>116</v>
       </c>
       <c r="C162" s="5">
-        <v>1413</v>
+        <v>1401</v>
       </c>
       <c r="D162" s="18">
         <v>0.0166</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C163" s="5">
-        <v>1091</v>
+        <v>1077</v>
       </c>
       <c r="D163" s="18">
-        <v>0.0128</v>
+        <v>0.0127</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1">
       <c r="B164" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C164" s="5">
-        <v>4209</v>
+        <v>4195</v>
       </c>
       <c r="D164" s="18">
-        <v>0.0494</v>
+        <v>0.0496</v>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1">
       <c r="B165" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C165" s="5">
-        <v>1813</v>
+        <v>1806</v>
       </c>
       <c r="D165" s="18">
         <v>0.0213</v>
       </c>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="B166" s="5" t="s">
         <v>120</v>
       </c>
       <c r="C166" s="5">
-        <v>5651</v>
+        <v>5619</v>
       </c>
       <c r="D166" s="18">
-        <v>0.0663</v>
+        <v>0.0664</v>
       </c>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C167" s="5">
-        <v>1156</v>
+        <v>1145</v>
       </c>
       <c r="D167" s="18">
-        <v>0.0136</v>
+        <v>0.0135</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C168" s="5">
-        <v>2657</v>
+        <v>2661</v>
       </c>
       <c r="D168" s="18">
-        <v>0.0312</v>
+        <v>0.0314</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C169" s="5">
-        <v>9792</v>
+        <v>9735</v>
       </c>
       <c r="D169" s="18">
-        <v>0.1149</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1">
       <c r="B170" s="5" t="s">
         <v>124</v>
       </c>
       <c r="C170" s="5">
-        <v>1085</v>
+        <v>1064</v>
       </c>
       <c r="D170" s="18">
-        <v>0.0127</v>
+        <v>0.0126</v>
       </c>
     </row>
     <row r="171" ht="15" customHeight="1">
       <c r="B171" s="5" t="s">
         <v>125</v>
       </c>
       <c r="C171" s="5">
-        <v>2774</v>
+        <v>2762</v>
       </c>
       <c r="D171" s="18">
         <v>0.0326</v>
       </c>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="5" t="s">
         <v>126</v>
       </c>
       <c r="C172" s="5">
-        <v>1092</v>
+        <v>1084</v>
       </c>
       <c r="D172" s="18">
         <v>0.0128</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="5" t="s">
         <v>127</v>
       </c>
       <c r="C173" s="5">
-        <v>2331</v>
+        <v>2288</v>
       </c>
       <c r="D173" s="18">
-        <v>0.0274</v>
+        <v>0.027</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="5" t="s">
         <v>128</v>
       </c>
       <c r="C174" s="5">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="D174" s="18">
-        <v>0.0101</v>
+        <v>0.0102</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C175" s="5">
-        <v>738</v>
+        <v>723</v>
       </c>
       <c r="D175" s="18">
-        <v>0.0087</v>
+        <v>0.0085</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1">
       <c r="B176" s="5" t="s">
         <v>130</v>
       </c>
       <c r="C176" s="5">
-        <v>1062</v>
+        <v>1046</v>
       </c>
       <c r="D176" s="18">
-        <v>0.0125</v>
+        <v>0.0124</v>
       </c>
     </row>
     <row r="177" ht="15" customHeight="1">
       <c r="B177" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C177" s="5">
-        <v>2189</v>
+        <v>2199</v>
       </c>
       <c r="D177" s="18">
-        <v>0.0257</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="178" ht="15" customHeight="1">
       <c r="B178" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C178" s="5">
-        <v>1549</v>
+        <v>1513</v>
       </c>
       <c r="D178" s="18">
-        <v>0.0182</v>
+        <v>0.0179</v>
       </c>
     </row>
     <row r="179" ht="15" customHeight="1">
       <c r="B179" s="5" t="s">
         <v>132</v>
       </c>
       <c r="C179" s="5">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="D179" s="18">
-        <v>0.0021</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="180" ht="15" customHeight="1">
       <c r="B180" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C180" s="5">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D180" s="18">
-        <v>0.004</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="181" ht="15" customHeight="1">
       <c r="B181" s="5" t="s">
         <v>134</v>
       </c>
       <c r="C181" s="5">
-        <v>366</v>
+        <v>365</v>
       </c>
       <c r="D181" s="18">
         <v>0.0043</v>
       </c>
     </row>
     <row r="182" ht="15" customHeight="1">
       <c r="B182" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C182" s="5">
-        <v>1098</v>
+        <v>1072</v>
       </c>
       <c r="D182" s="18">
-        <v>0.0129</v>
+        <v>0.0127</v>
       </c>
     </row>
     <row r="183" ht="15" customHeight="1">
       <c r="B183" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C183" s="5">
-        <v>1574</v>
+        <v>1531</v>
       </c>
       <c r="D183" s="18">
-        <v>0.0185</v>
+        <v>0.0181</v>
       </c>
     </row>
     <row r="184" ht="15" customHeight="1">
       <c r="B184" s="5" t="s">
         <v>137</v>
       </c>
       <c r="C184" s="5">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D184" s="18">
-        <v>0.006</v>
+        <v>0.0061</v>
       </c>
     </row>
     <row r="185" ht="15" customHeight="1">
       <c r="B185" s="5" t="s">
         <v>138</v>
       </c>
       <c r="C185" s="5">
-        <v>2211</v>
+        <v>2226</v>
       </c>
       <c r="D185" s="18">
-        <v>0.0259</v>
+        <v>0.0263</v>
       </c>
     </row>
     <row r="186" ht="15" customHeight="1">
       <c r="B186" s="5" t="s">
         <v>139</v>
       </c>
       <c r="C186" s="5">
-        <v>506</v>
+        <v>491</v>
       </c>
       <c r="D186" s="18">
-        <v>0.0059</v>
+        <v>0.0058</v>
       </c>
     </row>
     <row r="187" ht="15" customHeight="1">
       <c r="B187" s="5" t="s">
         <v>140</v>
       </c>
       <c r="C187" s="5">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="D187" s="18">
         <v>0.0032</v>
       </c>
     </row>
     <row r="188" ht="15" customHeight="1">
       <c r="B188" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C188" s="5">
-        <v>777</v>
+        <v>754</v>
       </c>
       <c r="D188" s="18">
-        <v>0.0091</v>
+        <v>0.0089</v>
       </c>
     </row>
     <row r="189" ht="15" customHeight="1">
       <c r="B189" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C189" s="5">
-        <v>1338</v>
+        <v>1329</v>
       </c>
       <c r="D189" s="18">
         <v>0.0157</v>
       </c>
     </row>
     <row r="190" ht="15" customHeight="1">
       <c r="B190" s="5" t="s">
         <v>143</v>
       </c>
       <c r="C190" s="5">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="D190" s="18">
         <v>0.0032</v>
       </c>
     </row>
     <row r="191" ht="15" customHeight="1">
       <c r="B191" s="5" t="s">
         <v>144</v>
       </c>
       <c r="C191" s="5">
-        <v>1309</v>
+        <v>1278</v>
       </c>
       <c r="D191" s="18">
-        <v>0.0154</v>
+        <v>0.0151</v>
       </c>
     </row>
     <row r="192" ht="15" customHeight="1">
       <c r="B192" s="5" t="s">
         <v>145</v>
       </c>
       <c r="C192" s="5">
-        <v>1938</v>
+        <v>1937</v>
       </c>
       <c r="D192" s="18">
-        <v>0.0227</v>
+        <v>0.0229</v>
       </c>
     </row>
     <row r="193" ht="15" customHeight="1">
       <c r="B193" s="5" t="s">
         <v>146</v>
       </c>
       <c r="C193" s="5">
-        <v>836</v>
+        <v>847</v>
       </c>
       <c r="D193" s="18">
-        <v>0.0098</v>
+        <v>0.01</v>
       </c>
     </row>
     <row r="194" ht="15" customHeight="1">
       <c r="B194" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C194" s="5">
-        <v>1087</v>
+        <v>1071</v>
       </c>
       <c r="D194" s="18">
-        <v>0.0128</v>
+        <v>0.0127</v>
       </c>
     </row>
     <row r="195" ht="15" customHeight="1">
       <c r="B195" s="5" t="s">
         <v>148</v>
       </c>
       <c r="C195" s="5">
-        <v>6339</v>
+        <v>6294</v>
       </c>
       <c r="D195" s="18">
         <v>0.0744</v>
       </c>
     </row>
     <row r="196" ht="15" customHeight="1">
       <c r="B196" s="5" t="s">
         <v>149</v>
       </c>
       <c r="C196" s="5">
-        <v>201</v>
+        <v>184</v>
       </c>
       <c r="D196" s="18">
-        <v>0.0024</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="197" ht="15" customHeight="1">
       <c r="B197" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C197" s="5">
-        <v>4493</v>
+        <v>4507</v>
       </c>
       <c r="D197" s="18">
-        <v>0.0527</v>
+        <v>0.0533</v>
       </c>
     </row>
     <row r="198" ht="15" customHeight="1">
       <c r="B198" s="5" t="s">
         <v>151</v>
       </c>
       <c r="C198" s="5">
-        <v>1927</v>
+        <v>1899</v>
       </c>
       <c r="D198" s="18">
-        <v>0.0226</v>
+        <v>0.0224</v>
       </c>
     </row>
     <row r="199" ht="15" customHeight="1">
       <c r="B199" s="5" t="s">
         <v>152</v>
       </c>
       <c r="C199" s="5">
-        <v>1966</v>
+        <v>1957</v>
       </c>
       <c r="D199" s="18">
         <v>0.0231</v>
       </c>
     </row>
     <row r="200" ht="15" customHeight="1">
       <c r="B200" s="5" t="s">
         <v>153</v>
       </c>
       <c r="C200" s="5">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="D200" s="18">
         <v>0.0034</v>
       </c>
     </row>
     <row r="201" ht="15" customHeight="1">
       <c r="B201" s="5" t="s">
         <v>154</v>
       </c>
       <c r="C201" s="5">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D201" s="18">
         <v>0.0014</v>
       </c>
     </row>
     <row r="202" ht="15" customHeight="1">
       <c r="B202" s="5" t="s">
         <v>155</v>
       </c>
       <c r="C202" s="5">
-        <v>13801</v>
+        <v>13721</v>
       </c>
       <c r="D202" s="18">
-        <v>0.1619</v>
+        <v>0.1621</v>
       </c>
     </row>
     <row r="203" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="D203" s="16"/>
       <c r="F203" s="16"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B31:B32"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="B37:B38"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="B55:B56"/>
     <mergeCell ref="C55:D55"/>
@@ -6554,516 +6554,516 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1">
-        <v>123705</v>
+        <v>122399</v>
       </c>
       <c r="D10" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D11" s="12"/>
       <c r="F11" s="12"/>
     </row>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>949</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="33"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="34"/>
       <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>950</v>
       </c>
       <c r="C14" s="1">
-        <v>101514</v>
+        <v>100477</v>
       </c>
       <c r="D14" s="13">
         <v>0.5114</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C15" s="1">
-        <v>96978</v>
+        <v>95988</v>
       </c>
       <c r="D15" s="13">
         <v>0.4886</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D16" s="12"/>
       <c r="F16" s="12"/>
     </row>
     <row r="17">
       <c r="B17" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="33"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="34"/>
       <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="1">
-        <v>38933</v>
+        <v>37900</v>
       </c>
       <c r="D19" s="13">
-        <v>0.3177</v>
+        <v>0.3127</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="1">
-        <v>38860</v>
+        <v>38268</v>
       </c>
       <c r="D20" s="13">
-        <v>0.3171</v>
+        <v>0.3158</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="1">
-        <v>51565</v>
+        <v>51045</v>
       </c>
       <c r="D21" s="13">
-        <v>0.4208</v>
+        <v>0.4212</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="1">
-        <v>21138</v>
+        <v>21164</v>
       </c>
       <c r="D22" s="13">
-        <v>0.1725</v>
+        <v>0.1746</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="1">
-        <v>19749</v>
+        <v>19914</v>
       </c>
       <c r="D23" s="13">
-        <v>0.1611</v>
+        <v>0.1643</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="1">
-        <v>14926</v>
+        <v>15060</v>
       </c>
       <c r="D24" s="13">
-        <v>0.1218</v>
+        <v>0.1243</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D25" s="12"/>
       <c r="F25" s="12"/>
     </row>
     <row r="26">
       <c r="B26" s="31" t="s">
         <v>171</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="33"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="34"/>
       <c r="C27" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="1">
-        <v>10030</v>
+        <v>9864</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0811</v>
+        <v>0.0806</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C29" s="1">
-        <v>4445</v>
+        <v>4389</v>
       </c>
       <c r="D29" s="13">
         <v>0.0359</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C30" s="1">
-        <v>28583</v>
+        <v>28129</v>
       </c>
       <c r="D30" s="13">
-        <v>0.2311</v>
+        <v>0.2298</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C31" s="1">
-        <v>16374</v>
+        <v>16203</v>
       </c>
       <c r="D31" s="13">
         <v>0.1324</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C32" s="1">
-        <v>20304</v>
+        <v>20141</v>
       </c>
       <c r="D32" s="13">
-        <v>0.1641</v>
+        <v>0.1646</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C33" s="1">
-        <v>14760</v>
+        <v>14753</v>
       </c>
       <c r="D33" s="13">
-        <v>0.1193</v>
+        <v>0.1205</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C34" s="1">
-        <v>11294</v>
+        <v>11212</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0913</v>
+        <v>0.0916</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="1">
-        <v>17179</v>
+        <v>16994</v>
       </c>
       <c r="D35" s="13">
-        <v>0.1389</v>
+        <v>0.1388</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C36" s="1">
-        <v>737</v>
+        <v>714</v>
       </c>
       <c r="D36" s="13">
-        <v>0.006</v>
+        <v>0.0058</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D37" s="12"/>
       <c r="F37" s="12"/>
     </row>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>952</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="33"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="34"/>
       <c r="C39" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C40" s="1">
-        <v>10129</v>
+        <v>9965</v>
       </c>
       <c r="D40" s="13">
-        <v>0.0819</v>
+        <v>0.0814</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C41" s="1">
-        <v>4501</v>
+        <v>4445</v>
       </c>
       <c r="D41" s="13">
-        <v>0.0364</v>
+        <v>0.0363</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C42" s="1">
-        <v>21638</v>
+        <v>21424</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1749</v>
+        <v>0.175</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C43" s="1">
-        <v>6761</v>
+        <v>6710</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0547</v>
+        <v>0.0548</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C44" s="1">
-        <v>16053</v>
+        <v>15897</v>
       </c>
       <c r="D44" s="13">
-        <v>0.1298</v>
+        <v>0.1299</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C45" s="1">
-        <v>11857</v>
+        <v>11772</v>
       </c>
       <c r="D45" s="13">
-        <v>0.0958</v>
+        <v>0.0962</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C46" s="1">
-        <v>4842</v>
+        <v>4780</v>
       </c>
       <c r="D46" s="13">
         <v>0.0391</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C47" s="1">
-        <v>16695</v>
+        <v>16488</v>
       </c>
       <c r="D47" s="13">
-        <v>0.135</v>
+        <v>0.1347</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C48" s="1">
-        <v>27058</v>
+        <v>26743</v>
       </c>
       <c r="D48" s="13">
-        <v>0.2187</v>
+        <v>0.2185</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C49" s="1">
-        <v>4172</v>
+        <v>4175</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0337</v>
+        <v>0.0341</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D50" s="12"/>
       <c r="F50" s="12"/>
     </row>
     <row r="51">
       <c r="B51" s="31" t="s">
         <v>953</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="33"/>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="34"/>
       <c r="C52" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>954</v>
       </c>
       <c r="C53" s="1">
-        <v>6391</v>
+        <v>5992</v>
       </c>
       <c r="D53" s="13">
-        <v>0.0248</v>
+        <v>0.0234</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C54" s="1">
-        <v>13567</v>
+        <v>13186</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0527</v>
+        <v>0.0515</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C55" s="1">
-        <v>26358</v>
+        <v>25810</v>
       </c>
       <c r="D55" s="13">
-        <v>0.1024</v>
+        <v>0.1008</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C56" s="1">
-        <v>171881</v>
+        <v>172559</v>
       </c>
       <c r="D56" s="13">
-        <v>0.6678</v>
+        <v>0.6736</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C57" s="1">
-        <v>39186</v>
+        <v>38619</v>
       </c>
       <c r="D57" s="13">
-        <v>0.1522</v>
+        <v>0.1508</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D58" s="12"/>
       <c r="F58" s="12"/>
     </row>
     <row r="59" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D59" s="12"/>
       <c r="F59" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="B51:B52"/>
     <mergeCell ref="C51:D51"/>
@@ -7144,172 +7144,172 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>955</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C10" s="1">
-        <v>88092</v>
+        <v>87347</v>
       </c>
       <c r="D10" s="13">
-        <v>0.2015</v>
+        <v>0.2018</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>956</v>
       </c>
       <c r="C11" s="1">
-        <v>90338</v>
+        <v>88729</v>
       </c>
       <c r="D11" s="13">
-        <v>0.2067</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C12" s="1">
-        <v>136489</v>
+        <v>134708</v>
       </c>
       <c r="D12" s="13">
-        <v>0.3123</v>
+        <v>0.3112</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C13" s="1">
-        <v>148063</v>
+        <v>146180</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3387</v>
+        <v>0.3377</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C14" s="1">
-        <v>6592</v>
+        <v>6489</v>
       </c>
       <c r="D14" s="13">
-        <v>0.0151</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C15" s="1">
-        <v>33569</v>
+        <v>33080</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0768</v>
+        <v>0.0764</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C16" s="1">
-        <v>3561</v>
+        <v>3982</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0081</v>
+        <v>0.0092</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C17" s="1">
-        <v>32928</v>
+        <v>32404</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0753</v>
+        <v>0.0749</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C18" s="1">
-        <v>16178</v>
+        <v>16039</v>
       </c>
       <c r="D18" s="13">
-        <v>0.037</v>
+        <v>0.0371</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C19" s="1">
-        <v>7112</v>
+        <v>7208</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0163</v>
+        <v>0.0167</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C20" s="1">
-        <v>1935</v>
+        <v>1942</v>
       </c>
       <c r="D20" s="13">
-        <v>0.0044</v>
+        <v>0.0045</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>964</v>
       </c>
       <c r="C21" s="1">
-        <v>17445</v>
+        <v>17261</v>
       </c>
       <c r="D21" s="13">
         <v>0.0399</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D22" s="12"/>
       <c r="F22" s="12"/>
     </row>
     <row r="23" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D23" s="12"/>
       <c r="F23" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
@@ -7384,392 +7384,392 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>965</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C10" s="1">
-        <v>143033</v>
+        <v>142878</v>
       </c>
       <c r="D10" s="13">
-        <v>0.8783</v>
+        <v>0.8765</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C11" s="1">
-        <v>42728</v>
+        <v>42813</v>
       </c>
       <c r="D11" s="13">
-        <v>0.2624</v>
+        <v>0.2626</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C12" s="1">
-        <v>22183</v>
+        <v>22174</v>
       </c>
       <c r="D12" s="13">
-        <v>0.1362</v>
+        <v>0.136</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C13" s="1">
-        <v>55778</v>
+        <v>55419</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3425</v>
+        <v>0.34</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C14" s="1">
-        <v>92142</v>
+        <v>91996</v>
       </c>
       <c r="D14" s="13">
-        <v>0.5658</v>
+        <v>0.5644</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C15" s="1">
-        <v>34211</v>
+        <v>34389</v>
       </c>
       <c r="D15" s="13">
-        <v>0.2101</v>
+        <v>0.211</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C16" s="1">
-        <v>17899</v>
+        <v>17863</v>
       </c>
       <c r="D16" s="13">
-        <v>0.1099</v>
+        <v>0.1096</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C17" s="1">
-        <v>9968</v>
+        <v>9875</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0612</v>
+        <v>0.0606</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D18" s="12"/>
       <c r="F18" s="12"/>
     </row>
     <row r="19">
       <c r="B19" s="31" t="s">
         <v>966</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="33"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="34"/>
       <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C21" s="1">
-        <v>26206</v>
+        <v>26364</v>
       </c>
       <c r="D21" s="13">
-        <v>0.1833</v>
+        <v>0.1846</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C22" s="1">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0043</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C23" s="1">
-        <v>807</v>
+        <v>794</v>
       </c>
       <c r="D23" s="13">
         <v>0.0056</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>970</v>
       </c>
       <c r="C24" s="1">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="D24" s="13">
         <v>0.0007</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C25" s="1">
-        <v>201</v>
+        <v>190</v>
       </c>
       <c r="D25" s="13">
-        <v>0.0014</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>972</v>
       </c>
       <c r="C26" s="1">
         <v>181</v>
       </c>
       <c r="D26" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C27" s="1">
-        <v>13540</v>
+        <v>13495</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0947</v>
+        <v>0.0945</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>974</v>
       </c>
       <c r="C28" s="1">
-        <v>796</v>
+        <v>802</v>
       </c>
       <c r="D28" s="13">
         <v>0.0056</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C29" s="1">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="D29" s="13">
         <v>0.0022</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C30" s="1">
-        <v>583</v>
+        <v>554</v>
       </c>
       <c r="D30" s="13">
-        <v>0.0041</v>
+        <v>0.0039</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C31" s="1">
         <v>111</v>
       </c>
       <c r="D31" s="13">
         <v>0.0008</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>978</v>
       </c>
       <c r="C32" s="1">
-        <v>26517</v>
+        <v>26457</v>
       </c>
       <c r="D32" s="13">
-        <v>0.1854</v>
+        <v>0.1852</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C33" s="1">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="D33" s="13">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>980</v>
       </c>
       <c r="C34" s="1">
-        <v>324</v>
+        <v>315</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0023</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C35" s="1">
-        <v>32384</v>
+        <v>32222</v>
       </c>
       <c r="D35" s="13">
-        <v>0.2265</v>
+        <v>0.2256</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>982</v>
       </c>
       <c r="C36" s="1">
-        <v>39956</v>
+        <v>39972</v>
       </c>
       <c r="D36" s="13">
-        <v>0.2794</v>
+        <v>0.2798</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D37" s="12"/>
       <c r="F37" s="12"/>
     </row>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>983</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="33"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="34"/>
       <c r="C39" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C40" s="1">
-        <v>70626</v>
+        <v>70020</v>
       </c>
       <c r="D40" s="13">
-        <v>0.7153</v>
+        <v>0.7142</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C41" s="1">
-        <v>16001</v>
+        <v>16011</v>
       </c>
       <c r="D41" s="13">
-        <v>0.1621</v>
+        <v>0.1633</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>986</v>
       </c>
       <c r="C42" s="1">
-        <v>11227</v>
+        <v>11139</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1137</v>
+        <v>0.1136</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C43" s="1">
-        <v>883</v>
+        <v>874</v>
       </c>
       <c r="D43" s="13">
         <v>0.0089</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:D38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:J78"/>
   <sheetViews>
@@ -7857,72 +7857,72 @@
       </c>
       <c r="E9" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F9" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1">
-        <v>506549</v>
+        <v>501991</v>
       </c>
       <c r="D10" s="1">
-        <v>217304</v>
+        <v>214006</v>
       </c>
       <c r="E10" s="1">
-        <v>289245</v>
+        <v>287985</v>
       </c>
       <c r="F10" s="1">
-        <v>114883</v>
+        <v>115980</v>
       </c>
       <c r="G10" s="1">
-        <v>147242</v>
+        <v>142321</v>
       </c>
       <c r="H10" s="1">
-        <v>119297</v>
+        <v>116799</v>
       </c>
       <c r="I10" s="1">
-        <v>82558</v>
+        <v>83258</v>
       </c>
       <c r="J10" s="1">
-        <v>42569</v>
+        <v>43633</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>160</v>
       </c>
       <c r="C12" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D12" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="37"/>
       <c r="F12" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G12" s="37"/>
       <c r="H12" s="37"/>
       <c r="I12" s="37"/>
       <c r="J12" s="37"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="38"/>
       <c r="C13" s="37"/>
@@ -7931,333 +7931,333 @@
       </c>
       <c r="E13" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F13" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C14" s="1">
-        <v>53589</v>
+        <v>52558</v>
       </c>
       <c r="D14" s="1">
-        <v>25719</v>
+        <v>25063</v>
       </c>
       <c r="E14" s="1">
-        <v>27870</v>
+        <v>27495</v>
       </c>
       <c r="F14" s="1">
-        <v>11202</v>
+        <v>11433</v>
       </c>
       <c r="G14" s="1">
-        <v>18321</v>
+        <v>17596</v>
       </c>
       <c r="H14" s="1">
-        <v>11560</v>
+        <v>11042</v>
       </c>
       <c r="I14" s="1">
-        <v>7796</v>
+        <v>7712</v>
       </c>
       <c r="J14" s="1">
-        <v>4710</v>
+        <v>4775</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C15" s="1">
-        <v>22542</v>
+        <v>22235</v>
       </c>
       <c r="D15" s="1">
-        <v>10235</v>
+        <v>10048</v>
       </c>
       <c r="E15" s="1">
-        <v>12307</v>
+        <v>12187</v>
       </c>
       <c r="F15" s="1">
-        <v>4289</v>
+        <v>4317</v>
       </c>
       <c r="G15" s="1">
-        <v>6457</v>
+        <v>6151</v>
       </c>
       <c r="H15" s="1">
-        <v>5318</v>
+        <v>5182</v>
       </c>
       <c r="I15" s="1">
-        <v>3958</v>
+        <v>4014</v>
       </c>
       <c r="J15" s="1">
-        <v>2520</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C16" s="1">
-        <v>86467</v>
+        <v>85778</v>
       </c>
       <c r="D16" s="1">
-        <v>36347</v>
+        <v>35744</v>
       </c>
       <c r="E16" s="1">
-        <v>50120</v>
+        <v>50034</v>
       </c>
       <c r="F16" s="1">
-        <v>19426</v>
+        <v>19595</v>
       </c>
       <c r="G16" s="1">
-        <v>23195</v>
+        <v>22473</v>
       </c>
       <c r="H16" s="1">
-        <v>21189</v>
+        <v>20846</v>
       </c>
       <c r="I16" s="1">
-        <v>15065</v>
+        <v>15131</v>
       </c>
       <c r="J16" s="1">
-        <v>7592</v>
+        <v>7733</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C17" s="1">
-        <v>27198</v>
+        <v>26954</v>
       </c>
       <c r="D17" s="1">
-        <v>11840</v>
+        <v>11599</v>
       </c>
       <c r="E17" s="1">
-        <v>15358</v>
+        <v>15355</v>
       </c>
       <c r="F17" s="1">
-        <v>5861</v>
+        <v>5868</v>
       </c>
       <c r="G17" s="1">
-        <v>6806</v>
+        <v>6530</v>
       </c>
       <c r="H17" s="1">
-        <v>6773</v>
+        <v>6644</v>
       </c>
       <c r="I17" s="1">
-        <v>5097</v>
+        <v>5183</v>
       </c>
       <c r="J17" s="1">
-        <v>2661</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="1">
-        <v>62295</v>
+        <v>61532</v>
       </c>
       <c r="D18" s="1">
-        <v>25637</v>
+        <v>25131</v>
       </c>
       <c r="E18" s="1">
-        <v>36658</v>
+        <v>36401</v>
       </c>
       <c r="F18" s="1">
-        <v>13763</v>
+        <v>13760</v>
       </c>
       <c r="G18" s="1">
-        <v>18505</v>
+        <v>17954</v>
       </c>
       <c r="H18" s="1">
-        <v>14961</v>
+        <v>14655</v>
       </c>
       <c r="I18" s="1">
-        <v>9966</v>
+        <v>10019</v>
       </c>
       <c r="J18" s="1">
-        <v>5100</v>
+        <v>5144</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C19" s="1">
-        <v>46513</v>
+        <v>46215</v>
       </c>
       <c r="D19" s="1">
-        <v>19699</v>
+        <v>19489</v>
       </c>
       <c r="E19" s="1">
-        <v>26814</v>
+        <v>26726</v>
       </c>
       <c r="F19" s="1">
-        <v>10788</v>
+        <v>10884</v>
       </c>
       <c r="G19" s="1">
-        <v>13252</v>
+        <v>12809</v>
       </c>
       <c r="H19" s="1">
-        <v>10849</v>
+        <v>10665</v>
       </c>
       <c r="I19" s="1">
-        <v>7780</v>
+        <v>7891</v>
       </c>
       <c r="J19" s="1">
-        <v>3844</v>
+        <v>3966</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C20" s="1">
-        <v>20418</v>
+        <v>20372</v>
       </c>
       <c r="D20" s="1">
-        <v>8949</v>
+        <v>8909</v>
       </c>
       <c r="E20" s="1">
-        <v>11469</v>
+        <v>11463</v>
       </c>
       <c r="F20" s="1">
-        <v>5116</v>
+        <v>5202</v>
       </c>
       <c r="G20" s="1">
-        <v>6236</v>
+        <v>6054</v>
       </c>
       <c r="H20" s="1">
-        <v>4339</v>
+        <v>4222</v>
       </c>
       <c r="I20" s="1">
-        <v>3164</v>
+        <v>3233</v>
       </c>
       <c r="J20" s="1">
-        <v>1563</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C21" s="1">
-        <v>66082</v>
+        <v>65723</v>
       </c>
       <c r="D21" s="1">
-        <v>27641</v>
+        <v>27372</v>
       </c>
       <c r="E21" s="1">
-        <v>38441</v>
+        <v>38351</v>
       </c>
       <c r="F21" s="1">
-        <v>15592</v>
+        <v>15827</v>
       </c>
       <c r="G21" s="1">
-        <v>19479</v>
+        <v>18796</v>
       </c>
       <c r="H21" s="1">
-        <v>15204</v>
+        <v>14972</v>
       </c>
       <c r="I21" s="1">
-        <v>10656</v>
+        <v>10810</v>
       </c>
       <c r="J21" s="1">
-        <v>5151</v>
+        <v>5318</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C22" s="1">
-        <v>104619</v>
+        <v>103827</v>
       </c>
       <c r="D22" s="1">
-        <v>44270</v>
+        <v>43792</v>
       </c>
       <c r="E22" s="1">
-        <v>60349</v>
+        <v>60035</v>
       </c>
       <c r="F22" s="1">
-        <v>24367</v>
+        <v>24582</v>
       </c>
       <c r="G22" s="1">
-        <v>29322</v>
+        <v>28433</v>
       </c>
       <c r="H22" s="1">
-        <v>25620</v>
+        <v>25112</v>
       </c>
       <c r="I22" s="1">
-        <v>16992</v>
+        <v>17134</v>
       </c>
       <c r="J22" s="1">
-        <v>8318</v>
+        <v>8566</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C23" s="1">
-        <v>16826</v>
+        <v>16797</v>
       </c>
       <c r="D23" s="1">
-        <v>6967</v>
+        <v>6859</v>
       </c>
       <c r="E23" s="1">
-        <v>9859</v>
+        <v>9938</v>
       </c>
       <c r="F23" s="1">
-        <v>4479</v>
+        <v>4512</v>
       </c>
       <c r="G23" s="1">
-        <v>5669</v>
+        <v>5525</v>
       </c>
       <c r="H23" s="1">
-        <v>3484</v>
+        <v>3459</v>
       </c>
       <c r="I23" s="1">
-        <v>2084</v>
+        <v>2131</v>
       </c>
       <c r="J23" s="1">
-        <v>1110</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>171</v>
       </c>
       <c r="C25" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D25" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="37"/>
       <c r="F25" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="38"/>
       <c r="C26" s="37"/>
@@ -8266,333 +8266,333 @@
       </c>
       <c r="E26" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F26" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C27" s="1">
-        <v>53142</v>
+        <v>52118</v>
       </c>
       <c r="D27" s="1">
-        <v>25505</v>
+        <v>24858</v>
       </c>
       <c r="E27" s="1">
-        <v>27637</v>
+        <v>27260</v>
       </c>
       <c r="F27" s="1">
-        <v>11096</v>
+        <v>11330</v>
       </c>
       <c r="G27" s="1">
-        <v>18231</v>
+        <v>17504</v>
       </c>
       <c r="H27" s="1">
-        <v>11444</v>
+        <v>10928</v>
       </c>
       <c r="I27" s="1">
-        <v>7697</v>
+        <v>7618</v>
       </c>
       <c r="J27" s="1">
-        <v>4674</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C28" s="1">
-        <v>22293</v>
+        <v>21984</v>
       </c>
       <c r="D28" s="1">
-        <v>10116</v>
+        <v>9924</v>
       </c>
       <c r="E28" s="1">
-        <v>12177</v>
+        <v>12060</v>
       </c>
       <c r="F28" s="1">
-        <v>4231</v>
+        <v>4258</v>
       </c>
       <c r="G28" s="1">
-        <v>6417</v>
+        <v>6110</v>
       </c>
       <c r="H28" s="1">
-        <v>5235</v>
+        <v>5097</v>
       </c>
       <c r="I28" s="1">
-        <v>3908</v>
+        <v>3966</v>
       </c>
       <c r="J28" s="1">
-        <v>2502</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C29" s="1">
-        <v>118323</v>
+        <v>116759</v>
       </c>
       <c r="D29" s="1">
-        <v>50303</v>
+        <v>49524</v>
       </c>
       <c r="E29" s="1">
-        <v>68020</v>
+        <v>67235</v>
       </c>
       <c r="F29" s="1">
-        <v>26216</v>
+        <v>26632</v>
       </c>
       <c r="G29" s="1">
-        <v>36085</v>
+        <v>34757</v>
       </c>
       <c r="H29" s="1">
-        <v>28389</v>
+        <v>27567</v>
       </c>
       <c r="I29" s="1">
-        <v>18549</v>
+        <v>18524</v>
       </c>
       <c r="J29" s="1">
-        <v>9084</v>
+        <v>9279</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C30" s="1">
-        <v>193758</v>
+        <v>190862</v>
       </c>
       <c r="D30" s="1">
-        <v>85924</v>
+        <v>84306</v>
       </c>
       <c r="E30" s="1">
-        <v>107834</v>
+        <v>106556</v>
       </c>
       <c r="F30" s="1">
-        <v>41543</v>
+        <v>42221</v>
       </c>
       <c r="G30" s="1">
-        <v>60733</v>
+        <v>58371</v>
       </c>
       <c r="H30" s="1">
-        <v>45068</v>
+        <v>43592</v>
       </c>
       <c r="I30" s="1">
-        <v>30154</v>
+        <v>30108</v>
       </c>
       <c r="J30" s="1">
-        <v>16260</v>
+        <v>16570</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C31" s="1">
-        <v>66547</v>
+        <v>66291</v>
       </c>
       <c r="D31" s="1">
-        <v>27686</v>
+        <v>27361</v>
       </c>
       <c r="E31" s="1">
-        <v>38861</v>
+        <v>38930</v>
       </c>
       <c r="F31" s="1">
-        <v>16038</v>
+        <v>16295</v>
       </c>
       <c r="G31" s="1">
-        <v>19474</v>
+        <v>18889</v>
       </c>
       <c r="H31" s="1">
-        <v>14887</v>
+        <v>14679</v>
       </c>
       <c r="I31" s="1">
-        <v>10739</v>
+        <v>10802</v>
       </c>
       <c r="J31" s="1">
-        <v>5409</v>
+        <v>5626</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C32" s="1">
-        <v>82323</v>
+        <v>81850</v>
       </c>
       <c r="D32" s="1">
-        <v>34427</v>
+        <v>33953</v>
       </c>
       <c r="E32" s="1">
-        <v>47896</v>
+        <v>47897</v>
       </c>
       <c r="F32" s="1">
-        <v>19569</v>
+        <v>19660</v>
       </c>
       <c r="G32" s="1">
-        <v>23328</v>
+        <v>22674</v>
       </c>
       <c r="H32" s="1">
-        <v>19181</v>
+        <v>18925</v>
       </c>
       <c r="I32" s="1">
-        <v>13420</v>
+        <v>13582</v>
       </c>
       <c r="J32" s="1">
-        <v>6825</v>
+        <v>7009</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C33" s="1">
-        <v>57854</v>
+        <v>57590</v>
       </c>
       <c r="D33" s="1">
-        <v>24367</v>
+        <v>23997</v>
       </c>
       <c r="E33" s="1">
-        <v>33487</v>
+        <v>33593</v>
       </c>
       <c r="F33" s="1">
-        <v>13165</v>
+        <v>13150</v>
       </c>
       <c r="G33" s="1">
-        <v>15356</v>
+        <v>14941</v>
       </c>
       <c r="H33" s="1">
-        <v>14057</v>
+        <v>13924</v>
       </c>
       <c r="I33" s="1">
-        <v>9944</v>
+        <v>10077</v>
       </c>
       <c r="J33" s="1">
-        <v>5332</v>
+        <v>5498</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C34" s="1">
-        <v>41917</v>
+        <v>41628</v>
       </c>
       <c r="D34" s="1">
-        <v>17639</v>
+        <v>17378</v>
       </c>
       <c r="E34" s="1">
-        <v>24278</v>
+        <v>24250</v>
       </c>
       <c r="F34" s="1">
-        <v>9533</v>
+        <v>9565</v>
       </c>
       <c r="G34" s="1">
-        <v>11088</v>
+        <v>10713</v>
       </c>
       <c r="H34" s="1">
-        <v>10347</v>
+        <v>10202</v>
       </c>
       <c r="I34" s="1">
-        <v>7289</v>
+        <v>7438</v>
       </c>
       <c r="J34" s="1">
-        <v>3660</v>
+        <v>3710</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="1">
-        <v>61434</v>
+        <v>61068</v>
       </c>
       <c r="D35" s="1">
-        <v>26123</v>
+        <v>25862</v>
       </c>
       <c r="E35" s="1">
-        <v>35311</v>
+        <v>35206</v>
       </c>
       <c r="F35" s="1">
-        <v>14309</v>
+        <v>14366</v>
       </c>
       <c r="G35" s="1">
-        <v>16459</v>
+        <v>15928</v>
       </c>
       <c r="H35" s="1">
-        <v>15111</v>
+        <v>14856</v>
       </c>
       <c r="I35" s="1">
-        <v>10633</v>
+        <v>10866</v>
       </c>
       <c r="J35" s="1">
-        <v>4922</v>
+        <v>5052</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C36" s="1">
-        <v>2716</v>
+        <v>2703</v>
       </c>
       <c r="D36" s="1">
-        <v>1138</v>
+        <v>1149</v>
       </c>
       <c r="E36" s="1">
-        <v>1578</v>
+        <v>1554</v>
       </c>
       <c r="F36" s="1">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="G36" s="1">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="H36" s="1">
-        <v>646</v>
+        <v>621</v>
       </c>
       <c r="I36" s="1">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="J36" s="1">
-        <v>161</v>
+        <v>168</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D38" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="37"/>
       <c r="F38" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="38"/>
       <c r="C39" s="37"/>
@@ -8601,507 +8601,507 @@
       </c>
       <c r="E39" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F39" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C40" s="1">
-        <v>53142</v>
+        <v>52118</v>
       </c>
       <c r="D40" s="1">
-        <v>25505</v>
+        <v>24858</v>
       </c>
       <c r="E40" s="1">
-        <v>27637</v>
+        <v>27260</v>
       </c>
       <c r="F40" s="1">
-        <v>11096</v>
+        <v>11330</v>
       </c>
       <c r="G40" s="1">
-        <v>18231</v>
+        <v>17504</v>
       </c>
       <c r="H40" s="1">
-        <v>11444</v>
+        <v>10928</v>
       </c>
       <c r="I40" s="1">
-        <v>7697</v>
+        <v>7618</v>
       </c>
       <c r="J40" s="1">
-        <v>4674</v>
+        <v>4738</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C41" s="1">
-        <v>22293</v>
+        <v>21984</v>
       </c>
       <c r="D41" s="1">
-        <v>10116</v>
+        <v>9924</v>
       </c>
       <c r="E41" s="1">
-        <v>12177</v>
+        <v>12060</v>
       </c>
       <c r="F41" s="1">
-        <v>4231</v>
+        <v>4258</v>
       </c>
       <c r="G41" s="1">
-        <v>6417</v>
+        <v>6110</v>
       </c>
       <c r="H41" s="1">
-        <v>5235</v>
+        <v>5097</v>
       </c>
       <c r="I41" s="1">
-        <v>3908</v>
+        <v>3966</v>
       </c>
       <c r="J41" s="1">
-        <v>2502</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C42" s="1">
-        <v>11159</v>
+        <v>11109</v>
       </c>
       <c r="D42" s="1">
-        <v>4663</v>
+        <v>4650</v>
       </c>
       <c r="E42" s="1">
-        <v>6496</v>
+        <v>6459</v>
       </c>
       <c r="F42" s="1">
-        <v>2414</v>
+        <v>2517</v>
       </c>
       <c r="G42" s="1">
-        <v>3369</v>
+        <v>3246</v>
       </c>
       <c r="H42" s="1">
-        <v>2661</v>
+        <v>2587</v>
       </c>
       <c r="I42" s="1">
-        <v>1844</v>
+        <v>1866</v>
       </c>
       <c r="J42" s="1">
-        <v>871</v>
+        <v>893</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C43" s="1">
-        <v>10229</v>
+        <v>10111</v>
       </c>
       <c r="D43" s="1">
-        <v>4424</v>
+        <v>4372</v>
       </c>
       <c r="E43" s="1">
-        <v>5805</v>
+        <v>5739</v>
       </c>
       <c r="F43" s="1">
-        <v>2145</v>
+        <v>2215</v>
       </c>
       <c r="G43" s="1">
-        <v>3144</v>
+        <v>3014</v>
       </c>
       <c r="H43" s="1">
-        <v>2345</v>
+        <v>2269</v>
       </c>
       <c r="I43" s="1">
-        <v>1740</v>
+        <v>1746</v>
       </c>
       <c r="J43" s="1">
-        <v>855</v>
+        <v>867</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C44" s="1">
-        <v>7608</v>
+        <v>7447</v>
       </c>
       <c r="D44" s="1">
-        <v>3348</v>
+        <v>3261</v>
       </c>
       <c r="E44" s="1">
-        <v>4260</v>
+        <v>4186</v>
       </c>
       <c r="F44" s="1">
-        <v>1694</v>
+        <v>1746</v>
       </c>
       <c r="G44" s="1">
-        <v>2410</v>
+        <v>2309</v>
       </c>
       <c r="H44" s="1">
-        <v>1989</v>
+        <v>1879</v>
       </c>
       <c r="I44" s="1">
-        <v>1056</v>
+        <v>1031</v>
       </c>
       <c r="J44" s="1">
-        <v>459</v>
+        <v>482</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C45" s="1">
-        <v>7765</v>
+        <v>7640</v>
       </c>
       <c r="D45" s="1">
-        <v>3368</v>
+        <v>3306</v>
       </c>
       <c r="E45" s="1">
-        <v>4397</v>
+        <v>4334</v>
       </c>
       <c r="F45" s="1">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="G45" s="1">
-        <v>2223</v>
+        <v>2119</v>
       </c>
       <c r="H45" s="1">
-        <v>1864</v>
+        <v>1822</v>
       </c>
       <c r="I45" s="1">
-        <v>1338</v>
+        <v>1343</v>
       </c>
       <c r="J45" s="1">
-        <v>690</v>
+        <v>700</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C46" s="1">
-        <v>7426</v>
+        <v>7281</v>
       </c>
       <c r="D46" s="1">
-        <v>3160</v>
+        <v>3129</v>
       </c>
       <c r="E46" s="1">
-        <v>4266</v>
+        <v>4152</v>
       </c>
       <c r="F46" s="1">
-        <v>1732</v>
+        <v>1751</v>
       </c>
       <c r="G46" s="1">
-        <v>2319</v>
+        <v>2194</v>
       </c>
       <c r="H46" s="1">
-        <v>1698</v>
+        <v>1655</v>
       </c>
       <c r="I46" s="1">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="J46" s="1">
-        <v>534</v>
+        <v>537</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C47" s="1">
-        <v>7971</v>
+        <v>7904</v>
       </c>
       <c r="D47" s="1">
-        <v>3371</v>
+        <v>3338</v>
       </c>
       <c r="E47" s="1">
-        <v>4600</v>
+        <v>4566</v>
       </c>
       <c r="F47" s="1">
-        <v>1823</v>
+        <v>1856</v>
       </c>
       <c r="G47" s="1">
-        <v>2441</v>
+        <v>2356</v>
       </c>
       <c r="H47" s="1">
-        <v>1874</v>
+        <v>1844</v>
       </c>
       <c r="I47" s="1">
-        <v>1205</v>
+        <v>1207</v>
       </c>
       <c r="J47" s="1">
-        <v>628</v>
+        <v>641</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C48" s="1">
-        <v>8241</v>
+        <v>8105</v>
       </c>
       <c r="D48" s="1">
-        <v>3472</v>
+        <v>3423</v>
       </c>
       <c r="E48" s="1">
-        <v>4769</v>
+        <v>4682</v>
       </c>
       <c r="F48" s="1">
-        <v>1850</v>
+        <v>1873</v>
       </c>
       <c r="G48" s="1">
-        <v>2217</v>
+        <v>2147</v>
       </c>
       <c r="H48" s="1">
-        <v>2038</v>
+        <v>1936</v>
       </c>
       <c r="I48" s="1">
-        <v>1416</v>
+        <v>1406</v>
       </c>
       <c r="J48" s="1">
-        <v>720</v>
+        <v>743</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C49" s="1">
-        <v>8473</v>
+        <v>8421</v>
       </c>
       <c r="D49" s="1">
-        <v>3602</v>
+        <v>3570</v>
       </c>
       <c r="E49" s="1">
-        <v>4871</v>
+        <v>4851</v>
       </c>
       <c r="F49" s="1">
-        <v>1877</v>
+        <v>1906</v>
       </c>
       <c r="G49" s="1">
-        <v>2658</v>
+        <v>2566</v>
       </c>
       <c r="H49" s="1">
-        <v>2076</v>
+        <v>2037</v>
       </c>
       <c r="I49" s="1">
-        <v>1275</v>
+        <v>1302</v>
       </c>
       <c r="J49" s="1">
-        <v>587</v>
+        <v>610</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C50" s="1">
-        <v>8715</v>
+        <v>8612</v>
       </c>
       <c r="D50" s="1">
-        <v>3590</v>
+        <v>3542</v>
       </c>
       <c r="E50" s="1">
-        <v>5125</v>
+        <v>5070</v>
       </c>
       <c r="F50" s="1">
-        <v>1881</v>
+        <v>1888</v>
       </c>
       <c r="G50" s="1">
-        <v>2856</v>
+        <v>2812</v>
       </c>
       <c r="H50" s="1">
-        <v>2062</v>
+        <v>1984</v>
       </c>
       <c r="I50" s="1">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="J50" s="1">
-        <v>621</v>
+        <v>626</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C51" s="1">
-        <v>12331</v>
+        <v>12243</v>
       </c>
       <c r="D51" s="1">
-        <v>5132</v>
+        <v>5067</v>
       </c>
       <c r="E51" s="1">
-        <v>7199</v>
+        <v>7176</v>
       </c>
       <c r="F51" s="1">
-        <v>2666</v>
+        <v>2697</v>
       </c>
       <c r="G51" s="1">
-        <v>4020</v>
+        <v>3883</v>
       </c>
       <c r="H51" s="1">
-        <v>2978</v>
+        <v>2966</v>
       </c>
       <c r="I51" s="1">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="J51" s="1">
-        <v>838</v>
+        <v>864</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C52" s="1">
-        <v>7101</v>
+        <v>7002</v>
       </c>
       <c r="D52" s="1">
-        <v>3026</v>
+        <v>2960</v>
       </c>
       <c r="E52" s="1">
-        <v>4075</v>
+        <v>4042</v>
       </c>
       <c r="F52" s="1">
-        <v>1625</v>
+        <v>1639</v>
       </c>
       <c r="G52" s="1">
-        <v>2093</v>
+        <v>2017</v>
       </c>
       <c r="H52" s="1">
-        <v>1650</v>
+        <v>1599</v>
       </c>
       <c r="I52" s="1">
-        <v>1159</v>
+        <v>1148</v>
       </c>
       <c r="J52" s="1">
-        <v>574</v>
+        <v>599</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C53" s="1">
-        <v>6784</v>
+        <v>6658</v>
       </c>
       <c r="D53" s="1">
-        <v>2849</v>
+        <v>2769</v>
       </c>
       <c r="E53" s="1">
-        <v>3935</v>
+        <v>3889</v>
       </c>
       <c r="F53" s="1">
-        <v>1527</v>
+        <v>1547</v>
       </c>
       <c r="G53" s="1">
-        <v>2079</v>
+        <v>2012</v>
       </c>
       <c r="H53" s="1">
-        <v>1667</v>
+        <v>1600</v>
       </c>
       <c r="I53" s="1">
-        <v>1016</v>
+        <v>1000</v>
       </c>
       <c r="J53" s="1">
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C54" s="1">
-        <v>7962</v>
+        <v>7898</v>
       </c>
       <c r="D54" s="1">
-        <v>3492</v>
+        <v>3479</v>
       </c>
       <c r="E54" s="1">
-        <v>4470</v>
+        <v>4419</v>
       </c>
       <c r="F54" s="1">
-        <v>1883</v>
+        <v>1905</v>
       </c>
       <c r="G54" s="1">
-        <v>2372</v>
+        <v>2299</v>
       </c>
       <c r="H54" s="1">
-        <v>1894</v>
+        <v>1875</v>
       </c>
       <c r="I54" s="1">
-        <v>1171</v>
+        <v>1164</v>
       </c>
       <c r="J54" s="1">
-        <v>642</v>
+        <v>655</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C55" s="1">
-        <v>6559</v>
+        <v>6329</v>
       </c>
       <c r="D55" s="1">
-        <v>2807</v>
+        <v>2658</v>
       </c>
       <c r="E55" s="1">
-        <v>3752</v>
+        <v>3671</v>
       </c>
       <c r="F55" s="1">
-        <v>1450</v>
+        <v>1437</v>
       </c>
       <c r="G55" s="1">
-        <v>1884</v>
+        <v>1783</v>
       </c>
       <c r="H55" s="1">
-        <v>1593</v>
+        <v>1514</v>
       </c>
       <c r="I55" s="1">
-        <v>1062</v>
+        <v>1032</v>
       </c>
       <c r="J55" s="1">
-        <v>570</v>
+        <v>563</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="57">
       <c r="B57" s="31" t="s">
         <v>195</v>
       </c>
       <c r="C57" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D57" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="37"/>
       <c r="F57" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G57" s="37"/>
       <c r="H57" s="37"/>
       <c r="I57" s="37"/>
       <c r="J57" s="37"/>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="38"/>
       <c r="C58" s="37"/>
@@ -9110,623 +9110,623 @@
       </c>
       <c r="E58" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J58" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C59" s="1">
-        <v>5545</v>
+        <v>5471</v>
       </c>
       <c r="D59" s="1">
-        <v>2224</v>
+        <v>2154</v>
       </c>
       <c r="E59" s="1">
-        <v>3321</v>
+        <v>3317</v>
       </c>
       <c r="F59" s="1">
-        <v>1269</v>
+        <v>1280</v>
       </c>
       <c r="G59" s="1">
-        <v>1600</v>
+        <v>1553</v>
       </c>
       <c r="H59" s="1">
-        <v>1273</v>
+        <v>1240</v>
       </c>
       <c r="I59" s="1">
-        <v>908</v>
+        <v>881</v>
       </c>
       <c r="J59" s="1">
-        <v>495</v>
+        <v>517</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C60" s="1">
-        <v>5052</v>
+        <v>4997</v>
       </c>
       <c r="D60" s="1">
-        <v>2111</v>
+        <v>2065</v>
       </c>
       <c r="E60" s="1">
-        <v>2941</v>
+        <v>2932</v>
       </c>
       <c r="F60" s="1">
-        <v>1282</v>
+        <v>1287</v>
       </c>
       <c r="G60" s="1">
-        <v>1603</v>
+        <v>1519</v>
       </c>
       <c r="H60" s="1">
         <v>1077</v>
       </c>
       <c r="I60" s="1">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="J60" s="1">
-        <v>348</v>
+        <v>360</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C61" s="1">
-        <v>2529</v>
+        <v>2519</v>
       </c>
       <c r="D61" s="1">
-        <v>1063</v>
+        <v>1044</v>
       </c>
       <c r="E61" s="1">
-        <v>1466</v>
+        <v>1475</v>
       </c>
       <c r="F61" s="1">
-        <v>502</v>
+        <v>517</v>
       </c>
       <c r="G61" s="1">
-        <v>531</v>
+        <v>509</v>
       </c>
       <c r="H61" s="1">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="I61" s="1">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="J61" s="1">
-        <v>301</v>
+        <v>310</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C62" s="1">
-        <v>4885</v>
+        <v>4953</v>
       </c>
       <c r="D62" s="1">
-        <v>2006</v>
+        <v>2046</v>
       </c>
       <c r="E62" s="1">
-        <v>2879</v>
+        <v>2907</v>
       </c>
       <c r="F62" s="1">
-        <v>1207</v>
+        <v>1250</v>
       </c>
       <c r="G62" s="1">
-        <v>1500</v>
+        <v>1487</v>
       </c>
       <c r="H62" s="1">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="I62" s="1">
-        <v>740</v>
+        <v>753</v>
       </c>
       <c r="J62" s="1">
-        <v>417</v>
+        <v>428</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C63" s="1">
-        <v>1655</v>
+        <v>1669</v>
       </c>
       <c r="D63" s="1">
-        <v>713</v>
+        <v>712</v>
       </c>
       <c r="E63" s="1">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="F63" s="1">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="G63" s="1">
-        <v>677</v>
+        <v>675</v>
       </c>
       <c r="H63" s="1">
-        <v>275</v>
+        <v>264</v>
       </c>
       <c r="I63" s="1">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="J63" s="1">
-        <v>61</v>
+        <v>67</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="1">
-        <v>3748</v>
+        <v>3745</v>
       </c>
       <c r="D64" s="1">
-        <v>1662</v>
+        <v>1667</v>
       </c>
       <c r="E64" s="1">
-        <v>2086</v>
+        <v>2078</v>
       </c>
       <c r="F64" s="1">
-        <v>996</v>
+        <v>1006</v>
       </c>
       <c r="G64" s="1">
-        <v>1072</v>
+        <v>1054</v>
       </c>
       <c r="H64" s="1">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="I64" s="1">
-        <v>578</v>
+        <v>576</v>
       </c>
       <c r="J64" s="1">
-        <v>304</v>
+        <v>316</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C65" s="1">
-        <v>2571</v>
+        <v>2561</v>
       </c>
       <c r="D65" s="1">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="E65" s="1">
-        <v>1434</v>
+        <v>1426</v>
       </c>
       <c r="F65" s="1">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="G65" s="1">
-        <v>766</v>
+        <v>755</v>
       </c>
       <c r="H65" s="1">
-        <v>524</v>
+        <v>513</v>
       </c>
       <c r="I65" s="1">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="J65" s="1">
-        <v>224</v>
+        <v>245</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C66" s="1">
-        <v>3271</v>
+        <v>3263</v>
       </c>
       <c r="D66" s="1">
-        <v>1320</v>
+        <v>1319</v>
       </c>
       <c r="E66" s="1">
-        <v>1951</v>
+        <v>1944</v>
       </c>
       <c r="F66" s="1">
-        <v>728</v>
+        <v>750</v>
       </c>
       <c r="G66" s="1">
-        <v>859</v>
+        <v>837</v>
       </c>
       <c r="H66" s="1">
-        <v>808</v>
+        <v>782</v>
       </c>
       <c r="I66" s="1">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="J66" s="1">
-        <v>281</v>
+        <v>293</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C67" s="1">
-        <v>5195</v>
+        <v>5183</v>
       </c>
       <c r="D67" s="1">
-        <v>2201</v>
+        <v>2171</v>
       </c>
       <c r="E67" s="1">
-        <v>2994</v>
+        <v>3012</v>
       </c>
       <c r="F67" s="1">
-        <v>1410</v>
+        <v>1427</v>
       </c>
       <c r="G67" s="1">
-        <v>1694</v>
+        <v>1640</v>
       </c>
       <c r="H67" s="1">
-        <v>1037</v>
+        <v>1036</v>
       </c>
       <c r="I67" s="1">
-        <v>679</v>
+        <v>687</v>
       </c>
       <c r="J67" s="1">
-        <v>375</v>
+        <v>393</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C68" s="1">
-        <v>2486</v>
+        <v>2457</v>
       </c>
       <c r="D68" s="1">
-        <v>1139</v>
+        <v>1117</v>
       </c>
       <c r="E68" s="1">
-        <v>1347</v>
+        <v>1340</v>
       </c>
       <c r="F68" s="1">
-        <v>571</v>
+        <v>579</v>
       </c>
       <c r="G68" s="1">
-        <v>745</v>
+        <v>715</v>
       </c>
       <c r="H68" s="1">
-        <v>532</v>
+        <v>506</v>
       </c>
       <c r="I68" s="1">
-        <v>416</v>
+        <v>422</v>
       </c>
       <c r="J68" s="1">
-        <v>222</v>
+        <v>235</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C69" s="1">
-        <v>3604</v>
+        <v>3615</v>
       </c>
       <c r="D69" s="1">
-        <v>1486</v>
+        <v>1476</v>
       </c>
       <c r="E69" s="1">
-        <v>2118</v>
+        <v>2139</v>
       </c>
       <c r="F69" s="1">
-        <v>778</v>
+        <v>805</v>
       </c>
       <c r="G69" s="1">
-        <v>912</v>
+        <v>898</v>
       </c>
       <c r="H69" s="1">
-        <v>871</v>
+        <v>858</v>
       </c>
       <c r="I69" s="1">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="J69" s="1">
-        <v>371</v>
+        <v>383</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C70" s="1">
-        <v>1697</v>
+        <v>1657</v>
       </c>
       <c r="D70" s="1">
-        <v>719</v>
+        <v>698</v>
       </c>
       <c r="E70" s="1">
-        <v>978</v>
+        <v>959</v>
       </c>
       <c r="F70" s="1">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="G70" s="1">
-        <v>501</v>
+        <v>485</v>
       </c>
       <c r="H70" s="1">
-        <v>378</v>
+        <v>364</v>
       </c>
       <c r="I70" s="1">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="J70" s="1">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C71" s="1">
-        <v>3123</v>
+        <v>3027</v>
       </c>
       <c r="D71" s="1">
-        <v>1307</v>
+        <v>1247</v>
       </c>
       <c r="E71" s="1">
-        <v>1816</v>
+        <v>1780</v>
       </c>
       <c r="F71" s="1">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="G71" s="1">
-        <v>999</v>
+        <v>921</v>
       </c>
       <c r="H71" s="1">
-        <v>661</v>
+        <v>626</v>
       </c>
       <c r="I71" s="1">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="J71" s="1">
-        <v>230</v>
+        <v>242</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C72" s="1">
-        <v>4005</v>
+        <v>4012</v>
       </c>
       <c r="D72" s="1">
-        <v>1564</v>
+        <v>1543</v>
       </c>
       <c r="E72" s="1">
-        <v>2441</v>
+        <v>2469</v>
       </c>
       <c r="F72" s="1">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="G72" s="1">
-        <v>1249</v>
+        <v>1229</v>
       </c>
       <c r="H72" s="1">
-        <v>911</v>
+        <v>890</v>
       </c>
       <c r="I72" s="1">
-        <v>622</v>
+        <v>638</v>
       </c>
       <c r="J72" s="1">
-        <v>282</v>
+        <v>300</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C73" s="1">
-        <v>3965</v>
+        <v>3989</v>
       </c>
       <c r="D73" s="1">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="E73" s="1">
-        <v>2336</v>
+        <v>2359</v>
       </c>
       <c r="F73" s="1">
-        <v>978</v>
+        <v>995</v>
       </c>
       <c r="G73" s="1">
-        <v>1142</v>
+        <v>1129</v>
       </c>
       <c r="H73" s="1">
-        <v>896</v>
+        <v>893</v>
       </c>
       <c r="I73" s="1">
-        <v>649</v>
+        <v>661</v>
       </c>
       <c r="J73" s="1">
-        <v>300</v>
+        <v>311</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C74" s="1">
-        <v>2097</v>
+        <v>2095</v>
       </c>
       <c r="D74" s="1">
-        <v>889</v>
+        <v>886</v>
       </c>
       <c r="E74" s="1">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="F74" s="1">
-        <v>461</v>
+        <v>471</v>
       </c>
       <c r="G74" s="1">
-        <v>568</v>
+        <v>552</v>
       </c>
       <c r="H74" s="1">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="I74" s="1">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="J74" s="1">
-        <v>172</v>
+        <v>174</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C75" s="1">
-        <v>4576</v>
+        <v>4566</v>
       </c>
       <c r="D75" s="1">
-        <v>1792</v>
+        <v>1767</v>
       </c>
       <c r="E75" s="1">
-        <v>2784</v>
+        <v>2799</v>
       </c>
       <c r="F75" s="1">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="G75" s="1">
-        <v>1350</v>
+        <v>1308</v>
       </c>
       <c r="H75" s="1">
-        <v>1084</v>
+        <v>1079</v>
       </c>
       <c r="I75" s="1">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="J75" s="1">
-        <v>335</v>
+        <v>347</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C76" s="1">
-        <v>2394</v>
+        <v>2369</v>
       </c>
       <c r="D76" s="1">
-        <v>983</v>
+        <v>969</v>
       </c>
       <c r="E76" s="1">
-        <v>1411</v>
+        <v>1400</v>
       </c>
       <c r="F76" s="1">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="G76" s="1">
-        <v>628</v>
+        <v>579</v>
       </c>
       <c r="H76" s="1">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="I76" s="1">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="J76" s="1">
-        <v>193</v>
+        <v>207</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C77" s="1">
-        <v>1362</v>
+        <v>1359</v>
       </c>
       <c r="D77" s="1">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="E77" s="1">
-        <v>777</v>
+        <v>769</v>
       </c>
       <c r="F77" s="1">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="G77" s="1">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H77" s="1">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="I77" s="1">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="J77" s="1">
-        <v>149</v>
+        <v>148</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C78" s="1">
-        <v>2787</v>
+        <v>2784</v>
       </c>
       <c r="D78" s="1">
-        <v>1156</v>
+        <v>1125</v>
       </c>
       <c r="E78" s="1">
-        <v>1631</v>
+        <v>1659</v>
       </c>
       <c r="F78" s="1">
-        <v>684</v>
+        <v>707</v>
       </c>
       <c r="G78" s="1">
-        <v>782</v>
+        <v>753</v>
       </c>
       <c r="H78" s="1">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="I78" s="1">
-        <v>484</v>
+        <v>477</v>
       </c>
       <c r="J78" s="1">
-        <v>198</v>
+        <v>204</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1" s="2" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="F12:J12"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:C26"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="F25:J25"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="F38:J38"/>
     <mergeCell ref="B57:B58"/>
     <mergeCell ref="C57:C58"/>
     <mergeCell ref="D57:E57"/>
@@ -9809,1088 +9809,1088 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>216</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C10" s="1">
-        <v>82614</v>
+        <v>82380</v>
       </c>
       <c r="D10" s="13">
-        <v>0.4912</v>
+        <v>0.4893</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C11" s="1">
-        <v>90192</v>
+        <v>89756</v>
       </c>
       <c r="D11" s="13">
-        <v>0.5363</v>
+        <v>0.5332</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C12" s="1">
-        <v>54783</v>
+        <v>54795</v>
       </c>
       <c r="D12" s="13">
-        <v>0.3258</v>
+        <v>0.3255</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C13" s="1">
-        <v>61028</v>
+        <v>61066</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3629</v>
+        <v>0.3627</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C14" s="1">
         <v>39690</v>
       </c>
       <c r="D14" s="13">
-        <v>0.236</v>
+        <v>0.2358</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C15" s="1">
-        <v>24064</v>
+        <v>23874</v>
       </c>
       <c r="D15" s="13">
-        <v>0.1431</v>
+        <v>0.1418</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C16" s="1">
-        <v>22261</v>
+        <v>22147</v>
       </c>
       <c r="D16" s="13">
-        <v>0.1324</v>
+        <v>0.1316</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C17" s="1">
-        <v>75555</v>
+        <v>75294</v>
       </c>
       <c r="D17" s="13">
-        <v>0.4493</v>
+        <v>0.4472</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C18" s="1">
-        <v>38405</v>
+        <v>38298</v>
       </c>
       <c r="D18" s="13">
-        <v>0.2284</v>
+        <v>0.2275</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C19" s="1">
-        <v>7437</v>
+        <v>7373</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0442</v>
+        <v>0.0438</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C20" s="1">
-        <v>17023</v>
+        <v>17054</v>
       </c>
       <c r="D20" s="13">
-        <v>0.1012</v>
+        <v>0.1013</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C21" s="1">
-        <v>35548</v>
+        <v>35613</v>
       </c>
       <c r="D21" s="13">
-        <v>0.2114</v>
+        <v>0.2115</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C22" s="1">
-        <v>61231</v>
+        <v>61070</v>
       </c>
       <c r="D22" s="13">
-        <v>0.3641</v>
+        <v>0.3628</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C23" s="1">
-        <v>50179</v>
+        <v>49930</v>
       </c>
       <c r="D23" s="13">
-        <v>0.2984</v>
+        <v>0.2966</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C24" s="1">
-        <v>12060</v>
+        <v>11925</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0717</v>
+        <v>0.0708</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C25" s="1">
-        <v>125355</v>
+        <v>125207</v>
       </c>
       <c r="D25" s="13">
-        <v>0.7454</v>
+        <v>0.7437</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C26" s="1">
-        <v>48277</v>
+        <v>48035</v>
       </c>
       <c r="D26" s="13">
-        <v>0.2871</v>
+        <v>0.2853</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C27" s="1">
-        <v>47810</v>
+        <v>47445</v>
       </c>
       <c r="D27" s="13">
-        <v>0.2843</v>
+        <v>0.2818</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C28" s="1">
-        <v>83050</v>
+        <v>82725</v>
       </c>
       <c r="D28" s="13">
-        <v>0.4938</v>
+        <v>0.4914</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C29" s="1">
-        <v>70440</v>
+        <v>70366</v>
       </c>
       <c r="D29" s="13">
-        <v>0.4189</v>
+        <v>0.418</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C30" s="1">
-        <v>15599</v>
+        <v>15399</v>
       </c>
       <c r="D30" s="13">
-        <v>0.0928</v>
+        <v>0.0915</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C31" s="1">
-        <v>47996</v>
+        <v>47742</v>
       </c>
       <c r="D31" s="13">
-        <v>0.2854</v>
+        <v>0.2836</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C32" s="1">
-        <v>73893</v>
+        <v>73619</v>
       </c>
       <c r="D32" s="13">
-        <v>0.4394</v>
+        <v>0.4373</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C33" s="1">
-        <v>44167</v>
+        <v>43861</v>
       </c>
       <c r="D33" s="13">
-        <v>0.2626</v>
+        <v>0.2605</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C34" s="1">
-        <v>24028</v>
+        <v>23889</v>
       </c>
       <c r="D34" s="13">
-        <v>0.1429</v>
+        <v>0.1419</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C35" s="1">
-        <v>38931</v>
+        <v>38835</v>
       </c>
       <c r="D35" s="13">
-        <v>0.2315</v>
+        <v>0.2307</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C36" s="1">
-        <v>27510</v>
+        <v>27264</v>
       </c>
       <c r="D36" s="13">
-        <v>0.1636</v>
+        <v>0.1619</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C37" s="1">
-        <v>77436</v>
+        <v>77369</v>
       </c>
       <c r="D37" s="13">
-        <v>0.4605</v>
+        <v>0.4596</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C38" s="1">
-        <v>47087</v>
+        <v>46807</v>
       </c>
       <c r="D38" s="13">
-        <v>0.28</v>
+        <v>0.278</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C39" s="1">
-        <v>45409</v>
+        <v>45028</v>
       </c>
       <c r="D39" s="13">
-        <v>0.27</v>
+        <v>0.2675</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C40" s="1">
-        <v>27442</v>
+        <v>27139</v>
       </c>
       <c r="D40" s="13">
-        <v>0.1632</v>
+        <v>0.1612</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C41" s="1">
-        <v>64398</v>
+        <v>64241</v>
       </c>
       <c r="D41" s="13">
-        <v>0.3829</v>
+        <v>0.3816</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C42" s="1">
-        <v>29358</v>
+        <v>29277</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1746</v>
+        <v>0.1739</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C43" s="1">
-        <v>15845</v>
+        <v>15621</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0942</v>
+        <v>0.0928</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D44" s="12"/>
       <c r="F44" s="12"/>
     </row>
     <row r="45">
       <c r="B45" s="31" t="s">
         <v>251</v>
       </c>
       <c r="C45" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="33"/>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="34"/>
       <c r="C46" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C47" s="1">
-        <v>84174</v>
+        <v>83951</v>
       </c>
       <c r="D47" s="13">
-        <v>0.5004</v>
+        <v>0.4986</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C48" s="1">
-        <v>8969</v>
+        <v>8890</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0533</v>
+        <v>0.0528</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C49" s="1">
-        <v>18094</v>
+        <v>18011</v>
       </c>
       <c r="D49" s="13">
-        <v>0.1076</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C50" s="1">
-        <v>63535</v>
+        <v>63410</v>
       </c>
       <c r="D50" s="13">
-        <v>0.3777</v>
+        <v>0.3766</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C51" s="1">
-        <v>106315</v>
+        <v>106460</v>
       </c>
       <c r="D51" s="13">
-        <v>0.6321</v>
+        <v>0.6323</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C52" s="1">
-        <v>62124</v>
+        <v>62084</v>
       </c>
       <c r="D52" s="13">
-        <v>0.3693</v>
+        <v>0.3687</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C53" s="1">
-        <v>21970</v>
+        <v>21870</v>
       </c>
       <c r="D53" s="13">
-        <v>0.1306</v>
+        <v>0.1299</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C54" s="1">
-        <v>55864</v>
+        <v>55799</v>
       </c>
       <c r="D54" s="13">
-        <v>0.3321</v>
+        <v>0.3314</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C55" s="1">
-        <v>30638</v>
+        <v>30381</v>
       </c>
       <c r="D55" s="13">
-        <v>0.1822</v>
+        <v>0.1804</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C56" s="1">
-        <v>18429</v>
+        <v>18299</v>
       </c>
       <c r="D56" s="13">
-        <v>0.1096</v>
+        <v>0.1087</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C57" s="1">
-        <v>43232</v>
+        <v>42853</v>
       </c>
       <c r="D57" s="13">
-        <v>0.257</v>
+        <v>0.2545</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C58" s="1">
-        <v>55778</v>
+        <v>55419</v>
       </c>
       <c r="D58" s="13">
-        <v>0.3316</v>
+        <v>0.3291</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C59" s="1">
-        <v>92142</v>
+        <v>91996</v>
       </c>
       <c r="D59" s="13">
-        <v>0.5478</v>
+        <v>0.5464</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C60" s="1">
-        <v>103036</v>
+        <v>103133</v>
       </c>
       <c r="D60" s="13">
-        <v>0.6126</v>
+        <v>0.6125</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C61" s="1">
-        <v>32443</v>
+        <v>32157</v>
       </c>
       <c r="D61" s="13">
-        <v>0.1929</v>
+        <v>0.191</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C62" s="1">
-        <v>55293</v>
+        <v>55505</v>
       </c>
       <c r="D62" s="13">
-        <v>0.3287</v>
+        <v>0.3297</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C63" s="1">
-        <v>120988</v>
+        <v>120984</v>
       </c>
       <c r="D63" s="13">
-        <v>0.7193</v>
+        <v>0.7185</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C64" s="1">
-        <v>41621</v>
+        <v>41607</v>
       </c>
       <c r="D64" s="13">
-        <v>0.2474</v>
+        <v>0.2471</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C65" s="1">
-        <v>46264</v>
+        <v>46364</v>
       </c>
       <c r="D65" s="13">
-        <v>0.2751</v>
+        <v>0.2754</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C66" s="1">
-        <v>76528</v>
+        <v>76521</v>
       </c>
       <c r="D66" s="13">
-        <v>0.455</v>
+        <v>0.4545</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C67" s="1">
-        <v>8116</v>
+        <v>8078</v>
       </c>
       <c r="D67" s="13">
-        <v>0.0483</v>
+        <v>0.048</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C68" s="1">
-        <v>20136</v>
+        <v>20095</v>
       </c>
       <c r="D68" s="13">
-        <v>0.1197</v>
+        <v>0.1193</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C69" s="1">
-        <v>8125</v>
+        <v>8064</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0483</v>
+        <v>0.0479</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C70" s="1">
-        <v>49591</v>
+        <v>49430</v>
       </c>
       <c r="D70" s="13">
-        <v>0.2948</v>
+        <v>0.2936</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C71" s="1">
-        <v>53842</v>
+        <v>53547</v>
       </c>
       <c r="D71" s="13">
-        <v>0.3201</v>
+        <v>0.318</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C72" s="1">
-        <v>54426</v>
+        <v>54151</v>
       </c>
       <c r="D72" s="13">
-        <v>0.3236</v>
+        <v>0.3216</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C73" s="1">
-        <v>33267</v>
+        <v>33097</v>
       </c>
       <c r="D73" s="13">
-        <v>0.1978</v>
+        <v>0.1966</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C74" s="1">
-        <v>62412</v>
+        <v>62299</v>
       </c>
       <c r="D74" s="13">
-        <v>0.3711</v>
+        <v>0.37</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C75" s="1">
-        <v>17943</v>
+        <v>17941</v>
       </c>
       <c r="D75" s="13">
-        <v>0.1067</v>
+        <v>0.1066</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C76" s="1">
-        <v>11702</v>
+        <v>11692</v>
       </c>
       <c r="D76" s="13">
-        <v>0.0696</v>
+        <v>0.0694</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C77" s="1">
-        <v>17899</v>
+        <v>17863</v>
       </c>
       <c r="D77" s="13">
-        <v>0.1064</v>
+        <v>0.1061</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C78" s="1">
-        <v>9968</v>
+        <v>9875</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0593</v>
+        <v>0.0586</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C79" s="1">
-        <v>101417</v>
+        <v>101309</v>
       </c>
       <c r="D79" s="13">
-        <v>0.603</v>
+        <v>0.6017</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C80" s="1">
-        <v>37694</v>
+        <v>37414</v>
       </c>
       <c r="D80" s="13">
-        <v>0.2241</v>
+        <v>0.2222</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C81" s="1">
-        <v>86825</v>
+        <v>86624</v>
       </c>
       <c r="D81" s="13">
-        <v>0.5162</v>
+        <v>0.5145</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D82" s="12"/>
       <c r="F82" s="12"/>
     </row>
     <row r="83">
       <c r="B83" s="31" t="s">
         <v>287</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="33"/>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="34"/>
       <c r="C84" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C85" s="1">
-        <v>143033</v>
+        <v>142878</v>
       </c>
       <c r="D85" s="13">
-        <v>0.85</v>
+        <v>0.8482</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C86" s="1">
-        <v>22832</v>
+        <v>22730</v>
       </c>
       <c r="D86" s="13">
-        <v>0.1357</v>
+        <v>0.1349</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C87" s="1">
-        <v>42728</v>
+        <v>42813</v>
       </c>
       <c r="D87" s="13">
-        <v>0.2539</v>
+        <v>0.2542</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C88" s="1">
-        <v>20927</v>
+        <v>20873</v>
       </c>
       <c r="D88" s="13">
-        <v>0.1244</v>
+        <v>0.1239</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C89" s="1">
-        <v>30055</v>
+        <v>30002</v>
       </c>
       <c r="D89" s="13">
-        <v>0.1786</v>
+        <v>0.1781</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C90" s="1">
-        <v>27200</v>
+        <v>26946</v>
       </c>
       <c r="D90" s="13">
-        <v>0.1616</v>
+        <v>0.16</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C91" s="1">
-        <v>19839</v>
+        <v>19723</v>
       </c>
       <c r="D91" s="13">
-        <v>0.1179</v>
+        <v>0.1171</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C92" s="1">
-        <v>25729</v>
+        <v>25469</v>
       </c>
       <c r="D92" s="13">
-        <v>0.1529</v>
+        <v>0.1512</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C93" s="1">
-        <v>26730</v>
+        <v>26627</v>
       </c>
       <c r="D93" s="13">
-        <v>0.1588</v>
+        <v>0.1581</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C94" s="1">
-        <v>34934</v>
+        <v>34541</v>
       </c>
       <c r="D94" s="13">
-        <v>0.2076</v>
+        <v>0.2051</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C95" s="1">
-        <v>51615</v>
+        <v>51691</v>
       </c>
       <c r="D95" s="13">
-        <v>0.3067</v>
+        <v>0.3069</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C96" s="1">
-        <v>38449</v>
+        <v>38027</v>
       </c>
       <c r="D96" s="13">
-        <v>0.2285</v>
+        <v>0.2257</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C97" s="1">
-        <v>22183</v>
+        <v>22174</v>
       </c>
       <c r="D97" s="13">
-        <v>0.1318</v>
+        <v>0.1316</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C98" s="1">
-        <v>34211</v>
+        <v>34389</v>
       </c>
       <c r="D98" s="13">
-        <v>0.2033</v>
+        <v>0.2041</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C99" s="1">
-        <v>3808</v>
+        <v>3802</v>
       </c>
       <c r="D99" s="13">
         <v>0.0226</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D100" s="12"/>
       <c r="F100" s="12"/>
     </row>
     <row r="101">
       <c r="B101" s="31" t="s">
         <v>303</v>
       </c>
       <c r="C101" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D101" s="33"/>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="34"/>
       <c r="C102" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C103" s="1">
-        <v>36653</v>
+        <v>36512</v>
       </c>
       <c r="D103" s="13">
-        <v>0.218</v>
+        <v>0.2169</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C104" s="1">
-        <v>24496</v>
+        <v>24285</v>
       </c>
       <c r="D104" s="13">
-        <v>0.1457</v>
+        <v>0.1443</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C105" s="1">
-        <v>72477</v>
+        <v>72052</v>
       </c>
       <c r="D105" s="13">
-        <v>0.431</v>
+        <v>0.428</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C106" s="1">
-        <v>22588</v>
+        <v>22725</v>
       </c>
       <c r="D106" s="13">
-        <v>0.1343</v>
+        <v>0.135</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C107" s="1">
-        <v>57109</v>
+        <v>57583</v>
       </c>
       <c r="D107" s="13">
-        <v>0.3396</v>
+        <v>0.3421</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D108" s="12"/>
       <c r="F108" s="12"/>
     </row>
     <row r="109" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D109" s="12"/>
       <c r="F109" s="12"/>
     </row>
     <row r="110" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D110" s="12"/>
       <c r="F110" s="12"/>
     </row>
     <row r="111" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D111" s="12"/>
       <c r="F111" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B45:B46"/>
     <mergeCell ref="C45:D45"/>
@@ -10975,1907 +10975,1907 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>308</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C10" s="3">
-        <v>68418</v>
+        <v>67921</v>
       </c>
       <c r="D10" s="15">
-        <v>0.4914</v>
+        <v>0.4893</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C11" s="3">
-        <v>15597</v>
+        <v>15365</v>
       </c>
       <c r="D11" s="15">
-        <v>0.112</v>
+        <v>0.1107</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C12" s="3">
-        <v>94423</v>
+        <v>93879</v>
       </c>
       <c r="D12" s="15">
-        <v>0.6782</v>
+        <v>0.6763</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C13" s="3">
-        <v>39625</v>
+        <v>39514</v>
       </c>
       <c r="D13" s="15">
-        <v>0.2846</v>
+        <v>0.2847</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C14" s="3">
-        <v>12896</v>
+        <v>12792</v>
       </c>
       <c r="D14" s="15">
-        <v>0.0926</v>
+        <v>0.0922</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C15" s="3">
-        <v>37024</v>
+        <v>36878</v>
       </c>
       <c r="D15" s="15">
-        <v>0.2659</v>
+        <v>0.2657</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C16" s="3">
-        <v>26108</v>
+        <v>26167</v>
       </c>
       <c r="D16" s="15">
-        <v>0.1875</v>
+        <v>0.1885</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C17" s="3">
-        <v>21588</v>
+        <v>21566</v>
       </c>
       <c r="D17" s="15">
-        <v>0.1551</v>
+        <v>0.1554</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C18" s="3">
-        <v>99938</v>
+        <v>99639</v>
       </c>
       <c r="D18" s="15">
-        <v>0.7179</v>
+        <v>0.7178</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C19" s="3">
-        <v>11297</v>
+        <v>11218</v>
       </c>
       <c r="D19" s="15">
-        <v>0.0811</v>
+        <v>0.0808</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C20" s="3">
-        <v>6415</v>
+        <v>6377</v>
       </c>
       <c r="D20" s="15">
-        <v>0.0461</v>
+        <v>0.0459</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C21" s="3">
-        <v>5241</v>
+        <v>5314</v>
       </c>
       <c r="D21" s="15">
-        <v>0.0376</v>
+        <v>0.0383</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D22" s="14"/>
       <c r="F22" s="14"/>
     </row>
     <row r="23">
       <c r="B23" s="31" t="s">
         <v>319</v>
       </c>
       <c r="C23" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="33"/>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="34"/>
       <c r="C24" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C25" s="3">
-        <v>55717</v>
+        <v>55789</v>
       </c>
       <c r="D25" s="15">
-        <v>0.4003</v>
+        <v>0.402</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C26" s="3">
-        <v>63722</v>
+        <v>63438</v>
       </c>
       <c r="D26" s="15">
-        <v>0.4578</v>
+        <v>0.4571</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C27" s="3">
-        <v>16709</v>
+        <v>16559</v>
       </c>
       <c r="D27" s="15">
-        <v>0.12</v>
+        <v>0.1193</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C28" s="3">
-        <v>3038</v>
+        <v>2994</v>
       </c>
       <c r="D28" s="15">
-        <v>0.0218</v>
+        <v>0.0216</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D29" s="14"/>
       <c r="F29" s="14"/>
     </row>
     <row r="30">
       <c r="B30" s="31" t="s">
         <v>324</v>
       </c>
       <c r="C30" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="33"/>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="34"/>
       <c r="C31" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C32" s="3">
-        <v>8308</v>
+        <v>8318</v>
       </c>
       <c r="D32" s="15">
-        <v>0.0994</v>
+        <v>0.1001</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C33" s="3">
-        <v>16938</v>
+        <v>16868</v>
       </c>
       <c r="D33" s="15">
-        <v>0.2027</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C34" s="3">
-        <v>22394</v>
+        <v>22121</v>
       </c>
       <c r="D34" s="15">
-        <v>0.2679</v>
+        <v>0.2662</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C35" s="3">
-        <v>14407</v>
+        <v>14310</v>
       </c>
       <c r="D35" s="15">
-        <v>0.1724</v>
+        <v>0.1722</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C36" s="3">
-        <v>6671</v>
+        <v>6614</v>
       </c>
       <c r="D36" s="15">
-        <v>0.0798</v>
+        <v>0.0796</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C37" s="3">
-        <v>2204</v>
+        <v>2117</v>
       </c>
       <c r="D37" s="15">
-        <v>0.0264</v>
+        <v>0.0255</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C38" s="3">
-        <v>906</v>
+        <v>863</v>
       </c>
       <c r="D38" s="15">
-        <v>0.0108</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C39" s="3">
-        <v>8747</v>
+        <v>8832</v>
       </c>
       <c r="D39" s="15">
-        <v>0.1047</v>
+        <v>0.1063</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C40" s="3">
-        <v>3585</v>
+        <v>3612</v>
       </c>
       <c r="D40" s="15">
-        <v>0.0429</v>
+        <v>0.0435</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C41" s="3">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="D41" s="15">
         <v>0.0072</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C42" s="3">
-        <v>1720</v>
+        <v>1724</v>
       </c>
       <c r="D42" s="15">
-        <v>0.0206</v>
+        <v>0.0207</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C43" s="3">
-        <v>17002</v>
+        <v>16831</v>
       </c>
       <c r="D43" s="15">
-        <v>0.2034</v>
+        <v>0.2026</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C44" s="3">
-        <v>1800</v>
+        <v>1749</v>
       </c>
       <c r="D44" s="15">
-        <v>0.0215</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D45" s="14"/>
       <c r="F45" s="14"/>
     </row>
     <row r="46">
       <c r="B46" s="31" t="s">
         <v>338</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="33"/>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="34"/>
       <c r="C47" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C48" s="3">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="D48" s="15">
         <v>0.0051</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C49" s="3">
-        <v>777</v>
+        <v>799</v>
       </c>
       <c r="D49" s="15">
-        <v>0.0093</v>
+        <v>0.0096</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C50" s="3">
-        <v>565</v>
+        <v>559</v>
       </c>
       <c r="D50" s="15">
-        <v>0.0068</v>
+        <v>0.0067</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C51" s="3">
-        <v>743</v>
+        <v>716</v>
       </c>
       <c r="D51" s="15">
-        <v>0.0089</v>
+        <v>0.0086</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C52" s="3">
-        <v>5396</v>
+        <v>5315</v>
       </c>
       <c r="D52" s="15">
-        <v>0.0646</v>
+        <v>0.064</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C53" s="3">
         <v>206</v>
       </c>
       <c r="D53" s="15">
         <v>0.0025</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C54" s="3">
-        <v>570</v>
+        <v>525</v>
       </c>
       <c r="D54" s="15">
-        <v>0.0068</v>
+        <v>0.0063</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C55" s="3">
-        <v>3351</v>
+        <v>3325</v>
       </c>
       <c r="D55" s="15">
         <v>0.0401</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C56" s="3">
         <v>36</v>
       </c>
       <c r="D56" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C57" s="3">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D57" s="15">
         <v>0.0014</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C58" s="3">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D58" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C59" s="3">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="D59" s="15">
         <v>0.0007</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C60" s="3">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D60" s="15">
-        <v>0.0016</v>
+        <v>0.0017</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C61" s="3">
-        <v>518</v>
+        <v>533</v>
       </c>
       <c r="D61" s="15">
-        <v>0.0062</v>
+        <v>0.0064</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C62" s="3">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="D62" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C63" s="3">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D63" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C64" s="3">
         <v>29</v>
       </c>
       <c r="D64" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C65" s="3">
-        <v>2133</v>
+        <v>2151</v>
       </c>
       <c r="D65" s="15">
-        <v>0.0255</v>
+        <v>0.0259</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C66" s="3">
-        <v>3998</v>
+        <v>3916</v>
       </c>
       <c r="D66" s="15">
-        <v>0.0478</v>
+        <v>0.0472</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C67" s="3">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D67" s="15">
         <v>0.0011</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C68" s="3">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="D68" s="15">
         <v>0.0064</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C69" s="3">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D69" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C70" s="3">
-        <v>1196</v>
+        <v>1185</v>
       </c>
       <c r="D70" s="15">
         <v>0.0143</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C71" s="3">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="D71" s="15">
-        <v>0.0012</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C72" s="3">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="D72" s="15">
-        <v>0.0063</v>
+        <v>0.0062</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C73" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D73" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C74" s="3">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="D74" s="15">
         <v>0.0024</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C75" s="3">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="D75" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C76" s="3">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="D76" s="15">
-        <v>0.0006</v>
+        <v>0.0007</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C77" s="3">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D77" s="15">
         <v>0.001</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C78" s="3">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="D78" s="15">
         <v>0.0037</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C79" s="3">
-        <v>3944</v>
+        <v>3900</v>
       </c>
       <c r="D79" s="15">
-        <v>0.0472</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C80" s="3">
-        <v>95</v>
+        <v>90</v>
       </c>
       <c r="D80" s="15">
         <v>0.0011</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C81" s="3">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="D81" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C82" s="3">
         <v>5</v>
       </c>
       <c r="D82" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C83" s="3">
-        <v>890</v>
+        <v>907</v>
       </c>
       <c r="D83" s="15">
-        <v>0.0106</v>
+        <v>0.0109</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C84" s="3">
         <v>13</v>
       </c>
       <c r="D84" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C85" s="3">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="D85" s="15">
-        <v>0.0026</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C86" s="3">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D86" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C87" s="3">
-        <v>2699</v>
+        <v>2659</v>
       </c>
       <c r="D87" s="15">
-        <v>0.0323</v>
+        <v>0.032</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C88" s="3">
         <v>49</v>
       </c>
       <c r="D88" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C89" s="3">
-        <v>6284</v>
+        <v>6195</v>
       </c>
       <c r="D89" s="15">
-        <v>0.0752</v>
+        <v>0.0746</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C90" s="3">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D90" s="15">
         <v>0.0026</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C91" s="3">
         <v>0</v>
       </c>
       <c r="D91" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C92" s="3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D92" s="15">
-        <v>0.0004</v>
+        <v>0.0003</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C93" s="3">
         <v>56</v>
       </c>
       <c r="D93" s="15">
         <v>0.0007</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C94" s="3">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="D94" s="15">
         <v>0.0008</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C95" s="3">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D95" s="15">
         <v>0.002</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C96" s="3">
-        <v>6721</v>
+        <v>6661</v>
       </c>
       <c r="D96" s="15">
-        <v>0.0804</v>
+        <v>0.0802</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C97" s="3">
-        <v>67</v>
+        <v>57</v>
       </c>
       <c r="D97" s="15">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C98" s="3">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D98" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C99" s="3">
-        <v>346</v>
+        <v>342</v>
       </c>
       <c r="D99" s="15">
         <v>0.0041</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C100" s="3">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D100" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C101" s="3">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="D101" s="15">
-        <v>0.0076</v>
+        <v>0.0077</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C102" s="3">
-        <v>476</v>
+        <v>468</v>
       </c>
       <c r="D102" s="15">
-        <v>0.0057</v>
+        <v>0.0056</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C103" s="3">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D103" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C104" s="3">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D104" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C105" s="3">
         <v>12</v>
       </c>
       <c r="D105" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C106" s="3">
         <v>15</v>
       </c>
       <c r="D106" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C107" s="3">
         <v>18</v>
       </c>
       <c r="D107" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C108" s="3">
-        <v>2291</v>
+        <v>2236</v>
       </c>
       <c r="D108" s="15">
-        <v>0.0274</v>
+        <v>0.0269</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C109" s="3">
-        <v>1447</v>
+        <v>1411</v>
       </c>
       <c r="D109" s="15">
-        <v>0.0173</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C110" s="3">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D110" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C111" s="3">
         <v>52</v>
       </c>
       <c r="D111" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C112" s="3">
-        <v>2574</v>
+        <v>2584</v>
       </c>
       <c r="D112" s="15">
-        <v>0.0308</v>
+        <v>0.0311</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C113" s="3">
-        <v>5150</v>
+        <v>5082</v>
       </c>
       <c r="D113" s="15">
-        <v>0.0616</v>
+        <v>0.0612</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C114" s="3">
-        <v>1811</v>
+        <v>1824</v>
       </c>
       <c r="D114" s="15">
-        <v>0.0217</v>
+        <v>0.022</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C115" s="3">
-        <v>784</v>
+        <v>776</v>
       </c>
       <c r="D115" s="15">
-        <v>0.0094</v>
+        <v>0.0093</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C116" s="3">
         <v>7</v>
       </c>
       <c r="D116" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C117" s="3">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="D117" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C118" s="3">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="D118" s="15">
-        <v>0.0016</v>
+        <v>0.0015</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C119" s="3">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="D119" s="15">
         <v>0.0009</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C120" s="3">
-        <v>4702</v>
+        <v>4711</v>
       </c>
       <c r="D120" s="15">
-        <v>0.0563</v>
+        <v>0.0568</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C121" s="3">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="D121" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C122" s="3">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="D122" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C123" s="3">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D123" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C124" s="3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D124" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C125" s="3">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="D125" s="15">
-        <v>0.0006</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C126" s="3">
-        <v>2374</v>
+        <v>2357</v>
       </c>
       <c r="D126" s="15">
         <v>0.0284</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C127" s="3">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D127" s="15">
-        <v>0.0002</v>
+        <v>0.0003</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C128" s="3">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D128" s="15">
-        <v>0.0042</v>
+        <v>0.0043</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C129" s="3">
-        <v>659</v>
+        <v>651</v>
       </c>
       <c r="D129" s="15">
-        <v>0.0079</v>
+        <v>0.0078</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C130" s="3">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="D130" s="15">
-        <v>0.011</v>
+        <v>0.0112</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C131" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D131" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C132" s="3">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D132" s="15">
-        <v>0.0007</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C133" s="3">
-        <v>8495</v>
+        <v>8438</v>
       </c>
       <c r="D133" s="15">
         <v>0.1017</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C134" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D134" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C135" s="3">
-        <v>3831</v>
+        <v>3789</v>
       </c>
       <c r="D135" s="15">
-        <v>0.0458</v>
+        <v>0.0456</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C136" s="3">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="D136" s="15">
         <v>0.0058</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C137" s="3">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D137" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C138" s="3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D138" s="15">
-        <v>0</v>
+        <v>0.0001</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C139" s="3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D139" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C140" s="3">
-        <v>17300</v>
+        <v>17171</v>
       </c>
       <c r="D140" s="15">
-        <v>0.207</v>
+        <v>0.2069</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C141" s="3">
-        <v>987</v>
+        <v>974</v>
       </c>
       <c r="D141" s="15">
-        <v>0.0118</v>
+        <v>0.0117</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C142" s="3">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="D142" s="15">
         <v>0.0018</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C143" s="3">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="D143" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="B144" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C144" s="3">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D144" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C145" s="3">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="D145" s="15">
         <v>0.001</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C146" s="3">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="D146" s="15">
-        <v>0.0041</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C147" s="3">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D147" s="15">
         <v>0.0008</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C148" s="3">
-        <v>949</v>
+        <v>979</v>
       </c>
       <c r="D148" s="15">
-        <v>0.0114</v>
+        <v>0.0118</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C149" s="3">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D149" s="15">
         <v>0.0024</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C150" s="3">
-        <v>1324</v>
+        <v>1349</v>
       </c>
       <c r="D150" s="15">
-        <v>0.0158</v>
+        <v>0.0163</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C151" s="3">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="D151" s="15">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C152" s="3">
-        <v>2011</v>
+        <v>1992</v>
       </c>
       <c r="D152" s="15">
-        <v>0.0241</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D153" s="14"/>
       <c r="F153" s="14"/>
     </row>
     <row r="154">
       <c r="B154" s="31" t="s">
         <v>444</v>
       </c>
       <c r="C154" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="33"/>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="34"/>
       <c r="C155" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C156" s="3">
-        <v>40156</v>
+        <v>39829</v>
       </c>
       <c r="D156" s="15">
-        <v>0.4805</v>
+        <v>0.4793</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C157" s="3">
-        <v>62957</v>
+        <v>62558</v>
       </c>
       <c r="D157" s="15">
-        <v>0.7533</v>
+        <v>0.7528</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D158" s="14"/>
       <c r="F158" s="14"/>
     </row>
     <row r="159">
       <c r="B159" s="31" t="s">
         <v>447</v>
       </c>
       <c r="C159" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="33"/>
     </row>
     <row r="160" ht="15" customHeight="1">
       <c r="B160" s="34"/>
       <c r="C160" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C161" s="3">
-        <v>15232</v>
+        <v>15097</v>
       </c>
       <c r="D161" s="15">
-        <v>0.1095</v>
+        <v>0.1088</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C162" s="3">
-        <v>36885</v>
+        <v>36650</v>
       </c>
       <c r="D162" s="15">
-        <v>0.2651</v>
+        <v>0.2641</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C163" s="3">
-        <v>53937</v>
+        <v>54105</v>
       </c>
       <c r="D163" s="15">
-        <v>0.3876</v>
+        <v>0.3899</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1">
       <c r="B164" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C164" s="3">
-        <v>33106</v>
+        <v>32901</v>
       </c>
       <c r="D164" s="15">
-        <v>0.2379</v>
+        <v>0.2371</v>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D165" s="14"/>
       <c r="F165" s="14"/>
     </row>
     <row r="166">
       <c r="B166" s="31" t="s">
         <v>452</v>
       </c>
       <c r="C166" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="33"/>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="34"/>
       <c r="C167" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C168" s="3">
-        <v>68272</v>
+        <v>67734</v>
       </c>
       <c r="D168" s="15">
-        <v>0.4907</v>
+        <v>0.4883</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C169" s="3">
-        <v>70855</v>
+        <v>70988</v>
       </c>
       <c r="D169" s="15">
-        <v>0.5093</v>
+        <v>0.5117</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1"/>
     <row r="171">
       <c r="B171" s="31" t="s">
         <v>455</v>
       </c>
       <c r="C171" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="33"/>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="34"/>
       <c r="C172" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C173" s="3">
-        <v>43274</v>
+        <v>42921</v>
       </c>
       <c r="D173" s="15">
-        <v>0.5182</v>
+        <v>0.517</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C174" s="3">
-        <v>39881</v>
+        <v>39495</v>
       </c>
       <c r="D174" s="15">
-        <v>0.4776</v>
+        <v>0.4757</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C175" s="3">
-        <v>44126</v>
+        <v>43876</v>
       </c>
       <c r="D175" s="15">
-        <v>0.5284</v>
+        <v>0.5285</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1">
       <c r="B176" s="3" t="s">
         <v>459</v>
       </c>
       <c r="C176" s="3">
-        <v>35818</v>
+        <v>35497</v>
       </c>
       <c r="D176" s="15">
-        <v>0.4289</v>
+        <v>0.4275</v>
       </c>
     </row>
     <row r="177" ht="15" customHeight="1">
       <c r="B177" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C177" s="3">
-        <v>43559</v>
+        <v>43130</v>
       </c>
       <c r="D177" s="15">
-        <v>0.5216</v>
+        <v>0.5195</v>
       </c>
     </row>
     <row r="178" ht="15" customHeight="1">
       <c r="B178" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C178" s="3">
-        <v>25262</v>
+        <v>25236</v>
       </c>
       <c r="D178" s="15">
-        <v>0.3025</v>
+        <v>0.304</v>
       </c>
     </row>
     <row r="179" ht="15" customHeight="1"/>
     <row r="180">
       <c r="B180" s="31" t="s">
         <v>461</v>
       </c>
       <c r="C180" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="33"/>
     </row>
     <row r="181" ht="15" customHeight="1">
       <c r="B181" s="34"/>
       <c r="C181" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182" ht="15" customHeight="1">
       <c r="B182" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C182" s="3">
-        <v>33026</v>
+        <v>32615</v>
       </c>
       <c r="D182" s="15">
-        <v>0.3955</v>
+        <v>0.3928</v>
       </c>
     </row>
     <row r="183" ht="15" customHeight="1">
       <c r="B183" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C183" s="3">
-        <v>19498</v>
+        <v>19324</v>
       </c>
       <c r="D183" s="15">
-        <v>0.2335</v>
+        <v>0.2327</v>
       </c>
     </row>
     <row r="184" ht="15" customHeight="1">
       <c r="B184" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C184" s="3">
-        <v>37337</v>
+        <v>37071</v>
       </c>
       <c r="D184" s="15">
-        <v>0.4471</v>
+        <v>0.4465</v>
       </c>
     </row>
     <row r="185" ht="15" customHeight="1">
       <c r="B185" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C185" s="3">
-        <v>5234</v>
+        <v>5166</v>
       </c>
       <c r="D185" s="15">
-        <v>0.0627</v>
+        <v>0.0622</v>
       </c>
     </row>
     <row r="186" ht="15" customHeight="1">
       <c r="B186" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C186" s="3">
-        <v>47234</v>
+        <v>46892</v>
       </c>
       <c r="D186" s="15">
-        <v>0.5656</v>
+        <v>0.5648</v>
       </c>
     </row>
     <row r="187" ht="15" customHeight="1">
       <c r="B187" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C187" s="3">
-        <v>17731</v>
+        <v>17725</v>
       </c>
       <c r="D187" s="15">
-        <v>0.2123</v>
+        <v>0.2135</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B23:B24"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="B30:B31"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="B154:B155"/>
     <mergeCell ref="C154:D154"/>
     <mergeCell ref="B159:B160"/>
     <mergeCell ref="C159:D159"/>
     <mergeCell ref="B166:B167"/>
     <mergeCell ref="C166:D166"/>
     <mergeCell ref="B171:B172"/>
     <mergeCell ref="C171:D171"/>
     <mergeCell ref="B180:B181"/>
     <mergeCell ref="C180:D180"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -12955,1481 +12955,1481 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>467</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C10" s="1">
-        <v>25872</v>
+        <v>25602</v>
       </c>
       <c r="D10" s="13">
-        <v>0.3048</v>
+        <v>0.3037</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C11" s="1">
-        <v>4761</v>
+        <v>4727</v>
       </c>
       <c r="D11" s="13">
         <v>0.0561</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C12" s="1">
-        <v>5319</v>
+        <v>5287</v>
       </c>
       <c r="D12" s="13">
         <v>0.0627</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C13" s="1">
-        <v>4243</v>
+        <v>4165</v>
       </c>
       <c r="D13" s="13">
-        <v>0.05</v>
+        <v>0.0494</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C14" s="1">
-        <v>6923</v>
+        <v>6865</v>
       </c>
       <c r="D14" s="13">
-        <v>0.0816</v>
+        <v>0.0814</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C15" s="1">
-        <v>1664</v>
+        <v>1672</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0196</v>
+        <v>0.0198</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C16" s="1">
-        <v>5063</v>
+        <v>5038</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0597</v>
+        <v>0.0598</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C17" s="1">
-        <v>1443</v>
+        <v>1426</v>
       </c>
       <c r="D17" s="13">
-        <v>0.017</v>
+        <v>0.0169</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C18" s="1">
-        <v>6464</v>
+        <v>6429</v>
       </c>
       <c r="D18" s="13">
-        <v>0.0762</v>
+        <v>0.0763</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C19" s="1">
-        <v>1889</v>
+        <v>1843</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0223</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C20" s="1">
-        <v>2544</v>
+        <v>2526</v>
       </c>
       <c r="D20" s="13">
         <v>0.03</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C21" s="1">
-        <v>1618</v>
+        <v>1578</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0191</v>
+        <v>0.0187</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C22" s="1">
-        <v>1483</v>
+        <v>1497</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0175</v>
+        <v>0.0178</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>481</v>
       </c>
       <c r="C23" s="1">
-        <v>6798</v>
+        <v>6731</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0801</v>
+        <v>0.0798</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C24" s="1">
-        <v>2458</v>
+        <v>2439</v>
       </c>
       <c r="D24" s="13">
-        <v>0.029</v>
+        <v>0.0289</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C25" s="1">
-        <v>6026</v>
+        <v>5932</v>
       </c>
       <c r="D25" s="13">
-        <v>0.071</v>
+        <v>0.0704</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C26" s="1">
-        <v>4673</v>
+        <v>4583</v>
       </c>
       <c r="D26" s="13">
-        <v>0.0551</v>
+        <v>0.0544</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C27" s="1">
-        <v>2685</v>
+        <v>2654</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0316</v>
+        <v>0.0315</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C28" s="1">
-        <v>4468</v>
+        <v>4374</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0526</v>
+        <v>0.0519</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="1">
-        <v>10746</v>
+        <v>10719</v>
       </c>
       <c r="D29" s="13">
-        <v>0.1266</v>
+        <v>0.1271</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C30" s="1">
-        <v>19765</v>
+        <v>19772</v>
       </c>
       <c r="D30" s="13">
-        <v>0.2329</v>
+        <v>0.2345</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D31" s="12"/>
       <c r="F31" s="12"/>
     </row>
     <row r="32">
       <c r="B32" s="31" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="33"/>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="34"/>
       <c r="C33" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C34" s="1">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0406</v>
+        <v>0.0403</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="1">
-        <v>749</v>
+        <v>691</v>
       </c>
       <c r="D35" s="13">
-        <v>0.0329</v>
+        <v>0.0302</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C36" s="1">
-        <v>385</v>
+        <v>367</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0169</v>
+        <v>0.0161</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>489</v>
       </c>
       <c r="C37" s="1">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="D37" s="13">
-        <v>0.014</v>
+        <v>0.0138</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C38" s="1">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0087</v>
+        <v>0.0085</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C39" s="1">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="D39" s="13">
-        <v>0.0051</v>
+        <v>0.0053</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>55</v>
       </c>
       <c r="D40" s="13">
-        <v>0.0026</v>
+        <v>0.0024</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C41" s="1">
         <v>242</v>
       </c>
       <c r="D41" s="13">
         <v>0.0106</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C42" s="1">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="D42" s="13">
-        <v>0.0046</v>
+        <v>0.0043</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C43" s="1">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0022</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C44" s="1">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="D44" s="13">
-        <v>0.0199</v>
+        <v>0.0194</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C45" s="1">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="D45" s="13">
-        <v>0.009</v>
+        <v>0.0088</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C46" s="1">
         <v>17</v>
       </c>
       <c r="D46" s="13">
         <v>0.0007</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C47" s="1">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="D47" s="13">
-        <v>0.0015</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C48" s="1">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0015</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C49" s="1">
-        <v>395</v>
+        <v>384</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0174</v>
+        <v>0.0168</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D50" s="13">
-        <v>0.0101</v>
+        <v>0.0103</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C51" s="1">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="D51" s="13">
-        <v>0.0067</v>
+        <v>0.0063</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C52" s="1">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D52" s="13">
-        <v>0.012</v>
+        <v>0.0119</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>505</v>
       </c>
       <c r="C53" s="1">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D53" s="13">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C54" s="1">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C55" s="1">
         <v>79</v>
       </c>
       <c r="D55" s="13">
         <v>0.0035</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C56" s="1">
         <v>91</v>
       </c>
       <c r="D56" s="13">
         <v>0.004</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C57" s="1">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="D57" s="13">
-        <v>0.0094</v>
+        <v>0.0093</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C58" s="1">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D58" s="13">
-        <v>0.0016</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>511</v>
       </c>
       <c r="C59" s="1">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D59" s="13">
-        <v>0.0011</v>
+        <v>0.0012</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C60" s="1">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="D60" s="13">
-        <v>0.0016</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C61" s="1">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D61" s="13">
-        <v>0.005</v>
+        <v>0.0051</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C62" s="1">
-        <v>390</v>
+        <v>383</v>
       </c>
       <c r="D62" s="13">
-        <v>0.0171</v>
+        <v>0.0168</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C63" s="1">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="D63" s="13">
         <v>0.0207</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C64" s="1">
-        <v>101</v>
+        <v>110</v>
       </c>
       <c r="D64" s="13">
-        <v>0.0044</v>
+        <v>0.0048</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>517</v>
       </c>
       <c r="C65" s="1">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="D65" s="13">
         <v>0.005</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C66" s="1">
         <v>24</v>
       </c>
       <c r="D66" s="13">
-        <v>0.0011</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C67" s="1">
-        <v>630</v>
+        <v>663</v>
       </c>
       <c r="D67" s="13">
-        <v>0.0277</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="D68" s="13">
-        <v>0.007</v>
+        <v>0.0072</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C69" s="1">
-        <v>232</v>
+        <v>247</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0102</v>
+        <v>0.0108</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C70" s="1">
         <v>22</v>
       </c>
       <c r="D70" s="13">
         <v>0.001</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>523</v>
       </c>
       <c r="C71" s="1">
-        <v>209</v>
+        <v>233</v>
       </c>
       <c r="D71" s="13">
-        <v>0.0092</v>
+        <v>0.0102</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C72" s="1">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="D72" s="13">
-        <v>0.0091</v>
+        <v>0.0092</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C73" s="1">
         <v>264</v>
       </c>
       <c r="D73" s="13">
-        <v>0.0116</v>
+        <v>0.0115</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C74" s="1">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="D74" s="13">
-        <v>0.0133</v>
+        <v>0.0137</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>527</v>
       </c>
       <c r="C75" s="1">
-        <v>586</v>
+        <v>566</v>
       </c>
       <c r="D75" s="13">
-        <v>0.0258</v>
+        <v>0.0248</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C76" s="1">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="D76" s="13">
-        <v>0.0141</v>
+        <v>0.0137</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C77" s="1">
-        <v>1729</v>
+        <v>1735</v>
       </c>
       <c r="D77" s="13">
-        <v>0.076</v>
+        <v>0.0759</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C78" s="1">
         <v>403</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0177</v>
+        <v>0.0176</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C79" s="1">
-        <v>813</v>
+        <v>800</v>
       </c>
       <c r="D79" s="13">
-        <v>0.0357</v>
+        <v>0.035</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C80" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D80" s="13">
-        <v>0.0097</v>
+        <v>0.0098</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C81" s="1">
         <v>105</v>
       </c>
       <c r="D81" s="13">
         <v>0.0046</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C82" s="1">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="D82" s="13">
-        <v>0.0173</v>
+        <v>0.0178</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C83" s="1">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D83" s="13">
-        <v>0.005</v>
+        <v>0.0048</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C84" s="1">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D84" s="13">
         <v>0.0135</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>537</v>
       </c>
       <c r="C85" s="1">
-        <v>652</v>
+        <v>641</v>
       </c>
       <c r="D85" s="13">
-        <v>0.0287</v>
+        <v>0.028</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C86" s="1">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="D86" s="13">
-        <v>0.0087</v>
+        <v>0.0091</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>539</v>
       </c>
       <c r="C87" s="1">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="D87" s="13">
-        <v>0.0043</v>
+        <v>0.0044</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C88" s="1">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="D88" s="13">
-        <v>0.0142</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>541</v>
       </c>
       <c r="C89" s="1">
-        <v>468</v>
+        <v>462</v>
       </c>
       <c r="D89" s="13">
-        <v>0.0206</v>
+        <v>0.0202</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C90" s="1">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="D90" s="13">
-        <v>0.0071</v>
+        <v>0.0072</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C91" s="1">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="D91" s="13">
-        <v>0.0113</v>
+        <v>0.0115</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C92" s="1">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D92" s="13">
-        <v>0.003</v>
+        <v>0.0031</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C93" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D93" s="13">
-        <v>0.0012</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="D94" s="13">
-        <v>0.0075</v>
+        <v>0.0077</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>547</v>
       </c>
       <c r="C95" s="1">
         <v>135</v>
       </c>
       <c r="D95" s="13">
         <v>0.0059</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C96" s="1">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="D96" s="13">
-        <v>0.0187</v>
+        <v>0.0192</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C97" s="1">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="D97" s="13">
-        <v>0.004</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="D98" s="13">
-        <v>0.0099</v>
+        <v>0.0101</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C99" s="1">
-        <v>213</v>
+        <v>205</v>
       </c>
       <c r="D99" s="13">
-        <v>0.0094</v>
+        <v>0.009</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C100" s="1">
         <v>35</v>
       </c>
       <c r="D100" s="13">
         <v>0.0015</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C101" s="1">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="D101" s="13">
-        <v>0.0009</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C102" s="1">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D102" s="13">
-        <v>0.0044</v>
+        <v>0.0046</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>555</v>
       </c>
       <c r="C103" s="1">
         <v>63</v>
       </c>
       <c r="D103" s="13">
         <v>0.0028</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C104" s="1">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D104" s="13">
-        <v>0.0004</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C105" s="1">
         <v>82</v>
       </c>
       <c r="D105" s="13">
         <v>0.0036</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C106" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D106" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>559</v>
       </c>
       <c r="C107" s="1">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D107" s="13">
-        <v>0.0051</v>
+        <v>0.0052</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C108" s="1">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="D108" s="13">
-        <v>0.0134</v>
+        <v>0.0137</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C109" s="1">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D109" s="13">
         <v>0.022</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C110" s="1">
-        <v>1725</v>
+        <v>1734</v>
       </c>
       <c r="D110" s="13">
-        <v>0.0758</v>
+        <v>0.0759</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>563</v>
       </c>
       <c r="C111" s="1">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="D111" s="13">
-        <v>0.0165</v>
+        <v>0.0162</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C112" s="1">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="D112" s="13">
-        <v>0.0069</v>
+        <v>0.007</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C113" s="1">
         <v>351</v>
       </c>
       <c r="D113" s="13">
         <v>0.0154</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C114" s="1">
-        <v>483</v>
+        <v>544</v>
       </c>
       <c r="D114" s="13">
-        <v>0.0212</v>
+        <v>0.0238</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C115" s="1">
-        <v>273</v>
+        <v>308</v>
       </c>
       <c r="D115" s="13">
-        <v>0.012</v>
+        <v>0.0135</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C116" s="1">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="D116" s="13">
-        <v>0.0232</v>
+        <v>0.0234</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C117" s="1">
-        <v>114</v>
+        <v>106</v>
       </c>
       <c r="D117" s="13">
-        <v>0.005</v>
+        <v>0.0046</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C118" s="1">
         <v>73</v>
       </c>
       <c r="D118" s="13">
         <v>0.0032</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C119" s="1">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D119" s="13">
-        <v>0.0023</v>
+        <v>0.0024</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C120" s="1">
-        <v>274</v>
+        <v>293</v>
       </c>
       <c r="D120" s="13">
-        <v>0.012</v>
+        <v>0.0128</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C121" s="1">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="D121" s="13">
-        <v>0.0032</v>
+        <v>0.0034</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="1" t="s">
         <v>573</v>
       </c>
       <c r="C122" s="1">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D122" s="13">
         <v>0.0007</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C123" s="1">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="D123" s="13">
-        <v>0.002</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="1" t="s">
         <v>575</v>
       </c>
       <c r="C124" s="1">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="D124" s="13">
-        <v>0.0036</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C125" s="1">
         <v>31</v>
       </c>
       <c r="D125" s="13">
         <v>0.0014</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C126" s="1">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="D126" s="13">
-        <v>0.0021</v>
+        <v>0.0024</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C127" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="D127" s="13">
-        <v>0.0007</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C128" s="1">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D128" s="13">
-        <v>0.0012</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C129" s="1">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="D129" s="13">
-        <v>0.0127</v>
+        <v>0.0131</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C130" s="1">
-        <v>519</v>
+        <v>512</v>
       </c>
       <c r="D130" s="13">
-        <v>0.0228</v>
+        <v>0.0224</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C131" s="1">
-        <v>638</v>
+        <v>626</v>
       </c>
       <c r="D131" s="13">
-        <v>0.028</v>
+        <v>0.0274</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="1" t="s">
         <v>583</v>
       </c>
       <c r="C132" s="1">
-        <v>342</v>
+        <v>337</v>
       </c>
       <c r="D132" s="13">
-        <v>0.015</v>
+        <v>0.0147</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C133" s="1">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="D133" s="13">
-        <v>0.0159</v>
+        <v>0.0157</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C134" s="1">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D134" s="13">
-        <v>0.0196</v>
+        <v>0.0193</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C135" s="1">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D135" s="13">
-        <v>0.0079</v>
+        <v>0.0077</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C136" s="1">
-        <v>706</v>
+        <v>697</v>
       </c>
       <c r="D136" s="13">
-        <v>0.031</v>
+        <v>0.0305</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C137" s="1">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="D137" s="13">
-        <v>0.0028</v>
+        <v>0.0024</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C138" s="1">
         <v>23</v>
       </c>
       <c r="D138" s="13">
         <v>0.001</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C139" s="1">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="D139" s="13">
-        <v>0.0029</v>
+        <v>0.0031</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="1" t="s">
         <v>591</v>
       </c>
       <c r="C140" s="1">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="D140" s="13">
-        <v>0.0077</v>
+        <v>0.0076</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C141" s="1">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D141" s="13">
         <v>0.0007</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C142" s="1">
         <v>4</v>
       </c>
       <c r="D142" s="13">
         <v>0.0002</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C143" s="1">
         <v>2</v>
       </c>
       <c r="D143" s="13">
         <v>0.0001</v>
@@ -14440,51 +14440,51 @@
         <v>595</v>
       </c>
       <c r="C144" s="1">
         <v>3</v>
       </c>
       <c r="D144" s="13">
         <v>0.0001</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C145" s="1">
         <v>0</v>
       </c>
       <c r="D145" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C146" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D146" s="13">
         <v>0.0003</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D147" s="12"/>
       <c r="F147" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C32:D32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
@@ -14556,1808 +14556,1808 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>598</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>599</v>
       </c>
       <c r="C10" s="1">
-        <v>43905</v>
+        <v>43680</v>
       </c>
       <c r="D10" s="13">
-        <v>0.3516</v>
+        <v>0.3511</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C11" s="1">
-        <v>12732</v>
+        <v>12647</v>
       </c>
       <c r="D11" s="13">
-        <v>0.102</v>
+        <v>0.1017</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>601</v>
       </c>
       <c r="C12" s="1">
-        <v>25469</v>
+        <v>25218</v>
       </c>
       <c r="D12" s="13">
-        <v>0.204</v>
+        <v>0.2027</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C13" s="1">
-        <v>42761</v>
+        <v>42851</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3425</v>
+        <v>0.3445</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B14" s="8"/>
       <c r="D14" s="12"/>
       <c r="F14" s="12"/>
     </row>
     <row r="15">
       <c r="B15" s="31" t="s">
         <v>603</v>
       </c>
       <c r="C15" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="33"/>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="34"/>
       <c r="C16" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C17" s="1">
-        <v>76013</v>
+        <v>75633</v>
       </c>
       <c r="D17" s="13">
-        <v>0.6088</v>
+        <v>0.608</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C18" s="1">
-        <v>47066</v>
+        <v>46865</v>
       </c>
       <c r="D18" s="13">
-        <v>0.3769</v>
+        <v>0.3767</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C19" s="1">
-        <v>61098</v>
+        <v>60702</v>
       </c>
       <c r="D19" s="13">
-        <v>0.4893</v>
+        <v>0.488</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C20" s="1">
-        <v>33208</v>
+        <v>32841</v>
       </c>
       <c r="D20" s="13">
-        <v>0.2659</v>
+        <v>0.264</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C21" s="1">
-        <v>28044</v>
+        <v>27673</v>
       </c>
       <c r="D21" s="13">
-        <v>0.2246</v>
+        <v>0.2225</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C22" s="1">
-        <v>6317</v>
+        <v>6174</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0506</v>
+        <v>0.0496</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C23" s="1">
-        <v>18955</v>
+        <v>18980</v>
       </c>
       <c r="D23" s="13">
-        <v>0.1518</v>
+        <v>0.1526</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B24" s="8"/>
       <c r="D24" s="12"/>
       <c r="F24" s="12"/>
     </row>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>610</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="33"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="34"/>
       <c r="C26" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C27" s="1">
-        <v>22613</v>
+        <v>22387</v>
       </c>
       <c r="D27" s="13">
-        <v>0.1811</v>
+        <v>0.18</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C28" s="1">
-        <v>7576</v>
+        <v>7495</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0607</v>
+        <v>0.0603</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C29" s="1">
-        <v>588</v>
+        <v>576</v>
       </c>
       <c r="D29" s="13">
-        <v>0.0047</v>
+        <v>0.0046</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C30" s="1">
-        <v>13310</v>
+        <v>13238</v>
       </c>
       <c r="D30" s="13">
-        <v>0.1066</v>
+        <v>0.1064</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C31" s="1">
-        <v>2803</v>
+        <v>2759</v>
       </c>
       <c r="D31" s="13">
-        <v>0.0224</v>
+        <v>0.0222</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C32" s="1">
-        <v>36491</v>
+        <v>36122</v>
       </c>
       <c r="D32" s="13">
-        <v>0.2922</v>
+        <v>0.2904</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C33" s="1">
-        <v>5816</v>
+        <v>5757</v>
       </c>
       <c r="D33" s="13">
-        <v>0.0466</v>
+        <v>0.0463</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C34" s="1">
-        <v>17636</v>
+        <v>17511</v>
       </c>
       <c r="D34" s="13">
-        <v>0.1412</v>
+        <v>0.1408</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>619</v>
       </c>
       <c r="C35" s="1">
-        <v>4243</v>
+        <v>4186</v>
       </c>
       <c r="D35" s="13">
-        <v>0.034</v>
+        <v>0.0337</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C36" s="1">
-        <v>3772</v>
+        <v>3712</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0302</v>
+        <v>0.0298</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C37" s="1">
-        <v>6939</v>
+        <v>6928</v>
       </c>
       <c r="D37" s="13">
-        <v>0.0556</v>
+        <v>0.0557</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C38" s="1">
-        <v>21570</v>
+        <v>21509</v>
       </c>
       <c r="D38" s="13">
-        <v>0.1727</v>
+        <v>0.1729</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>623</v>
       </c>
       <c r="C39" s="1">
-        <v>11561</v>
+        <v>11383</v>
       </c>
       <c r="D39" s="13">
-        <v>0.0926</v>
+        <v>0.0915</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C40" s="1">
-        <v>28539</v>
+        <v>28238</v>
       </c>
       <c r="D40" s="13">
-        <v>0.2286</v>
+        <v>0.227</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C41" s="1">
-        <v>9573</v>
+        <v>9513</v>
       </c>
       <c r="D41" s="13">
-        <v>0.0767</v>
+        <v>0.0765</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C42" s="1">
-        <v>14378</v>
+        <v>14155</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1151</v>
+        <v>0.1138</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C43" s="1">
-        <v>6897</v>
+        <v>6826</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0552</v>
+        <v>0.0549</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C44" s="1">
-        <v>27273</v>
+        <v>27110</v>
       </c>
       <c r="D44" s="13">
-        <v>0.2184</v>
+        <v>0.2179</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>629</v>
       </c>
       <c r="C45" s="1">
-        <v>36960</v>
+        <v>36823</v>
       </c>
       <c r="D45" s="13">
         <v>0.296</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C46" s="1">
-        <v>4818</v>
+        <v>4755</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0386</v>
+        <v>0.0382</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C47" s="1">
-        <v>26692</v>
+        <v>26345</v>
       </c>
       <c r="D47" s="13">
-        <v>0.2138</v>
+        <v>0.2118</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C48" s="1">
-        <v>1834</v>
+        <v>1761</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0147</v>
+        <v>0.0142</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C49" s="1">
-        <v>2615</v>
+        <v>2542</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0209</v>
+        <v>0.0204</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C50" s="1">
-        <v>10787</v>
+        <v>10723</v>
       </c>
       <c r="D50" s="13">
-        <v>0.0864</v>
+        <v>0.0862</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C51" s="1">
-        <v>9683</v>
+        <v>9607</v>
       </c>
       <c r="D51" s="13">
-        <v>0.0775</v>
+        <v>0.0772</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>636</v>
       </c>
       <c r="C52" s="1">
-        <v>3258</v>
+        <v>3237</v>
       </c>
       <c r="D52" s="13">
-        <v>0.0261</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>637</v>
       </c>
       <c r="C53" s="1">
-        <v>4253</v>
+        <v>4247</v>
       </c>
       <c r="D53" s="13">
         <v>0.0341</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C54" s="1">
-        <v>1550</v>
+        <v>1498</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0124</v>
+        <v>0.012</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C55" s="1">
-        <v>47822</v>
+        <v>47481</v>
       </c>
       <c r="D55" s="13">
-        <v>0.383</v>
+        <v>0.3817</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>640</v>
       </c>
       <c r="C56" s="1">
-        <v>60269</v>
+        <v>59979</v>
       </c>
       <c r="D56" s="13">
-        <v>0.4827</v>
+        <v>0.4822</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C57" s="1">
-        <v>13685</v>
+        <v>13610</v>
       </c>
       <c r="D57" s="13">
-        <v>0.1096</v>
+        <v>0.1094</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C58" s="1">
-        <v>7238</v>
+        <v>7154</v>
       </c>
       <c r="D58" s="13">
-        <v>0.058</v>
+        <v>0.0575</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C59" s="1">
-        <v>3306</v>
+        <v>3271</v>
       </c>
       <c r="D59" s="13">
-        <v>0.0265</v>
+        <v>0.0263</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C60" s="1">
-        <v>18150</v>
+        <v>18051</v>
       </c>
       <c r="D60" s="13">
-        <v>0.1454</v>
+        <v>0.1451</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C61" s="1">
-        <v>18524</v>
+        <v>18464</v>
       </c>
       <c r="D61" s="13">
-        <v>0.1483</v>
+        <v>0.1484</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B62" s="8"/>
       <c r="D62" s="12"/>
       <c r="F62" s="12"/>
     </row>
     <row r="63">
       <c r="B63" s="31" t="s">
         <v>645</v>
       </c>
       <c r="C63" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="33"/>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="34"/>
       <c r="C64" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C65" s="1">
-        <v>927</v>
+        <v>926</v>
       </c>
       <c r="D65" s="13">
         <v>0.0074</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C66" s="1">
-        <v>27046</v>
+        <v>26854</v>
       </c>
       <c r="D66" s="13">
-        <v>0.2166</v>
+        <v>0.2159</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C67" s="1">
-        <v>19318</v>
+        <v>18873</v>
       </c>
       <c r="D67" s="13">
-        <v>0.1547</v>
+        <v>0.1517</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C68" s="1">
-        <v>3320</v>
+        <v>3293</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0266</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C69" s="1">
-        <v>2018</v>
+        <v>1976</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0162</v>
+        <v>0.0159</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C70" s="1">
-        <v>34366</v>
+        <v>34293</v>
       </c>
       <c r="D70" s="13">
-        <v>0.2753</v>
+        <v>0.2757</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>652</v>
       </c>
       <c r="C71" s="1">
-        <v>23646</v>
+        <v>23354</v>
       </c>
       <c r="D71" s="13">
-        <v>0.1894</v>
+        <v>0.1878</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>653</v>
       </c>
       <c r="C72" s="1">
-        <v>37498</v>
+        <v>37192</v>
       </c>
       <c r="D72" s="13">
-        <v>0.3003</v>
+        <v>0.299</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C73" s="1">
-        <v>56726</v>
+        <v>56452</v>
       </c>
       <c r="D73" s="13">
-        <v>0.4544</v>
+        <v>0.4539</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C74" s="1">
-        <v>25786</v>
+        <v>25676</v>
       </c>
       <c r="D74" s="13">
-        <v>0.2065</v>
+        <v>0.2064</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C75" s="1">
-        <v>57017</v>
+        <v>56337</v>
       </c>
       <c r="D75" s="13">
-        <v>0.4567</v>
+        <v>0.4529</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>657</v>
       </c>
       <c r="C76" s="1">
-        <v>18058</v>
+        <v>17880</v>
       </c>
       <c r="D76" s="13">
-        <v>0.1446</v>
+        <v>0.1438</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C77" s="1">
-        <v>12175</v>
+        <v>12112</v>
       </c>
       <c r="D77" s="13">
-        <v>0.0975</v>
+        <v>0.0974</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C78" s="1">
-        <v>9185</v>
+        <v>9041</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0736</v>
+        <v>0.0727</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C79" s="1">
-        <v>15412</v>
+        <v>15166</v>
       </c>
       <c r="D79" s="13">
-        <v>0.1234</v>
+        <v>0.1219</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C80" s="1">
-        <v>13439</v>
+        <v>13312</v>
       </c>
       <c r="D80" s="13">
-        <v>0.1076</v>
+        <v>0.107</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C81" s="1">
-        <v>21469</v>
+        <v>21282</v>
       </c>
       <c r="D81" s="13">
-        <v>0.172</v>
+        <v>0.1711</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C82" s="1">
-        <v>15641</v>
+        <v>15630</v>
       </c>
       <c r="D82" s="13">
-        <v>0.1253</v>
+        <v>0.1257</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C83" s="1">
         <v>4623</v>
       </c>
       <c r="D83" s="13">
-        <v>0.037</v>
+        <v>0.0372</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C84" s="1">
-        <v>12401</v>
+        <v>12307</v>
       </c>
       <c r="D84" s="13">
-        <v>0.0993</v>
+        <v>0.0989</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C85" s="1">
-        <v>61430</v>
+        <v>60925</v>
       </c>
       <c r="D85" s="13">
-        <v>0.492</v>
+        <v>0.4898</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C86" s="1">
-        <v>4092</v>
+        <v>4059</v>
       </c>
       <c r="D86" s="13">
-        <v>0.0328</v>
+        <v>0.0326</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C87" s="1">
-        <v>8201</v>
+        <v>8148</v>
       </c>
       <c r="D87" s="13">
-        <v>0.0657</v>
+        <v>0.0655</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C88" s="1">
-        <v>28571</v>
+        <v>28093</v>
       </c>
       <c r="D88" s="13">
-        <v>0.2288</v>
+        <v>0.2259</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C89" s="1">
         <v>6</v>
       </c>
       <c r="D89" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C90" s="1">
-        <v>28502</v>
+        <v>28230</v>
       </c>
       <c r="D90" s="13">
-        <v>0.2283</v>
+        <v>0.227</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C91" s="1">
-        <v>6431</v>
+        <v>6422</v>
       </c>
       <c r="D91" s="13">
-        <v>0.0515</v>
+        <v>0.0516</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C92" s="1">
-        <v>14943</v>
+        <v>14845</v>
       </c>
       <c r="D92" s="13">
-        <v>0.1197</v>
+        <v>0.1194</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C93" s="1">
-        <v>1304</v>
+        <v>1296</v>
       </c>
       <c r="D93" s="13">
         <v>0.0104</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C94" s="1">
-        <v>7861</v>
+        <v>7768</v>
       </c>
       <c r="D94" s="13">
-        <v>0.063</v>
+        <v>0.0625</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C95" s="1">
-        <v>20965</v>
+        <v>20808</v>
       </c>
       <c r="D95" s="13">
-        <v>0.1679</v>
+        <v>0.1673</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C96" s="1">
-        <v>48367</v>
+        <v>47952</v>
       </c>
       <c r="D96" s="13">
-        <v>0.3874</v>
+        <v>0.3855</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C97" s="1">
-        <v>26471</v>
+        <v>26297</v>
       </c>
       <c r="D97" s="13">
-        <v>0.212</v>
+        <v>0.2114</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>679</v>
       </c>
       <c r="C98" s="1">
-        <v>34570</v>
+        <v>34236</v>
       </c>
       <c r="D98" s="13">
-        <v>0.2769</v>
+        <v>0.2753</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C99" s="1">
-        <v>5358</v>
+        <v>5326</v>
       </c>
       <c r="D99" s="13">
-        <v>0.0429</v>
+        <v>0.0428</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C100" s="1">
-        <v>66912</v>
+        <v>66256</v>
       </c>
       <c r="D100" s="13">
-        <v>0.5359</v>
+        <v>0.5327</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C101" s="1">
-        <v>17849</v>
+        <v>17722</v>
       </c>
       <c r="D101" s="13">
-        <v>0.143</v>
+        <v>0.1425</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="1" t="s">
         <v>683</v>
       </c>
       <c r="C102" s="1">
-        <v>24907</v>
+        <v>24692</v>
       </c>
       <c r="D102" s="13">
-        <v>0.1995</v>
+        <v>0.1985</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C103" s="1">
-        <v>21225</v>
+        <v>21022</v>
       </c>
       <c r="D103" s="13">
-        <v>0.17</v>
+        <v>0.169</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C104" s="1">
-        <v>13728</v>
+        <v>13487</v>
       </c>
       <c r="D104" s="13">
-        <v>0.11</v>
+        <v>0.1084</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C105" s="1">
-        <v>32949</v>
+        <v>32632</v>
       </c>
       <c r="D105" s="13">
-        <v>0.2639</v>
+        <v>0.2624</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>687</v>
       </c>
       <c r="C106" s="1">
-        <v>84607</v>
+        <v>83934</v>
       </c>
       <c r="D106" s="13">
-        <v>0.6777</v>
+        <v>0.6748</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C107" s="1">
-        <v>22060</v>
+        <v>21847</v>
       </c>
       <c r="D107" s="13">
-        <v>0.1767</v>
+        <v>0.1756</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>689</v>
       </c>
       <c r="C108" s="1">
-        <v>2678</v>
+        <v>2724</v>
       </c>
       <c r="D108" s="13">
-        <v>0.0214</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C109" s="1">
-        <v>10568</v>
+        <v>10583</v>
       </c>
       <c r="D109" s="13">
-        <v>0.0846</v>
+        <v>0.0851</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C110" s="1">
-        <v>19631</v>
+        <v>19494</v>
       </c>
       <c r="D110" s="13">
-        <v>0.1572</v>
+        <v>0.1567</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C111" s="1">
-        <v>2015</v>
+        <v>1984</v>
       </c>
       <c r="D111" s="13">
-        <v>0.0161</v>
+        <v>0.016</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="1" t="s">
         <v>693</v>
       </c>
       <c r="C112" s="1">
-        <v>2199</v>
+        <v>2185</v>
       </c>
       <c r="D112" s="13">
         <v>0.0176</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C113" s="1">
-        <v>78883</v>
+        <v>78218</v>
       </c>
       <c r="D113" s="13">
-        <v>0.6318</v>
+        <v>0.6289</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C114" s="1">
-        <v>4176</v>
+        <v>4153</v>
       </c>
       <c r="D114" s="13">
         <v>0.0334</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C115" s="1">
-        <v>1659</v>
+        <v>1607</v>
       </c>
       <c r="D115" s="13">
-        <v>0.0133</v>
+        <v>0.0129</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="1" t="s">
         <v>697</v>
       </c>
       <c r="C116" s="1">
-        <v>3630</v>
+        <v>3663</v>
       </c>
       <c r="D116" s="13">
-        <v>0.0291</v>
+        <v>0.0295</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C117" s="1">
-        <v>24719</v>
+        <v>24353</v>
       </c>
       <c r="D117" s="13">
-        <v>0.198</v>
+        <v>0.1958</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="1" t="s">
         <v>699</v>
       </c>
       <c r="C118" s="1">
-        <v>13039</v>
+        <v>12925</v>
       </c>
       <c r="D118" s="13">
-        <v>0.1044</v>
+        <v>0.1039</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C119" s="1">
-        <v>53950</v>
+        <v>53597</v>
       </c>
       <c r="D119" s="13">
-        <v>0.4321</v>
+        <v>0.4309</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C120" s="1">
-        <v>3905</v>
+        <v>3858</v>
       </c>
       <c r="D120" s="13">
-        <v>0.0313</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C121" s="1">
-        <v>7056</v>
+        <v>7105</v>
       </c>
       <c r="D121" s="13">
-        <v>0.0565</v>
+        <v>0.0571</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B122" s="8"/>
       <c r="D122" s="12"/>
       <c r="F122" s="12"/>
     </row>
     <row r="123">
       <c r="B123" s="31" t="s">
         <v>702</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="33"/>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="34"/>
       <c r="C124" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="1" t="s">
         <v>703</v>
       </c>
       <c r="C125" s="1">
-        <v>22620</v>
+        <v>22257</v>
       </c>
       <c r="D125" s="13">
-        <v>0.1812</v>
+        <v>0.1789</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C126" s="1">
-        <v>14401</v>
+        <v>14305</v>
       </c>
       <c r="D126" s="13">
-        <v>0.1153</v>
+        <v>0.115</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C127" s="1">
-        <v>39041</v>
+        <v>39025</v>
       </c>
       <c r="D127" s="13">
-        <v>0.3127</v>
+        <v>0.3137</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C128" s="1">
-        <v>1385</v>
+        <v>1357</v>
       </c>
       <c r="D128" s="13">
-        <v>0.0111</v>
+        <v>0.0109</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C129" s="1">
-        <v>5584</v>
+        <v>5624</v>
       </c>
       <c r="D129" s="13">
-        <v>0.0447</v>
+        <v>0.0452</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C130" s="1">
-        <v>27639</v>
+        <v>27469</v>
       </c>
       <c r="D130" s="13">
-        <v>0.2213</v>
+        <v>0.2208</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="1" t="s">
         <v>709</v>
       </c>
       <c r="C131" s="1">
-        <v>27922</v>
+        <v>27451</v>
       </c>
       <c r="D131" s="13">
-        <v>0.2236</v>
+        <v>0.2207</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C132" s="1">
-        <v>43907</v>
+        <v>43851</v>
       </c>
       <c r="D132" s="13">
-        <v>0.3516</v>
+        <v>0.3525</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B133" s="8"/>
       <c r="D133" s="12"/>
       <c r="F133" s="12"/>
     </row>
     <row r="134">
       <c r="B134" s="31" t="s">
         <v>710</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="33"/>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="34"/>
       <c r="C135" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C136" s="1">
-        <v>52119</v>
+        <v>51664</v>
       </c>
       <c r="D136" s="13">
-        <v>0.4175</v>
+        <v>0.4154</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C137" s="1">
-        <v>62239</v>
+        <v>62055</v>
       </c>
       <c r="D137" s="13">
-        <v>0.4986</v>
+        <v>0.499</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C138" s="1">
-        <v>8816</v>
+        <v>8702</v>
       </c>
       <c r="D138" s="13">
-        <v>0.0706</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C139" s="1">
-        <v>4455</v>
+        <v>4396</v>
       </c>
       <c r="D139" s="13">
-        <v>0.0357</v>
+        <v>0.0353</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C140" s="1">
-        <v>31976</v>
+        <v>31747</v>
       </c>
       <c r="D140" s="13">
-        <v>0.2561</v>
+        <v>0.2553</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C141" s="1">
-        <v>5317</v>
+        <v>5306</v>
       </c>
       <c r="D141" s="13">
-        <v>0.0426</v>
+        <v>0.0427</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="1" t="s">
         <v>717</v>
       </c>
       <c r="C142" s="1">
-        <v>57314</v>
+        <v>56771</v>
       </c>
       <c r="D142" s="13">
-        <v>0.4591</v>
+        <v>0.4565</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C143" s="1">
-        <v>68837</v>
+        <v>68463</v>
       </c>
       <c r="D143" s="13">
-        <v>0.5514</v>
+        <v>0.5505</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="B144" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C144" s="1">
-        <v>6683</v>
+        <v>6577</v>
       </c>
       <c r="D144" s="13">
-        <v>0.0535</v>
+        <v>0.0529</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C145" s="1">
-        <v>5021</v>
+        <v>4966</v>
       </c>
       <c r="D145" s="13">
-        <v>0.0402</v>
+        <v>0.0399</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="1" t="s">
         <v>721</v>
       </c>
       <c r="C146" s="1">
-        <v>25280</v>
+        <v>25164</v>
       </c>
       <c r="D146" s="13">
-        <v>0.2025</v>
+        <v>0.2023</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C147" s="1">
-        <v>2141</v>
+        <v>2126</v>
       </c>
       <c r="D147" s="13">
-        <v>0.0172</v>
+        <v>0.0171</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C148" s="1">
-        <v>2742</v>
+        <v>2718</v>
       </c>
       <c r="D148" s="13">
-        <v>0.022</v>
+        <v>0.0219</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C149" s="1">
-        <v>13196</v>
+        <v>13211</v>
       </c>
       <c r="D149" s="13">
-        <v>0.1057</v>
+        <v>0.1062</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C150" s="1">
-        <v>37370</v>
+        <v>37224</v>
       </c>
       <c r="D150" s="13">
-        <v>0.2994</v>
+        <v>0.2993</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C151" s="1">
-        <v>47575</v>
+        <v>47492</v>
       </c>
       <c r="D151" s="13">
-        <v>0.3811</v>
+        <v>0.3819</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="1" t="s">
         <v>727</v>
       </c>
       <c r="C152" s="1">
-        <v>11845</v>
+        <v>11741</v>
       </c>
       <c r="D152" s="13">
-        <v>0.0949</v>
+        <v>0.0944</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="B153" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C153" s="1">
-        <v>17342</v>
+        <v>17142</v>
       </c>
       <c r="D153" s="13">
-        <v>0.1389</v>
+        <v>0.1378</v>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="B154" s="1" t="s">
         <v>729</v>
       </c>
       <c r="C154" s="1">
-        <v>64722</v>
+        <v>63988</v>
       </c>
       <c r="D154" s="13">
-        <v>0.5185</v>
+        <v>0.5145</v>
       </c>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C155" s="1">
-        <v>11862</v>
+        <v>11706</v>
       </c>
       <c r="D155" s="13">
-        <v>0.095</v>
+        <v>0.0941</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="1" t="s">
         <v>731</v>
       </c>
       <c r="C156" s="1">
-        <v>59769</v>
+        <v>59210</v>
       </c>
       <c r="D156" s="13">
-        <v>0.4788</v>
+        <v>0.4761</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C157" s="1">
-        <v>31891</v>
+        <v>31643</v>
       </c>
       <c r="D157" s="13">
-        <v>0.2555</v>
+        <v>0.2544</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="B158" s="1" t="s">
         <v>733</v>
       </c>
       <c r="C158" s="1">
-        <v>15515</v>
+        <v>15352</v>
       </c>
       <c r="D158" s="13">
-        <v>0.1243</v>
+        <v>0.1234</v>
       </c>
     </row>
     <row r="159" ht="15" customHeight="1">
       <c r="B159" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C159" s="1">
-        <v>22878</v>
+        <v>22633</v>
       </c>
       <c r="D159" s="13">
-        <v>0.1833</v>
+        <v>0.182</v>
       </c>
     </row>
     <row r="160" ht="15" customHeight="1">
       <c r="B160" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C160" s="1">
-        <v>29169</v>
+        <v>28993</v>
       </c>
       <c r="D160" s="13">
-        <v>0.2337</v>
+        <v>0.2331</v>
       </c>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C161" s="1">
-        <v>62623</v>
+        <v>62024</v>
       </c>
       <c r="D161" s="13">
-        <v>0.5016</v>
+        <v>0.4987</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="1" t="s">
         <v>737</v>
       </c>
       <c r="C162" s="1">
-        <v>38423</v>
+        <v>38209</v>
       </c>
       <c r="D162" s="13">
-        <v>0.3078</v>
+        <v>0.3072</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C163" s="1">
-        <v>10172</v>
+        <v>10219</v>
       </c>
       <c r="D163" s="13">
-        <v>0.0815</v>
+        <v>0.0822</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D164" s="12"/>
       <c r="F164" s="12"/>
     </row>
     <row r="165">
       <c r="B165" s="31" t="s">
         <v>738</v>
       </c>
       <c r="C165" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D165" s="33"/>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="B166" s="34"/>
       <c r="C166" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C167" s="1">
-        <v>40189</v>
+        <v>40027</v>
       </c>
       <c r="D167" s="13">
-        <v>0.324</v>
+        <v>0.3238</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C168" s="1">
-        <v>8771</v>
+        <v>8654</v>
       </c>
       <c r="D168" s="13">
-        <v>0.0707</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="1" t="s">
         <v>741</v>
       </c>
       <c r="C169" s="1">
-        <v>12418</v>
+        <v>12273</v>
       </c>
       <c r="D169" s="13">
-        <v>0.1001</v>
+        <v>0.0993</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1">
       <c r="B170" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C170" s="1">
-        <v>14077</v>
+        <v>13850</v>
       </c>
       <c r="D170" s="13">
-        <v>0.1135</v>
+        <v>0.1121</v>
       </c>
     </row>
     <row r="171" ht="15" customHeight="1">
       <c r="B171" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C171" s="1">
-        <v>11086</v>
+        <v>10915</v>
       </c>
       <c r="D171" s="13">
-        <v>0.0894</v>
+        <v>0.0883</v>
       </c>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C172" s="1">
-        <v>17951</v>
+        <v>17670</v>
       </c>
       <c r="D172" s="13">
-        <v>0.1447</v>
+        <v>0.143</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="1" t="s">
         <v>745</v>
       </c>
       <c r="C173" s="1">
-        <v>13555</v>
+        <v>13184</v>
       </c>
       <c r="D173" s="13">
-        <v>0.1093</v>
+        <v>0.1067</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C174" s="1">
-        <v>4255</v>
+        <v>4275</v>
       </c>
       <c r="D174" s="13">
-        <v>0.0343</v>
+        <v>0.0346</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C175" s="1">
-        <v>51522</v>
+        <v>51669</v>
       </c>
       <c r="D175" s="13">
-        <v>0.4154</v>
+        <v>0.418</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D176" s="12"/>
       <c r="F176" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B63:B64"/>
     <mergeCell ref="C63:D63"/>
     <mergeCell ref="B123:B124"/>
     <mergeCell ref="C123:D123"/>
     <mergeCell ref="B134:B135"/>
     <mergeCell ref="C134:D134"/>
     <mergeCell ref="B165:B166"/>
     <mergeCell ref="C165:D165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -16436,1101 +16436,1101 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>747</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C10" s="1">
-        <v>3990</v>
+        <v>3957</v>
       </c>
       <c r="D10" s="13">
-        <v>0.0337</v>
+        <v>0.0336</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>749</v>
       </c>
       <c r="C11" s="1">
-        <v>71810</v>
+        <v>71674</v>
       </c>
       <c r="D11" s="13">
-        <v>0.607</v>
+        <v>0.609</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C12" s="1">
-        <v>58979</v>
+        <v>58750</v>
       </c>
       <c r="D12" s="13">
-        <v>0.4986</v>
+        <v>0.4992</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C13" s="1">
-        <v>16786</v>
+        <v>16483</v>
       </c>
       <c r="D13" s="13">
-        <v>0.1419</v>
+        <v>0.1401</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C14" s="1">
-        <v>92394</v>
+        <v>91863</v>
       </c>
       <c r="D14" s="13">
-        <v>0.781</v>
+        <v>0.7806</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>753</v>
       </c>
       <c r="C15" s="1">
-        <v>44057</v>
+        <v>43815</v>
       </c>
       <c r="D15" s="13">
-        <v>0.3724</v>
+        <v>0.3723</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C16" s="1">
-        <v>3173</v>
+        <v>3166</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0268</v>
+        <v>0.0269</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="1">
-        <v>1775</v>
+        <v>1801</v>
       </c>
       <c r="D17" s="13">
-        <v>0.015</v>
+        <v>0.0153</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B18" s="8"/>
       <c r="D18" s="12"/>
       <c r="F18" s="12"/>
     </row>
     <row r="19">
       <c r="B19" s="31" t="s">
         <v>756</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="33"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="34"/>
       <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C21" s="1">
-        <v>710</v>
+        <v>693</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0099</v>
+        <v>0.0097</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C22" s="1">
-        <v>1275</v>
+        <v>1252</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0178</v>
+        <v>0.0175</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C23" s="1">
-        <v>765</v>
+        <v>739</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0107</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C24" s="1">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="D24" s="13">
         <v>0.0057</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C25" s="1">
-        <v>9471</v>
+        <v>9422</v>
       </c>
       <c r="D25" s="13">
-        <v>0.1325</v>
+        <v>0.132</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C26" s="1">
-        <v>7188</v>
+        <v>7054</v>
       </c>
       <c r="D26" s="13">
-        <v>0.1006</v>
+        <v>0.0988</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>763</v>
       </c>
       <c r="C27" s="1">
-        <v>1271</v>
+        <v>1258</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0178</v>
+        <v>0.0176</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C28" s="1">
-        <v>1757</v>
+        <v>1711</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0246</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>765</v>
       </c>
       <c r="C29" s="1">
-        <v>13165</v>
+        <v>13220</v>
       </c>
       <c r="D29" s="13">
-        <v>0.1842</v>
+        <v>0.1852</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C30" s="1">
-        <v>27081</v>
+        <v>26810</v>
       </c>
       <c r="D30" s="13">
-        <v>0.3789</v>
+        <v>0.3756</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C31" s="1">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="D31" s="13">
-        <v>0.0062</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C32" s="1">
-        <v>2494</v>
+        <v>2443</v>
       </c>
       <c r="D32" s="13">
-        <v>0.0349</v>
+        <v>0.0342</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>769</v>
       </c>
       <c r="C33" s="1">
-        <v>572</v>
+        <v>558</v>
       </c>
       <c r="D33" s="13">
-        <v>0.008</v>
+        <v>0.0078</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C34" s="1">
-        <v>445</v>
+        <v>427</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0062</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>771</v>
       </c>
       <c r="C35" s="1">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="D35" s="13">
-        <v>0.0053</v>
+        <v>0.0052</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C36" s="1">
-        <v>4373</v>
+        <v>4734</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0612</v>
+        <v>0.0663</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>773</v>
       </c>
       <c r="C37" s="1">
-        <v>238</v>
+        <v>250</v>
       </c>
       <c r="D37" s="13">
-        <v>0.0033</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C38" s="1">
-        <v>5451</v>
+        <v>5986</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0763</v>
+        <v>0.0839</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>775</v>
       </c>
       <c r="C39" s="1">
-        <v>17011</v>
+        <v>16877</v>
       </c>
       <c r="D39" s="13">
-        <v>0.238</v>
+        <v>0.2365</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B40" s="8"/>
       <c r="D40" s="12"/>
       <c r="F40" s="12"/>
     </row>
     <row r="41">
       <c r="B41" s="31" t="s">
         <v>776</v>
       </c>
       <c r="C41" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="33"/>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="34"/>
       <c r="C42" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C43" s="1">
-        <v>113781</v>
+        <v>113229</v>
       </c>
       <c r="D43" s="13">
-        <v>0.9637</v>
+        <v>0.964</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C44" s="1">
-        <v>109900</v>
+        <v>109152</v>
       </c>
       <c r="D44" s="13">
-        <v>0.9308</v>
+        <v>0.9292</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C45" s="1">
-        <v>112081</v>
+        <v>111443</v>
       </c>
       <c r="D45" s="13">
-        <v>0.9493</v>
+        <v>0.9487</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C46" s="1">
-        <v>114334</v>
+        <v>113685</v>
       </c>
       <c r="D46" s="13">
-        <v>0.9684</v>
+        <v>0.9678</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C47" s="1">
-        <v>110136</v>
+        <v>109481</v>
       </c>
       <c r="D47" s="13">
-        <v>0.9328</v>
+        <v>0.932</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C48" s="1">
-        <v>91322</v>
+        <v>90723</v>
       </c>
       <c r="D48" s="13">
-        <v>0.7735</v>
+        <v>0.7724</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>783</v>
       </c>
       <c r="C49" s="1">
-        <v>115657</v>
+        <v>115028</v>
       </c>
       <c r="D49" s="13">
-        <v>0.9796</v>
+        <v>0.9793</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C50" s="1">
-        <v>111996</v>
+        <v>111444</v>
       </c>
       <c r="D50" s="13">
-        <v>0.9486</v>
+        <v>0.9488</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C51" s="1">
-        <v>83907</v>
+        <v>83432</v>
       </c>
       <c r="D51" s="13">
-        <v>0.7107</v>
+        <v>0.7103</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C52" s="1">
-        <v>88673</v>
+        <v>88050</v>
       </c>
       <c r="D52" s="13">
-        <v>0.751</v>
+        <v>0.7496</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C53" s="1">
-        <v>96790</v>
+        <v>96272</v>
       </c>
       <c r="D53" s="13">
-        <v>0.8198</v>
+        <v>0.8196</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B54" s="8"/>
       <c r="D54" s="12"/>
       <c r="F54" s="12"/>
     </row>
     <row r="55">
       <c r="B55" s="31" t="s">
         <v>788</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="33"/>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="34"/>
       <c r="C56" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>789</v>
       </c>
       <c r="C57" s="1">
-        <v>92167</v>
+        <v>91637</v>
       </c>
       <c r="D57" s="13">
-        <v>0.7806</v>
+        <v>0.7801</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C58" s="1">
-        <v>33817</v>
+        <v>33038</v>
       </c>
       <c r="D58" s="13">
-        <v>0.2864</v>
+        <v>0.2813</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>791</v>
       </c>
       <c r="C59" s="1">
-        <v>42852</v>
+        <v>42519</v>
       </c>
       <c r="D59" s="13">
-        <v>0.3629</v>
+        <v>0.362</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C60" s="1">
-        <v>55314</v>
+        <v>54736</v>
       </c>
       <c r="D60" s="13">
-        <v>0.4685</v>
+        <v>0.466</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C61" s="1">
-        <v>68193</v>
+        <v>67912</v>
       </c>
       <c r="D61" s="13">
-        <v>0.5776</v>
+        <v>0.5781</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C62" s="1">
-        <v>39321</v>
+        <v>39053</v>
       </c>
       <c r="D62" s="13">
-        <v>0.333</v>
+        <v>0.3325</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>795</v>
       </c>
       <c r="C63" s="1">
-        <v>60763</v>
+        <v>60777</v>
       </c>
       <c r="D63" s="13">
-        <v>0.5146</v>
+        <v>0.5174</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C64" s="1">
-        <v>14428</v>
+        <v>14257</v>
       </c>
       <c r="D64" s="13">
-        <v>0.1222</v>
+        <v>0.1214</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C65" s="1">
-        <v>69593</v>
+        <v>69099</v>
       </c>
       <c r="D65" s="13">
-        <v>0.5894</v>
+        <v>0.5883</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C66" s="1">
-        <v>90153</v>
+        <v>90117</v>
       </c>
       <c r="D66" s="13">
-        <v>0.7636</v>
+        <v>0.7672</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>799</v>
       </c>
       <c r="C67" s="1">
-        <v>10371</v>
+        <v>10158</v>
       </c>
       <c r="D67" s="13">
-        <v>0.0878</v>
+        <v>0.0865</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C68" s="1">
-        <v>11161</v>
+        <v>11002</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0945</v>
+        <v>0.0937</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>801</v>
       </c>
       <c r="C69" s="1">
-        <v>12483</v>
+        <v>12314</v>
       </c>
       <c r="D69" s="13">
-        <v>0.1057</v>
+        <v>0.1048</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C70" s="1">
-        <v>64957</v>
+        <v>64002</v>
       </c>
       <c r="D70" s="13">
-        <v>0.5502</v>
+        <v>0.5449</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C71" s="1">
-        <v>54893</v>
+        <v>55207</v>
       </c>
       <c r="D71" s="13">
-        <v>0.4649</v>
+        <v>0.47</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C72" s="1">
-        <v>15877</v>
+        <v>15529</v>
       </c>
       <c r="D72" s="13">
-        <v>0.1345</v>
+        <v>0.1322</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="1">
-        <v>2859</v>
+        <v>2852</v>
       </c>
       <c r="D73" s="13">
-        <v>0.0242</v>
+        <v>0.0243</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B74" s="8"/>
       <c r="D74" s="12"/>
       <c r="F74" s="12"/>
     </row>
     <row r="75">
       <c r="B75" s="31" t="s">
         <v>805</v>
       </c>
       <c r="C75" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D75" s="33"/>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="34"/>
       <c r="C76" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C77" s="1">
-        <v>94185</v>
+        <v>93242</v>
       </c>
       <c r="D77" s="13">
-        <v>0.8148</v>
+        <v>0.8109</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C78" s="1">
-        <v>41204</v>
+        <v>40616</v>
       </c>
       <c r="D78" s="13">
-        <v>0.3565</v>
+        <v>0.3532</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C79" s="1">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="D79" s="13">
         <v>0.0109</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C80" s="1">
-        <v>3191</v>
+        <v>2988</v>
       </c>
       <c r="D80" s="13">
-        <v>0.0276</v>
+        <v>0.026</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C81" s="1">
-        <v>24685</v>
+        <v>24698</v>
       </c>
       <c r="D81" s="13">
-        <v>0.2136</v>
+        <v>0.2148</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>811</v>
       </c>
       <c r="C82" s="1">
-        <v>53498</v>
+        <v>53317</v>
       </c>
       <c r="D82" s="13">
-        <v>0.4628</v>
+        <v>0.4637</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C83" s="1">
-        <v>6674</v>
+        <v>6727</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0577</v>
+        <v>0.0585</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="8"/>
     </row>
     <row r="85">
       <c r="B85" s="31" t="s">
         <v>812</v>
       </c>
       <c r="C85" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D85" s="33"/>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="34"/>
       <c r="C86" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C87" s="1">
-        <v>40827</v>
+        <v>40703</v>
       </c>
       <c r="D87" s="13">
-        <v>0.3586</v>
+        <v>0.3593</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C88" s="1">
-        <v>81037</v>
+        <v>80879</v>
       </c>
       <c r="D88" s="13">
-        <v>0.7118</v>
+        <v>0.714</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C89" s="1">
-        <v>31217</v>
+        <v>30794</v>
       </c>
       <c r="D89" s="13">
-        <v>0.2742</v>
+        <v>0.2719</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>816</v>
       </c>
       <c r="C90" s="1">
-        <v>8732</v>
+        <v>8639</v>
       </c>
       <c r="D90" s="13">
-        <v>0.0767</v>
+        <v>0.0763</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C91" s="1">
-        <v>21788</v>
+        <v>21502</v>
       </c>
       <c r="D91" s="13">
-        <v>0.1914</v>
+        <v>0.1898</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C92" s="1">
-        <v>13884</v>
+        <v>13807</v>
       </c>
       <c r="D92" s="13">
-        <v>0.122</v>
+        <v>0.1219</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C93" s="1">
-        <v>40289</v>
+        <v>40232</v>
       </c>
       <c r="D93" s="13">
-        <v>0.3539</v>
+        <v>0.3552</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C94" s="1">
-        <v>36024</v>
+        <v>35996</v>
       </c>
       <c r="D94" s="13">
-        <v>0.3164</v>
+        <v>0.3178</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C95" s="1">
-        <v>21627</v>
+        <v>21377</v>
       </c>
       <c r="D95" s="13">
-        <v>0.19</v>
+        <v>0.1887</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>822</v>
       </c>
       <c r="C96" s="1">
-        <v>15047</v>
+        <v>14987</v>
       </c>
       <c r="D96" s="13">
-        <v>0.1322</v>
+        <v>0.1323</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C97" s="1">
-        <v>53177</v>
+        <v>52920</v>
       </c>
       <c r="D97" s="13">
-        <v>0.4671</v>
+        <v>0.4672</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C98" s="1">
-        <v>64710</v>
+        <v>64479</v>
       </c>
       <c r="D98" s="13">
-        <v>0.5684</v>
+        <v>0.5693</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C99" s="1">
-        <v>35672</v>
+        <v>35250</v>
       </c>
       <c r="D99" s="13">
-        <v>0.3133</v>
+        <v>0.3112</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C100" s="1">
-        <v>8217</v>
+        <v>8199</v>
       </c>
       <c r="D100" s="13">
-        <v>0.0722</v>
+        <v>0.0724</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C101" s="1">
-        <v>5891</v>
+        <v>5809</v>
       </c>
       <c r="D101" s="13">
-        <v>0.0517</v>
+        <v>0.0513</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="8"/>
     </row>
     <row r="103">
       <c r="B103" s="31" t="s">
         <v>826</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D103" s="33"/>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="34"/>
       <c r="C104" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C105" s="1">
-        <v>35511</v>
+        <v>35266</v>
       </c>
       <c r="D105" s="13">
-        <v>0.3008</v>
+        <v>0.3002</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C106" s="1">
-        <v>23232</v>
+        <v>22958</v>
       </c>
       <c r="D106" s="13">
-        <v>0.1968</v>
+        <v>0.1954</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C107" s="1">
-        <v>17050</v>
+        <v>16998</v>
       </c>
       <c r="D107" s="13">
-        <v>0.1444</v>
+        <v>0.1447</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C108" s="1">
-        <v>25270</v>
+        <v>25204</v>
       </c>
       <c r="D108" s="13">
-        <v>0.214</v>
+        <v>0.2146</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C109" s="1">
-        <v>34310</v>
+        <v>34084</v>
       </c>
       <c r="D109" s="13">
-        <v>0.2906</v>
+        <v>0.2902</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>832</v>
       </c>
       <c r="C110" s="1">
-        <v>8313</v>
+        <v>8225</v>
       </c>
       <c r="D110" s="13">
-        <v>0.0704</v>
+        <v>0.07</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>833</v>
       </c>
       <c r="C111" s="1">
-        <v>7386</v>
+        <v>7492</v>
       </c>
       <c r="D111" s="13">
-        <v>0.0626</v>
+        <v>0.0638</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="B41:B42"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="B55:B56"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="B75:B76"/>
     <mergeCell ref="C75:D75"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="B103:B104"/>
     <mergeCell ref="C103:D103"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
@@ -17605,835 +17605,835 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>834</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>835</v>
       </c>
       <c r="C10" s="1">
-        <v>5728</v>
+        <v>5655</v>
       </c>
       <c r="D10" s="13">
-        <v>0.0515</v>
+        <v>0.0511</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C11" s="1">
-        <v>13224</v>
+        <v>12954</v>
       </c>
       <c r="D11" s="13">
-        <v>0.1188</v>
+        <v>0.117</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>837</v>
       </c>
       <c r="C12" s="1">
-        <v>10690</v>
+        <v>10440</v>
       </c>
       <c r="D12" s="13">
-        <v>0.096</v>
+        <v>0.0943</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C13" s="1">
-        <v>23610</v>
+        <v>23141</v>
       </c>
       <c r="D13" s="13">
-        <v>0.2121</v>
+        <v>0.2091</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>839</v>
       </c>
       <c r="C14" s="1">
-        <v>13015</v>
+        <v>12902</v>
       </c>
       <c r="D14" s="13">
-        <v>0.1169</v>
+        <v>0.1166</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C15" s="1">
-        <v>6848</v>
+        <v>6758</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0615</v>
+        <v>0.0611</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>841</v>
       </c>
       <c r="C16" s="1">
-        <v>24854</v>
+        <v>24771</v>
       </c>
       <c r="D16" s="13">
-        <v>0.2233</v>
+        <v>0.2238</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C17" s="1">
-        <v>20997</v>
+        <v>20869</v>
       </c>
       <c r="D17" s="13">
         <v>0.1886</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>843</v>
       </c>
       <c r="C18" s="1">
-        <v>17751</v>
+        <v>17539</v>
       </c>
       <c r="D18" s="13">
-        <v>0.1595</v>
+        <v>0.1585</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C19" s="1">
-        <v>73051</v>
+        <v>72680</v>
       </c>
       <c r="D19" s="13">
-        <v>0.6563</v>
+        <v>0.6567</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C20" s="1">
-        <v>42623</v>
+        <v>42068</v>
       </c>
       <c r="D20" s="13">
-        <v>0.3829</v>
+        <v>0.3801</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C21" s="1">
-        <v>62317</v>
+        <v>61686</v>
       </c>
       <c r="D21" s="13">
-        <v>0.5599</v>
+        <v>0.5573</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>847</v>
       </c>
       <c r="C22" s="1">
-        <v>6190</v>
+        <v>6163</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0556</v>
+        <v>0.0557</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C23" s="1">
-        <v>7779</v>
+        <v>7809</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0699</v>
+        <v>0.0706</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C24" s="1">
-        <v>10718</v>
+        <v>10651</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0963</v>
+        <v>0.0962</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C25" s="1">
-        <v>31842</v>
+        <v>31518</v>
       </c>
       <c r="D25" s="13">
-        <v>0.2861</v>
+        <v>0.2848</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="1">
-        <v>52211</v>
+        <v>51841</v>
       </c>
       <c r="D26" s="13">
-        <v>0.4691</v>
+        <v>0.4684</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C27" s="1">
-        <v>7308</v>
+        <v>7387</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0657</v>
+        <v>0.0667</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D28" s="12"/>
       <c r="F28" s="12"/>
     </row>
     <row r="29">
       <c r="B29" s="31" t="s">
         <v>852</v>
       </c>
       <c r="C29" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="33"/>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="34"/>
       <c r="C30" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C31" s="1">
-        <v>570</v>
+        <v>578</v>
       </c>
       <c r="D31" s="13">
-        <v>0.0051</v>
+        <v>0.0052</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>854</v>
       </c>
       <c r="C32" s="1">
-        <v>763</v>
+        <v>745</v>
       </c>
       <c r="D32" s="13">
-        <v>0.0069</v>
+        <v>0.0067</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>855</v>
       </c>
       <c r="C33" s="1">
-        <v>1645</v>
+        <v>1638</v>
       </c>
       <c r="D33" s="13">
         <v>0.0148</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C34" s="1">
-        <v>33955</v>
+        <v>33857</v>
       </c>
       <c r="D34" s="13">
-        <v>0.3056</v>
+        <v>0.3063</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C35" s="1">
-        <v>32089</v>
+        <v>32274</v>
       </c>
       <c r="D35" s="13">
-        <v>0.2888</v>
+        <v>0.292</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C36" s="1">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0022</v>
+        <v>0.0023</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>859</v>
       </c>
       <c r="C37" s="1">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D37" s="13">
-        <v>0.0011</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>860</v>
       </c>
       <c r="C38" s="1">
-        <v>7429</v>
+        <v>7363</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0669</v>
+        <v>0.0666</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C39" s="1">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="D39" s="13">
         <v>0.0024</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C40" s="1">
-        <v>828</v>
+        <v>793</v>
       </c>
       <c r="D40" s="13">
-        <v>0.0075</v>
+        <v>0.0072</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C41" s="1">
-        <v>895</v>
+        <v>885</v>
       </c>
       <c r="D41" s="13">
-        <v>0.0081</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>864</v>
       </c>
       <c r="C42" s="1">
-        <v>2336</v>
+        <v>2184</v>
       </c>
       <c r="D42" s="13">
-        <v>0.021</v>
+        <v>0.0198</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C43" s="1">
-        <v>3246</v>
+        <v>3228</v>
       </c>
       <c r="D43" s="13">
         <v>0.0292</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>866</v>
       </c>
       <c r="C44" s="1">
-        <v>3717</v>
+        <v>3775</v>
       </c>
       <c r="D44" s="13">
-        <v>0.0335</v>
+        <v>0.0342</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C45" s="1">
-        <v>3471</v>
+        <v>3385</v>
       </c>
       <c r="D45" s="13">
-        <v>0.0312</v>
+        <v>0.0306</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C46" s="1">
-        <v>851</v>
+        <v>755</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0077</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C47" s="1">
-        <v>2662</v>
+        <v>2606</v>
       </c>
       <c r="D47" s="13">
-        <v>0.024</v>
+        <v>0.0236</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>870</v>
       </c>
       <c r="C48" s="1">
-        <v>701</v>
+        <v>713</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0063</v>
+        <v>0.0065</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C49" s="1">
-        <v>575</v>
+        <v>550</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0052</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C50" s="1">
-        <v>82425</v>
+        <v>81822</v>
       </c>
       <c r="D50" s="13">
-        <v>0.7418</v>
+        <v>0.7403</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C51" s="1">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="D51" s="13">
         <v>0.0025</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C52" s="1">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="D52" s="13">
-        <v>0.0029</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C53" s="1">
-        <v>42255</v>
+        <v>41922</v>
       </c>
       <c r="D53" s="13">
-        <v>0.3803</v>
+        <v>0.3793</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C54" s="1">
-        <v>2123</v>
+        <v>2090</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0191</v>
+        <v>0.0189</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C55" s="1">
-        <v>1063</v>
+        <v>980</v>
       </c>
       <c r="D55" s="13">
-        <v>0.0096</v>
+        <v>0.0089</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>878</v>
       </c>
       <c r="C56" s="1">
-        <v>254</v>
+        <v>240</v>
       </c>
       <c r="D56" s="13">
-        <v>0.0023</v>
+        <v>0.0022</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C57" s="1">
-        <v>1140</v>
+        <v>1127</v>
       </c>
       <c r="D57" s="13">
-        <v>0.0103</v>
+        <v>0.0102</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>880</v>
       </c>
       <c r="C58" s="1">
-        <v>7035</v>
+        <v>6961</v>
       </c>
       <c r="D58" s="13">
-        <v>0.0633</v>
+        <v>0.063</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C59" s="1">
-        <v>6815</v>
+        <v>6769</v>
       </c>
       <c r="D59" s="13">
-        <v>0.0613</v>
+        <v>0.0612</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C60" s="1">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="D60" s="13">
         <v>0.0023</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>883</v>
       </c>
       <c r="C61" s="1">
-        <v>6686</v>
+        <v>6425</v>
       </c>
       <c r="D61" s="13">
-        <v>0.0602</v>
+        <v>0.0581</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C62" s="1">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="D62" s="13">
         <v>0.0082</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C63" s="1">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="D63" s="13">
-        <v>0.0057</v>
+        <v>0.0058</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C64" s="1">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="D64" s="13">
         <v>0.0008</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>887</v>
       </c>
       <c r="C65" s="1">
-        <v>670</v>
+        <v>652</v>
       </c>
       <c r="D65" s="13">
-        <v>0.006</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C66" s="1">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D66" s="13">
         <v>0.0017</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C67" s="1">
-        <v>22707</v>
+        <v>24827</v>
       </c>
       <c r="D67" s="13">
-        <v>0.2044</v>
+        <v>0.2246</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C68" s="1">
-        <v>4857</v>
+        <v>4577</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0437</v>
+        <v>0.0414</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>891</v>
       </c>
       <c r="C69" s="1">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0187</v>
+        <v>0.0188</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D70" s="12"/>
       <c r="F70" s="12"/>
     </row>
     <row r="71">
       <c r="B71" s="31" t="s">
         <v>892</v>
       </c>
       <c r="C71" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D71" s="33"/>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="34"/>
       <c r="C72" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C73" s="1">
-        <v>32723</v>
+        <v>31897</v>
       </c>
       <c r="D73" s="13">
-        <v>0.2957</v>
+        <v>0.2896</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C74" s="1">
-        <v>25894</v>
+        <v>25190</v>
       </c>
       <c r="D74" s="13">
-        <v>0.234</v>
+        <v>0.2287</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>895</v>
       </c>
       <c r="C75" s="1">
-        <v>96294</v>
+        <v>95901</v>
       </c>
       <c r="D75" s="13">
-        <v>0.8701</v>
+        <v>0.8708</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C76" s="1">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="D76" s="13">
-        <v>0.004</v>
+        <v>0.0039</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>897</v>
       </c>
       <c r="C77" s="1">
-        <v>1083</v>
+        <v>1165</v>
       </c>
       <c r="D77" s="13">
-        <v>0.0098</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C78" s="1">
-        <v>2799</v>
+        <v>2780</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0253</v>
+        <v>0.0252</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C79" s="1">
-        <v>8554</v>
+        <v>8444</v>
       </c>
       <c r="D79" s="13">
-        <v>0.0773</v>
+        <v>0.0767</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C80" s="1">
-        <v>7581</v>
+        <v>7536</v>
       </c>
       <c r="D80" s="13">
-        <v>0.0685</v>
+        <v>0.0684</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>901</v>
       </c>
       <c r="C81" s="1">
-        <v>5107</v>
+        <v>5137</v>
       </c>
       <c r="D81" s="13">
-        <v>0.0461</v>
+        <v>0.0466</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C82" s="1">
-        <v>10033</v>
+        <v>9862</v>
       </c>
       <c r="D82" s="13">
-        <v>0.0907</v>
+        <v>0.0896</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C83" s="1">
-        <v>5895</v>
+        <v>5961</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0533</v>
+        <v>0.0541</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B29:B30"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="B71:B72"/>
     <mergeCell ref="C71:D71"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
@@ -18500,604 +18500,604 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>903</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C10" s="1">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="D10" s="13">
-        <v>0.1653</v>
+        <v>0.1666</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>905</v>
       </c>
       <c r="C11" s="1">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="D11" s="13">
-        <v>0.1045</v>
+        <v>0.1056</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C12" s="1">
         <v>324</v>
       </c>
       <c r="D12" s="13">
-        <v>0.057</v>
+        <v>0.0572</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>907</v>
       </c>
       <c r="C13" s="1">
-        <v>388</v>
+        <v>383</v>
       </c>
       <c r="D13" s="13">
-        <v>0.0683</v>
+        <v>0.0677</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C14" s="1">
-        <v>1078</v>
+        <v>1064</v>
       </c>
       <c r="D14" s="13">
-        <v>0.1897</v>
+        <v>0.188</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C15" s="1">
-        <v>1029</v>
+        <v>1023</v>
       </c>
       <c r="D15" s="13">
-        <v>0.1811</v>
+        <v>0.1807</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C16" s="1">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="D16" s="13">
         <v>0.0892</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C17" s="1">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0542</v>
+        <v>0.0541</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C18" s="1">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="D18" s="13">
-        <v>0.2321</v>
+        <v>0.2326</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>913</v>
       </c>
       <c r="C19" s="1">
-        <v>924</v>
+        <v>923</v>
       </c>
       <c r="D19" s="13">
-        <v>0.1626</v>
+        <v>0.163</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C20" s="1">
-        <v>506</v>
+        <v>499</v>
       </c>
       <c r="D20" s="13">
-        <v>0.0891</v>
+        <v>0.0881</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C21" s="1">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0748</v>
+        <v>0.0756</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>916</v>
       </c>
       <c r="C22" s="1">
         <v>1001</v>
       </c>
       <c r="D22" s="13">
-        <v>0.1762</v>
+        <v>0.1768</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C23" s="1">
-        <v>1261</v>
+        <v>1241</v>
       </c>
       <c r="D23" s="13">
-        <v>0.2219</v>
+        <v>0.2192</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C24" s="1">
         <v>981</v>
       </c>
       <c r="D24" s="13">
-        <v>0.1727</v>
+        <v>0.1733</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B25" s="9"/>
       <c r="D25" s="12"/>
       <c r="F25" s="12"/>
     </row>
     <row r="26">
       <c r="B26" s="31" t="s">
         <v>919</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="33"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="34"/>
       <c r="C27" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>920</v>
       </c>
       <c r="C28" s="1">
-        <v>1265</v>
+        <v>1242</v>
       </c>
       <c r="D28" s="13">
-        <v>0.2226</v>
+        <v>0.2194</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C29" s="1">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="D29" s="13">
-        <v>0.2038</v>
+        <v>0.2047</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C30" s="1">
-        <v>747</v>
+        <v>756</v>
       </c>
       <c r="D30" s="13">
-        <v>0.1315</v>
+        <v>0.1335</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C31" s="1">
-        <v>2512</v>
+        <v>2504</v>
       </c>
       <c r="D31" s="13">
-        <v>0.4421</v>
+        <v>0.4423</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B32" s="10"/>
       <c r="D32" s="12"/>
       <c r="F32" s="12"/>
     </row>
     <row r="33">
       <c r="B33" s="31" t="s">
         <v>924</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="33"/>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="34"/>
       <c r="C34" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>925</v>
       </c>
       <c r="C35" s="1">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="D35" s="13">
-        <v>0.1496</v>
+        <v>0.1494</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C36" s="1">
-        <v>1979</v>
+        <v>1975</v>
       </c>
       <c r="D36" s="13">
-        <v>0.3483</v>
+        <v>0.3489</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>927</v>
       </c>
       <c r="C37" s="1">
-        <v>1562</v>
+        <v>1543</v>
       </c>
       <c r="D37" s="13">
-        <v>0.2749</v>
+        <v>0.2726</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>928</v>
       </c>
       <c r="C38" s="1">
-        <v>1291</v>
+        <v>1297</v>
       </c>
       <c r="D38" s="13">
-        <v>0.2272</v>
+        <v>0.2291</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="10"/>
     </row>
     <row r="40">
       <c r="B40" s="31" t="s">
         <v>929</v>
       </c>
       <c r="C40" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="33"/>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="34"/>
       <c r="C41" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C42" s="1">
-        <v>2280</v>
+        <v>2251</v>
       </c>
       <c r="D42" s="13">
-        <v>0.4013</v>
+        <v>0.3976</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C43" s="1">
-        <v>1332</v>
+        <v>1320</v>
       </c>
       <c r="D43" s="13">
-        <v>0.2344</v>
+        <v>0.2332</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C44" s="1">
-        <v>1797</v>
+        <v>1783</v>
       </c>
       <c r="D44" s="13">
-        <v>0.3163</v>
+        <v>0.315</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>933</v>
       </c>
       <c r="C45" s="1">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="D45" s="13">
-        <v>0.3307</v>
+        <v>0.3314</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C46" s="1">
-        <v>1102</v>
+        <v>1089</v>
       </c>
       <c r="D46" s="13">
-        <v>0.1939</v>
+        <v>0.1924</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C47" s="1">
-        <v>957</v>
+        <v>949</v>
       </c>
       <c r="D47" s="13">
-        <v>0.1684</v>
+        <v>0.1676</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C48" s="1">
-        <v>1109</v>
+        <v>1089</v>
       </c>
       <c r="D48" s="13">
-        <v>0.1952</v>
+        <v>0.1924</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C49" s="1">
-        <v>2131</v>
+        <v>2141</v>
       </c>
       <c r="D49" s="13">
-        <v>0.375</v>
+        <v>0.3782</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="10"/>
     </row>
     <row r="51">
       <c r="B51" s="31" t="s">
         <v>937</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="33"/>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="34"/>
       <c r="C52" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C53" s="1">
-        <v>3664</v>
+        <v>3635</v>
       </c>
       <c r="D53" s="13">
-        <v>0.6448</v>
+        <v>0.6421</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C54" s="1">
-        <v>3140</v>
+        <v>3115</v>
       </c>
       <c r="D54" s="13">
-        <v>0.5526</v>
+        <v>0.5503</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C55" s="1">
-        <v>2152</v>
+        <v>2133</v>
       </c>
       <c r="D55" s="13">
-        <v>0.3787</v>
+        <v>0.3768</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C56" s="1">
-        <v>3420</v>
+        <v>3394</v>
       </c>
       <c r="D56" s="13">
-        <v>0.6019</v>
+        <v>0.5995</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>942</v>
       </c>
       <c r="C57" s="1">
-        <v>4061</v>
+        <v>4049</v>
       </c>
       <c r="D57" s="13">
-        <v>0.7147</v>
+        <v>0.7152</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C58" s="1">
-        <v>3467</v>
+        <v>3451</v>
       </c>
       <c r="D58" s="13">
-        <v>0.6102</v>
+        <v>0.6096</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C59" s="1">
-        <v>1963</v>
+        <v>1956</v>
       </c>
       <c r="D59" s="13">
         <v>0.3455</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C60" s="1">
-        <v>1974</v>
+        <v>1973</v>
       </c>
       <c r="D60" s="13">
-        <v>0.3474</v>
+        <v>0.3485</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C61" s="1">
-        <v>2362</v>
+        <v>2350</v>
       </c>
       <c r="D61" s="13">
-        <v>0.4157</v>
+        <v>0.4151</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C62" s="1">
-        <v>2051</v>
+        <v>2041</v>
       </c>
       <c r="D62" s="13">
-        <v>0.361</v>
+        <v>0.3605</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>948</v>
       </c>
       <c r="C63" s="1">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="D63" s="13">
-        <v>0.3323</v>
+        <v>0.3337</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C64" s="1">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="D64" s="13">
-        <v>0.059</v>
+        <v>0.0586</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="B33:B34"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="B40:B41"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="B51:B52"/>
     <mergeCell ref="C51:D51"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>