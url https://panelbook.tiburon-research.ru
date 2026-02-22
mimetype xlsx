--- v2 (2026-01-07)
+++ v3 (2026-02-22)
@@ -4431,2032 +4431,2032 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="5" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="5">
-        <v>501991</v>
+        <v>468660</v>
       </c>
       <c r="D10" s="18">
         <v>1</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="A11" s="7"/>
       <c r="B11" s="11"/>
       <c r="C11" s="7"/>
       <c r="D11" s="17"/>
       <c r="E11" s="7"/>
       <c r="F11" s="17"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
     </row>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="33"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="34"/>
       <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="5">
-        <v>214006</v>
+        <v>197629</v>
       </c>
       <c r="D14" s="18">
-        <v>0.4263</v>
+        <v>0.4217</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="5" t="s">
         <v>12</v>
       </c>
       <c r="C15" s="5">
-        <v>287985</v>
+        <v>271031</v>
       </c>
       <c r="D15" s="18">
-        <v>0.5737</v>
+        <v>0.5783</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B16" s="9"/>
       <c r="D16" s="16"/>
       <c r="F16" s="16"/>
     </row>
     <row r="17">
       <c r="B17" s="31" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="33"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="34"/>
       <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5">
-        <v>115980</v>
+        <v>111148</v>
       </c>
       <c r="D19" s="18">
-        <v>0.231</v>
+        <v>0.2372</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="C20" s="5">
-        <v>142321</v>
+        <v>128412</v>
       </c>
       <c r="D20" s="18">
-        <v>0.2835</v>
+        <v>0.274</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="5" t="s">
         <v>16</v>
       </c>
       <c r="C21" s="5">
-        <v>116799</v>
+        <v>105946</v>
       </c>
       <c r="D21" s="18">
-        <v>0.2327</v>
+        <v>0.2261</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="C22" s="5">
-        <v>83258</v>
+        <v>79708</v>
       </c>
       <c r="D22" s="18">
-        <v>0.1659</v>
+        <v>0.1701</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="5" t="s">
         <v>18</v>
       </c>
       <c r="C23" s="5">
-        <v>43633</v>
+        <v>43446</v>
       </c>
       <c r="D23" s="18">
-        <v>0.0869</v>
+        <v>0.0927</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B24" s="9"/>
       <c r="D24" s="16"/>
       <c r="F24" s="16"/>
     </row>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>19</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="33"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="34"/>
       <c r="C26" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="5" t="s">
         <v>20</v>
       </c>
       <c r="C27" s="5">
-        <v>199422</v>
+        <v>185667</v>
       </c>
       <c r="D27" s="18">
-        <v>0.4607</v>
+        <v>0.4601</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="C28" s="5">
-        <v>11408</v>
+        <v>10521</v>
       </c>
       <c r="D28" s="18">
-        <v>0.0264</v>
+        <v>0.0261</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="5" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="5">
-        <v>225581</v>
+        <v>210699</v>
       </c>
       <c r="D29" s="18">
-        <v>0.5211</v>
+        <v>0.5221</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B30" s="9"/>
       <c r="D30" s="16"/>
       <c r="F30" s="16"/>
     </row>
     <row r="31">
       <c r="B31" s="31" t="s">
         <v>23</v>
       </c>
       <c r="C31" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="33"/>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="34"/>
       <c r="C32" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D32" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="5" t="s">
         <v>24</v>
       </c>
       <c r="C33" s="5">
-        <v>166713</v>
+        <v>153110</v>
       </c>
       <c r="D33" s="18">
-        <v>0.3851</v>
+        <v>0.3794</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="5" t="s">
         <v>25</v>
       </c>
       <c r="C34" s="5">
-        <v>107212</v>
+        <v>100158</v>
       </c>
       <c r="D34" s="18">
-        <v>0.2477</v>
+        <v>0.2482</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="5" t="s">
         <v>26</v>
       </c>
       <c r="C35" s="5">
-        <v>158943</v>
+        <v>150307</v>
       </c>
       <c r="D35" s="18">
-        <v>0.3672</v>
+        <v>0.3724</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B36" s="9"/>
       <c r="D36" s="16"/>
       <c r="F36" s="16"/>
     </row>
     <row r="37">
       <c r="B37" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C37" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D37" s="33"/>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="34"/>
       <c r="C38" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D38" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="5" t="s">
         <v>28</v>
       </c>
       <c r="C39" s="5">
-        <v>49531</v>
+        <v>44512</v>
       </c>
       <c r="D39" s="18">
-        <v>0.2829</v>
+        <v>0.2754</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="5" t="s">
         <v>29</v>
       </c>
       <c r="C40" s="5">
-        <v>54683</v>
+        <v>49749</v>
       </c>
       <c r="D40" s="18">
-        <v>0.3123</v>
+        <v>0.3078</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="5" t="s">
         <v>30</v>
       </c>
       <c r="C41" s="5">
-        <v>73433</v>
+        <v>67519</v>
       </c>
       <c r="D41" s="18">
-        <v>0.4193</v>
+        <v>0.4177</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="5" t="s">
         <v>31</v>
       </c>
       <c r="C42" s="5">
-        <v>30669</v>
+        <v>28801</v>
       </c>
       <c r="D42" s="18">
-        <v>0.1751</v>
+        <v>0.1782</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="5" t="s">
         <v>32</v>
       </c>
       <c r="C43" s="5">
-        <v>29517</v>
+        <v>27661</v>
       </c>
       <c r="D43" s="18">
-        <v>0.1686</v>
+        <v>0.1711</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="5" t="s">
         <v>33</v>
       </c>
       <c r="C44" s="5">
-        <v>23073</v>
+        <v>22302</v>
       </c>
       <c r="D44" s="18">
-        <v>0.1318</v>
+        <v>0.138</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B45" s="9"/>
       <c r="D45" s="16"/>
       <c r="F45" s="16"/>
     </row>
     <row r="46">
       <c r="B46" s="31" t="s">
         <v>34</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="33"/>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="34"/>
       <c r="C47" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C48" s="5">
-        <v>93271</v>
+        <v>86211</v>
       </c>
       <c r="D48" s="18">
-        <v>0.2155</v>
+        <v>0.2136</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="5" t="s">
         <v>36</v>
       </c>
       <c r="C49" s="5">
-        <v>56886</v>
+        <v>52330</v>
       </c>
       <c r="D49" s="18">
-        <v>0.1314</v>
+        <v>0.1297</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="5" t="s">
         <v>37</v>
       </c>
       <c r="C50" s="5">
-        <v>18287</v>
+        <v>16693</v>
       </c>
       <c r="D50" s="18">
-        <v>0.0422</v>
+        <v>0.0414</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="5" t="s">
         <v>38</v>
       </c>
       <c r="C51" s="5">
-        <v>4505</v>
+        <v>4209</v>
       </c>
       <c r="D51" s="18">
         <v>0.0104</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="5" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="5">
-        <v>2305</v>
+        <v>2090</v>
       </c>
       <c r="D52" s="18">
-        <v>0.0053</v>
+        <v>0.0052</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="5" t="s">
         <v>40</v>
       </c>
       <c r="C53" s="5">
-        <v>257609</v>
+        <v>242037</v>
       </c>
       <c r="D53" s="18">
-        <v>0.5951</v>
+        <v>0.5997</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B54" s="9"/>
       <c r="D54" s="16"/>
       <c r="F54" s="16"/>
     </row>
     <row r="55">
       <c r="B55" s="31" t="s">
         <v>41</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="33"/>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="34"/>
       <c r="C56" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="5" t="s">
         <v>42</v>
       </c>
       <c r="C57" s="5">
-        <v>20675</v>
+        <v>20094</v>
       </c>
       <c r="D57" s="18">
-        <v>0.2443</v>
+        <v>0.2438</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="5" t="s">
         <v>43</v>
       </c>
       <c r="C58" s="5">
-        <v>15341</v>
+        <v>14970</v>
       </c>
       <c r="D58" s="18">
-        <v>0.1813</v>
+        <v>0.1817</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="5" t="s">
         <v>44</v>
       </c>
       <c r="C59" s="5">
-        <v>11060</v>
+        <v>10764</v>
       </c>
       <c r="D59" s="18">
-        <v>0.1307</v>
+        <v>0.1306</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="5" t="s">
         <v>45</v>
       </c>
       <c r="C60" s="5">
-        <v>8509</v>
+        <v>8338</v>
       </c>
       <c r="D60" s="18">
-        <v>0.1006</v>
+        <v>0.1012</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="5" t="s">
         <v>46</v>
       </c>
       <c r="C61" s="5">
-        <v>6710</v>
+        <v>6546</v>
       </c>
       <c r="D61" s="18">
-        <v>0.0793</v>
+        <v>0.0794</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="5" t="s">
         <v>47</v>
       </c>
       <c r="C62" s="5">
-        <v>6057</v>
+        <v>5885</v>
       </c>
       <c r="D62" s="18">
-        <v>0.0716</v>
+        <v>0.0714</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="5" t="s">
         <v>48</v>
       </c>
       <c r="C63" s="5">
-        <v>6120</v>
+        <v>5964</v>
       </c>
       <c r="D63" s="18">
-        <v>0.0723</v>
+        <v>0.0724</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="5" t="s">
         <v>49</v>
       </c>
       <c r="C64" s="5">
-        <v>10142</v>
+        <v>9845</v>
       </c>
       <c r="D64" s="18">
-        <v>0.1199</v>
+        <v>0.1195</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B65" s="9"/>
       <c r="D65" s="16"/>
       <c r="F65" s="16"/>
     </row>
     <row r="66">
       <c r="B66" s="31" t="s">
         <v>50</v>
       </c>
       <c r="C66" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D66" s="33"/>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="34"/>
       <c r="C67" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D67" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="5" t="s">
         <v>51</v>
       </c>
       <c r="C68" s="5">
-        <v>2848</v>
+        <v>2685</v>
       </c>
       <c r="D68" s="18">
-        <v>0.0848</v>
+        <v>0.0799</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="5" t="s">
         <v>52</v>
       </c>
       <c r="C69" s="5">
-        <v>6090</v>
+        <v>6101</v>
       </c>
       <c r="D69" s="18">
-        <v>0.1812</v>
+        <v>0.1815</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="5" t="s">
         <v>53</v>
       </c>
       <c r="C70" s="5">
-        <v>1647</v>
+        <v>1700</v>
       </c>
       <c r="D70" s="18">
-        <v>0.049</v>
+        <v>0.0506</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="5" t="s">
         <v>54</v>
       </c>
       <c r="C71" s="5">
-        <v>616</v>
+        <v>673</v>
       </c>
       <c r="D71" s="18">
-        <v>0.0183</v>
+        <v>0.02</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="5" t="s">
         <v>55</v>
       </c>
       <c r="C72" s="5">
-        <v>753</v>
+        <v>778</v>
       </c>
       <c r="D72" s="18">
-        <v>0.0224</v>
+        <v>0.0231</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="5" t="s">
         <v>56</v>
       </c>
       <c r="C73" s="5">
-        <v>3871</v>
+        <v>3840</v>
       </c>
       <c r="D73" s="18">
-        <v>0.1152</v>
+        <v>0.1142</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="5" t="s">
         <v>57</v>
       </c>
       <c r="C74" s="5">
-        <v>1176</v>
+        <v>1175</v>
       </c>
       <c r="D74" s="18">
         <v>0.035</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C75" s="5">
-        <v>1686</v>
+        <v>1713</v>
       </c>
       <c r="D75" s="18">
-        <v>0.0502</v>
+        <v>0.051</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="5" t="s">
         <v>59</v>
       </c>
       <c r="C76" s="5">
-        <v>688</v>
+        <v>680</v>
       </c>
       <c r="D76" s="18">
-        <v>0.0205</v>
+        <v>0.0202</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="5" t="s">
         <v>60</v>
       </c>
       <c r="C77" s="5">
-        <v>3445</v>
+        <v>3497</v>
       </c>
       <c r="D77" s="18">
-        <v>0.1025</v>
+        <v>0.104</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="5" t="s">
         <v>61</v>
       </c>
       <c r="C78" s="5">
-        <v>928</v>
+        <v>975</v>
       </c>
       <c r="D78" s="18">
-        <v>0.0276</v>
+        <v>0.029</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="5" t="s">
         <v>62</v>
       </c>
       <c r="C79" s="5">
-        <v>1931</v>
+        <v>1864</v>
       </c>
       <c r="D79" s="18">
-        <v>0.0575</v>
+        <v>0.0555</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="5" t="s">
         <v>63</v>
       </c>
       <c r="C80" s="5">
-        <v>1071</v>
+        <v>1051</v>
       </c>
       <c r="D80" s="18">
-        <v>0.0319</v>
+        <v>0.0313</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="5" t="s">
         <v>64</v>
       </c>
       <c r="C81" s="5">
-        <v>6853</v>
+        <v>6880</v>
       </c>
       <c r="D81" s="18">
-        <v>0.2039</v>
+        <v>0.2047</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B82" s="9"/>
       <c r="D82" s="16"/>
       <c r="F82" s="16"/>
     </row>
     <row r="83">
       <c r="B83" s="31" t="s">
         <v>65</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="33"/>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="34"/>
       <c r="C84" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="5" t="s">
         <v>66</v>
       </c>
       <c r="C85" s="5">
-        <v>57671</v>
+        <v>53848</v>
       </c>
       <c r="D85" s="18">
-        <v>0.1332</v>
+        <v>0.1334</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="5" t="s">
         <v>67</v>
       </c>
       <c r="C86" s="5">
-        <v>211566</v>
+        <v>197609</v>
       </c>
       <c r="D86" s="18">
-        <v>0.4888</v>
+        <v>0.4896</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="5" t="s">
         <v>68</v>
       </c>
       <c r="C87" s="5">
-        <v>36655</v>
+        <v>33402</v>
       </c>
       <c r="D87" s="18">
-        <v>0.0847</v>
+        <v>0.0828</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="5" t="s">
         <v>69</v>
       </c>
       <c r="C88" s="5">
-        <v>111623</v>
+        <v>104131</v>
       </c>
       <c r="D88" s="18">
-        <v>0.2579</v>
+        <v>0.258</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="5" t="s">
         <v>70</v>
       </c>
       <c r="C89" s="5">
-        <v>15350</v>
+        <v>14583</v>
       </c>
       <c r="D89" s="18">
-        <v>0.0355</v>
+        <v>0.0361</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B90" s="9"/>
       <c r="D90" s="16"/>
       <c r="F90" s="16"/>
     </row>
     <row r="91">
       <c r="B91" s="31" t="s">
         <v>71</v>
       </c>
       <c r="C91" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D91" s="33"/>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="34"/>
       <c r="C92" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D92" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="5" t="s">
         <v>72</v>
       </c>
       <c r="C93" s="5">
-        <v>31588</v>
+        <v>29273</v>
       </c>
       <c r="D93" s="18">
-        <v>0.073</v>
+        <v>0.0725</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C94" s="5">
-        <v>43521</v>
+        <v>39601</v>
       </c>
       <c r="D94" s="18">
-        <v>0.1005</v>
+        <v>0.0981</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C95" s="5">
-        <v>45705</v>
+        <v>42315</v>
       </c>
       <c r="D95" s="18">
-        <v>0.1056</v>
+        <v>0.1049</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C96" s="5">
-        <v>58468</v>
+        <v>54129</v>
       </c>
       <c r="D96" s="18">
-        <v>0.1351</v>
+        <v>0.1341</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C97" s="5">
-        <v>51475</v>
+        <v>47721</v>
       </c>
       <c r="D97" s="18">
-        <v>0.1189</v>
+        <v>0.1182</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C98" s="5">
-        <v>41749</v>
+        <v>38831</v>
       </c>
       <c r="D98" s="18">
-        <v>0.0964</v>
+        <v>0.0962</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="5" t="s">
         <v>78</v>
       </c>
       <c r="C99" s="5">
         <v>25</v>
       </c>
       <c r="D99" s="18">
         <v>0.0001</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C100" s="5">
-        <v>32461</v>
+        <v>30388</v>
       </c>
       <c r="D100" s="18">
-        <v>0.075</v>
+        <v>0.0753</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C101" s="5">
-        <v>21560</v>
+        <v>20364</v>
       </c>
       <c r="D101" s="18">
-        <v>0.0498</v>
+        <v>0.0505</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C102" s="5">
-        <v>17130</v>
+        <v>16217</v>
       </c>
       <c r="D102" s="18">
-        <v>0.0396</v>
+        <v>0.0402</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C103" s="5">
-        <v>11310</v>
+        <v>10715</v>
       </c>
       <c r="D103" s="18">
-        <v>0.0261</v>
+        <v>0.0266</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C104" s="5">
-        <v>14464</v>
+        <v>13749</v>
       </c>
       <c r="D104" s="18">
-        <v>0.0334</v>
+        <v>0.0341</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C105" s="5">
-        <v>11121</v>
+        <v>10653</v>
       </c>
       <c r="D105" s="18">
-        <v>0.0257</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C106" s="5">
-        <v>7181</v>
+        <v>6734</v>
       </c>
       <c r="D106" s="18">
-        <v>0.0166</v>
+        <v>0.0167</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C107" s="5">
-        <v>5589</v>
+        <v>5361</v>
       </c>
       <c r="D107" s="18">
-        <v>0.0129</v>
+        <v>0.0133</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C108" s="5">
-        <v>5810</v>
+        <v>5507</v>
       </c>
       <c r="D108" s="18">
-        <v>0.0134</v>
+        <v>0.0136</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C109" s="5">
-        <v>33708</v>
+        <v>31989</v>
       </c>
       <c r="D109" s="18">
-        <v>0.0779</v>
+        <v>0.0793</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B110" s="9"/>
       <c r="D110" s="16"/>
       <c r="F110" s="16"/>
     </row>
     <row r="111">
       <c r="B111" s="31" t="s">
         <v>89</v>
       </c>
       <c r="C111" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D111" s="33"/>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="34"/>
       <c r="C112" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D112" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="5" t="s">
         <v>90</v>
       </c>
       <c r="C113" s="5">
-        <v>187216</v>
+        <v>173837</v>
       </c>
       <c r="D113" s="18">
-        <v>0.4325</v>
+        <v>0.4307</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="5" t="s">
         <v>91</v>
       </c>
       <c r="C114" s="5">
-        <v>112275</v>
+        <v>105275</v>
       </c>
       <c r="D114" s="18">
-        <v>0.2594</v>
+        <v>0.2609</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="5" t="s">
         <v>92</v>
       </c>
       <c r="C115" s="5">
-        <v>133374</v>
+        <v>124461</v>
       </c>
       <c r="D115" s="18">
-        <v>0.3081</v>
+        <v>0.3084</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B116" s="9"/>
       <c r="D116" s="16"/>
       <c r="F116" s="16"/>
     </row>
     <row r="117">
       <c r="B117" s="31" t="s">
         <v>93</v>
       </c>
       <c r="C117" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D117" s="33"/>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="34"/>
       <c r="C118" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D118" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="5" t="s">
         <v>94</v>
       </c>
       <c r="C119" s="5">
-        <v>25741</v>
+        <v>24268</v>
       </c>
       <c r="D119" s="18">
-        <v>0.0595</v>
+        <v>0.0601</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="5" t="s">
         <v>95</v>
       </c>
       <c r="C120" s="5">
-        <v>74822</v>
+        <v>69786</v>
       </c>
       <c r="D120" s="18">
         <v>0.1729</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="5" t="s">
         <v>96</v>
       </c>
       <c r="C121" s="5">
-        <v>169620</v>
+        <v>157394</v>
       </c>
       <c r="D121" s="18">
-        <v>0.3919</v>
+        <v>0.39</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="5" t="s">
         <v>97</v>
       </c>
       <c r="C122" s="5">
-        <v>86515</v>
+        <v>80616</v>
       </c>
       <c r="D122" s="18">
-        <v>0.1999</v>
+        <v>0.1998</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="5" t="s">
         <v>98</v>
       </c>
       <c r="C123" s="5">
-        <v>52459</v>
+        <v>49244</v>
       </c>
       <c r="D123" s="18">
-        <v>0.1212</v>
+        <v>0.122</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="5" t="s">
         <v>99</v>
       </c>
       <c r="C124" s="5">
-        <v>23708</v>
+        <v>22265</v>
       </c>
       <c r="D124" s="18">
-        <v>0.0548</v>
+        <v>0.0552</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B125" s="9"/>
       <c r="D125" s="16"/>
       <c r="F125" s="16"/>
     </row>
     <row r="126">
       <c r="B126" s="31" t="s">
         <v>100</v>
       </c>
       <c r="C126" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D126" s="33"/>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="34"/>
       <c r="C127" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D127" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="5" t="s">
         <v>101</v>
       </c>
       <c r="C128" s="5">
-        <v>73886</v>
+        <v>69238</v>
       </c>
       <c r="D128" s="18">
-        <v>0.1707</v>
+        <v>0.1716</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="5" t="s">
         <v>73</v>
       </c>
       <c r="C129" s="5">
-        <v>29609</v>
+        <v>26678</v>
       </c>
       <c r="D129" s="18">
-        <v>0.0684</v>
+        <v>0.0661</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="5" t="s">
         <v>74</v>
       </c>
       <c r="C130" s="5">
-        <v>29920</v>
+        <v>27671</v>
       </c>
       <c r="D130" s="18">
-        <v>0.0691</v>
+        <v>0.0686</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="5" t="s">
         <v>75</v>
       </c>
       <c r="C131" s="5">
-        <v>44462</v>
+        <v>40705</v>
       </c>
       <c r="D131" s="18">
-        <v>0.1027</v>
+        <v>0.1009</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="5" t="s">
         <v>76</v>
       </c>
       <c r="C132" s="5">
-        <v>42642</v>
+        <v>39297</v>
       </c>
       <c r="D132" s="18">
-        <v>0.0985</v>
+        <v>0.0974</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="5" t="s">
         <v>77</v>
       </c>
       <c r="C133" s="5">
-        <v>37922</v>
+        <v>35032</v>
       </c>
       <c r="D133" s="18">
-        <v>0.0876</v>
+        <v>0.0868</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="5" t="s">
         <v>79</v>
       </c>
       <c r="C134" s="5">
-        <v>30454</v>
+        <v>28551</v>
       </c>
       <c r="D134" s="18">
-        <v>0.0704</v>
+        <v>0.0708</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="5" t="s">
         <v>80</v>
       </c>
       <c r="C135" s="5">
-        <v>21584</v>
+        <v>20293</v>
       </c>
       <c r="D135" s="18">
-        <v>0.0499</v>
+        <v>0.0503</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="5" t="s">
         <v>81</v>
       </c>
       <c r="C136" s="5">
-        <v>17538</v>
+        <v>16424</v>
       </c>
       <c r="D136" s="18">
-        <v>0.0405</v>
+        <v>0.0407</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="5" t="s">
         <v>82</v>
       </c>
       <c r="C137" s="5">
-        <v>12187</v>
+        <v>11569</v>
       </c>
       <c r="D137" s="18">
-        <v>0.0282</v>
+        <v>0.0287</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="5" t="s">
         <v>83</v>
       </c>
       <c r="C138" s="5">
-        <v>13945</v>
+        <v>13348</v>
       </c>
       <c r="D138" s="18">
-        <v>0.0322</v>
+        <v>0.0331</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="5" t="s">
         <v>84</v>
       </c>
       <c r="C139" s="5">
-        <v>11490</v>
+        <v>11070</v>
       </c>
       <c r="D139" s="18">
-        <v>0.0265</v>
+        <v>0.0274</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="5" t="s">
         <v>85</v>
       </c>
       <c r="C140" s="5">
-        <v>7644</v>
+        <v>7391</v>
       </c>
       <c r="D140" s="18">
-        <v>0.0177</v>
+        <v>0.0183</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="5" t="s">
         <v>86</v>
       </c>
       <c r="C141" s="5">
-        <v>5132</v>
+        <v>4918</v>
       </c>
       <c r="D141" s="18">
-        <v>0.0119</v>
+        <v>0.0122</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="5" t="s">
         <v>87</v>
       </c>
       <c r="C142" s="5">
-        <v>5095</v>
+        <v>4675</v>
       </c>
       <c r="D142" s="18">
-        <v>0.0118</v>
+        <v>0.0116</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="5" t="s">
         <v>88</v>
       </c>
       <c r="C143" s="5">
-        <v>49330</v>
+        <v>46684</v>
       </c>
       <c r="D143" s="18">
-        <v>0.114</v>
+        <v>0.1157</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B144" s="9"/>
       <c r="D144" s="16"/>
       <c r="F144" s="16"/>
     </row>
     <row r="145">
       <c r="B145" s="31" t="s">
         <v>102</v>
       </c>
       <c r="C145" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D145" s="33"/>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="34"/>
       <c r="C146" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D146" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="5" t="s">
         <v>103</v>
       </c>
       <c r="C147" s="5">
-        <v>5250</v>
+        <v>4943</v>
       </c>
       <c r="D147" s="18">
-        <v>0.0193</v>
+        <v>0.0199</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="5" t="s">
         <v>104</v>
       </c>
       <c r="C148" s="5">
-        <v>4699</v>
+        <v>4405</v>
       </c>
       <c r="D148" s="18">
-        <v>0.0173</v>
+        <v>0.0177</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="5" t="s">
         <v>105</v>
       </c>
       <c r="C149" s="5">
-        <v>21094</v>
+        <v>19708</v>
       </c>
       <c r="D149" s="18">
-        <v>0.0776</v>
+        <v>0.0793</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="5" t="s">
         <v>106</v>
       </c>
       <c r="C150" s="5">
-        <v>48473</v>
+        <v>48523</v>
       </c>
       <c r="D150" s="18">
-        <v>0.1782</v>
+        <v>0.1953</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="5" t="s">
         <v>107</v>
       </c>
       <c r="C151" s="5">
-        <v>38971</v>
+        <v>42281</v>
       </c>
       <c r="D151" s="18">
-        <v>0.1433</v>
+        <v>0.1701</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="5" t="s">
         <v>108</v>
       </c>
       <c r="C152" s="5">
-        <v>24222</v>
+        <v>19366</v>
       </c>
       <c r="D152" s="18">
-        <v>0.0891</v>
+        <v>0.0779</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="B153" s="5" t="s">
         <v>109</v>
       </c>
       <c r="C153" s="5">
-        <v>76596</v>
+        <v>61172</v>
       </c>
       <c r="D153" s="18">
-        <v>0.2816</v>
+        <v>0.2462</v>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="B154" s="5" t="s">
         <v>110</v>
       </c>
       <c r="C154" s="5">
-        <v>7590</v>
+        <v>6979</v>
       </c>
       <c r="D154" s="18">
-        <v>0.0279</v>
+        <v>0.0281</v>
       </c>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="5" t="s">
         <v>111</v>
       </c>
       <c r="C155" s="5">
-        <v>4831</v>
+        <v>3739</v>
       </c>
       <c r="D155" s="18">
-        <v>0.0178</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="5" t="s">
         <v>112</v>
       </c>
       <c r="C156" s="5">
-        <v>11002</v>
+        <v>8630</v>
       </c>
       <c r="D156" s="18">
-        <v>0.0404</v>
+        <v>0.0347</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="5" t="s">
         <v>113</v>
       </c>
       <c r="C157" s="5">
-        <v>3172</v>
+        <v>3280</v>
       </c>
       <c r="D157" s="18">
-        <v>0.0117</v>
+        <v>0.0132</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="B158" s="5" t="s">
         <v>114</v>
       </c>
       <c r="C158" s="5">
-        <v>26093</v>
+        <v>25484</v>
       </c>
       <c r="D158" s="18">
-        <v>0.0959</v>
+        <v>0.1025</v>
       </c>
     </row>
     <row r="159" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="B159" s="9"/>
       <c r="D159" s="16"/>
       <c r="F159" s="16"/>
     </row>
     <row r="160">
       <c r="B160" s="31" t="s">
         <v>115</v>
       </c>
       <c r="C160" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D160" s="33"/>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="34"/>
       <c r="C161" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D161" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="5" t="s">
         <v>116</v>
       </c>
       <c r="C162" s="5">
-        <v>1401</v>
+        <v>1359</v>
       </c>
       <c r="D162" s="18">
-        <v>0.0166</v>
+        <v>0.0165</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="5" t="s">
         <v>117</v>
       </c>
       <c r="C163" s="5">
-        <v>1077</v>
+        <v>1037</v>
       </c>
       <c r="D163" s="18">
-        <v>0.0127</v>
+        <v>0.0126</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1">
       <c r="B164" s="5" t="s">
         <v>118</v>
       </c>
       <c r="C164" s="5">
-        <v>4195</v>
+        <v>4114</v>
       </c>
       <c r="D164" s="18">
-        <v>0.0496</v>
+        <v>0.0499</v>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1">
       <c r="B165" s="5" t="s">
         <v>119</v>
       </c>
       <c r="C165" s="5">
-        <v>1806</v>
+        <v>1794</v>
       </c>
       <c r="D165" s="18">
-        <v>0.0213</v>
+        <v>0.0218</v>
       </c>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="B166" s="5" t="s">
         <v>120</v>
       </c>
       <c r="C166" s="5">
-        <v>5619</v>
+        <v>5533</v>
       </c>
       <c r="D166" s="18">
-        <v>0.0664</v>
+        <v>0.0671</v>
       </c>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="5" t="s">
         <v>121</v>
       </c>
       <c r="C167" s="5">
-        <v>1145</v>
+        <v>1090</v>
       </c>
       <c r="D167" s="18">
-        <v>0.0135</v>
+        <v>0.0132</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="5" t="s">
         <v>122</v>
       </c>
       <c r="C168" s="5">
-        <v>2661</v>
+        <v>2626</v>
       </c>
       <c r="D168" s="18">
-        <v>0.0314</v>
+        <v>0.0319</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="5" t="s">
         <v>123</v>
       </c>
       <c r="C169" s="5">
-        <v>9735</v>
+        <v>9439</v>
       </c>
       <c r="D169" s="18">
-        <v>0.115</v>
+        <v>0.1145</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1">
       <c r="B170" s="5" t="s">
         <v>124</v>
       </c>
       <c r="C170" s="5">
-        <v>1064</v>
+        <v>1043</v>
       </c>
       <c r="D170" s="18">
-        <v>0.0126</v>
+        <v>0.0127</v>
       </c>
     </row>
     <row r="171" ht="15" customHeight="1">
       <c r="B171" s="5" t="s">
         <v>125</v>
       </c>
       <c r="C171" s="5">
-        <v>2762</v>
+        <v>2717</v>
       </c>
       <c r="D171" s="18">
-        <v>0.0326</v>
+        <v>0.033</v>
       </c>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="5" t="s">
         <v>126</v>
       </c>
       <c r="C172" s="5">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="D172" s="18">
-        <v>0.0128</v>
+        <v>0.0131</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="5" t="s">
         <v>127</v>
       </c>
       <c r="C173" s="5">
-        <v>2288</v>
+        <v>2187</v>
       </c>
       <c r="D173" s="18">
-        <v>0.027</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="5" t="s">
         <v>128</v>
       </c>
       <c r="C174" s="5">
-        <v>861</v>
+        <v>834</v>
       </c>
       <c r="D174" s="18">
-        <v>0.0102</v>
+        <v>0.0101</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="5" t="s">
         <v>129</v>
       </c>
       <c r="C175" s="5">
-        <v>723</v>
+        <v>714</v>
       </c>
       <c r="D175" s="18">
-        <v>0.0085</v>
+        <v>0.0087</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1">
       <c r="B176" s="5" t="s">
         <v>130</v>
       </c>
       <c r="C176" s="5">
-        <v>1046</v>
+        <v>1039</v>
       </c>
       <c r="D176" s="18">
-        <v>0.0124</v>
+        <v>0.0126</v>
       </c>
     </row>
     <row r="177" ht="15" customHeight="1">
       <c r="B177" s="5" t="s">
         <v>58</v>
       </c>
       <c r="C177" s="5">
-        <v>2199</v>
+        <v>2160</v>
       </c>
       <c r="D177" s="18">
-        <v>0.026</v>
+        <v>0.0262</v>
       </c>
     </row>
     <row r="178" ht="15" customHeight="1">
       <c r="B178" s="5" t="s">
         <v>131</v>
       </c>
       <c r="C178" s="5">
-        <v>1513</v>
+        <v>1469</v>
       </c>
       <c r="D178" s="18">
-        <v>0.0179</v>
+        <v>0.0178</v>
       </c>
     </row>
     <row r="179" ht="15" customHeight="1">
       <c r="B179" s="5" t="s">
         <v>132</v>
       </c>
       <c r="C179" s="5">
         <v>182</v>
       </c>
       <c r="D179" s="18">
         <v>0.0022</v>
       </c>
     </row>
     <row r="180" ht="15" customHeight="1">
       <c r="B180" s="5" t="s">
         <v>133</v>
       </c>
       <c r="C180" s="5">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="D180" s="18">
-        <v>0.0041</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="181" ht="15" customHeight="1">
       <c r="B181" s="5" t="s">
         <v>134</v>
       </c>
       <c r="C181" s="5">
-        <v>365</v>
+        <v>350</v>
       </c>
       <c r="D181" s="18">
-        <v>0.0043</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="182" ht="15" customHeight="1">
       <c r="B182" s="5" t="s">
         <v>135</v>
       </c>
       <c r="C182" s="5">
-        <v>1072</v>
+        <v>1052</v>
       </c>
       <c r="D182" s="18">
-        <v>0.0127</v>
+        <v>0.0128</v>
       </c>
     </row>
     <row r="183" ht="15" customHeight="1">
       <c r="B183" s="5" t="s">
         <v>136</v>
       </c>
       <c r="C183" s="5">
-        <v>1531</v>
+        <v>1453</v>
       </c>
       <c r="D183" s="18">
-        <v>0.0181</v>
+        <v>0.0176</v>
       </c>
     </row>
     <row r="184" ht="15" customHeight="1">
       <c r="B184" s="5" t="s">
         <v>137</v>
       </c>
       <c r="C184" s="5">
-        <v>516</v>
+        <v>500</v>
       </c>
       <c r="D184" s="18">
         <v>0.0061</v>
       </c>
     </row>
     <row r="185" ht="15" customHeight="1">
       <c r="B185" s="5" t="s">
         <v>138</v>
       </c>
       <c r="C185" s="5">
-        <v>2226</v>
+        <v>2194</v>
       </c>
       <c r="D185" s="18">
-        <v>0.0263</v>
+        <v>0.0266</v>
       </c>
     </row>
     <row r="186" ht="15" customHeight="1">
       <c r="B186" s="5" t="s">
         <v>139</v>
       </c>
       <c r="C186" s="5">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="D186" s="18">
         <v>0.0058</v>
       </c>
     </row>
     <row r="187" ht="15" customHeight="1">
       <c r="B187" s="5" t="s">
         <v>140</v>
       </c>
       <c r="C187" s="5">
-        <v>270</v>
+        <v>257</v>
       </c>
       <c r="D187" s="18">
-        <v>0.0032</v>
+        <v>0.0031</v>
       </c>
     </row>
     <row r="188" ht="15" customHeight="1">
       <c r="B188" s="5" t="s">
         <v>141</v>
       </c>
       <c r="C188" s="5">
-        <v>754</v>
+        <v>753</v>
       </c>
       <c r="D188" s="18">
-        <v>0.0089</v>
+        <v>0.0091</v>
       </c>
     </row>
     <row r="189" ht="15" customHeight="1">
       <c r="B189" s="5" t="s">
         <v>142</v>
       </c>
       <c r="C189" s="5">
-        <v>1329</v>
+        <v>1264</v>
       </c>
       <c r="D189" s="18">
-        <v>0.0157</v>
+        <v>0.0153</v>
       </c>
     </row>
     <row r="190" ht="15" customHeight="1">
       <c r="B190" s="5" t="s">
         <v>143</v>
       </c>
       <c r="C190" s="5">
-        <v>271</v>
+        <v>260</v>
       </c>
       <c r="D190" s="18">
         <v>0.0032</v>
       </c>
     </row>
     <row r="191" ht="15" customHeight="1">
       <c r="B191" s="5" t="s">
         <v>144</v>
       </c>
       <c r="C191" s="5">
-        <v>1278</v>
+        <v>1262</v>
       </c>
       <c r="D191" s="18">
-        <v>0.0151</v>
+        <v>0.0153</v>
       </c>
     </row>
     <row r="192" ht="15" customHeight="1">
       <c r="B192" s="5" t="s">
         <v>145</v>
       </c>
       <c r="C192" s="5">
-        <v>1937</v>
+        <v>1857</v>
       </c>
       <c r="D192" s="18">
-        <v>0.0229</v>
+        <v>0.0225</v>
       </c>
     </row>
     <row r="193" ht="15" customHeight="1">
       <c r="B193" s="5" t="s">
         <v>146</v>
       </c>
       <c r="C193" s="5">
-        <v>847</v>
+        <v>809</v>
       </c>
       <c r="D193" s="18">
-        <v>0.01</v>
+        <v>0.0098</v>
       </c>
     </row>
     <row r="194" ht="15" customHeight="1">
       <c r="B194" s="5" t="s">
         <v>147</v>
       </c>
       <c r="C194" s="5">
-        <v>1071</v>
+        <v>1013</v>
       </c>
       <c r="D194" s="18">
-        <v>0.0127</v>
+        <v>0.0123</v>
       </c>
     </row>
     <row r="195" ht="15" customHeight="1">
       <c r="B195" s="5" t="s">
         <v>148</v>
       </c>
       <c r="C195" s="5">
-        <v>6294</v>
+        <v>6042</v>
       </c>
       <c r="D195" s="18">
-        <v>0.0744</v>
+        <v>0.0733</v>
       </c>
     </row>
     <row r="196" ht="15" customHeight="1">
       <c r="B196" s="5" t="s">
         <v>149</v>
       </c>
       <c r="C196" s="5">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D196" s="18">
         <v>0.0022</v>
       </c>
     </row>
     <row r="197" ht="15" customHeight="1">
       <c r="B197" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C197" s="5">
-        <v>4507</v>
+        <v>4304</v>
       </c>
       <c r="D197" s="18">
-        <v>0.0533</v>
+        <v>0.0522</v>
       </c>
     </row>
     <row r="198" ht="15" customHeight="1">
       <c r="B198" s="5" t="s">
         <v>151</v>
       </c>
       <c r="C198" s="5">
-        <v>1899</v>
+        <v>1826</v>
       </c>
       <c r="D198" s="18">
-        <v>0.0224</v>
+        <v>0.0222</v>
       </c>
     </row>
     <row r="199" ht="15" customHeight="1">
       <c r="B199" s="5" t="s">
         <v>152</v>
       </c>
       <c r="C199" s="5">
-        <v>1957</v>
+        <v>1907</v>
       </c>
       <c r="D199" s="18">
         <v>0.0231</v>
       </c>
     </row>
     <row r="200" ht="15" customHeight="1">
       <c r="B200" s="5" t="s">
         <v>153</v>
       </c>
       <c r="C200" s="5">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="D200" s="18">
-        <v>0.0034</v>
+        <v>0.0035</v>
       </c>
     </row>
     <row r="201" ht="15" customHeight="1">
       <c r="B201" s="5" t="s">
         <v>154</v>
       </c>
       <c r="C201" s="5">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="D201" s="18">
         <v>0.0014</v>
       </c>
     </row>
     <row r="202" ht="15" customHeight="1">
       <c r="B202" s="5" t="s">
         <v>155</v>
       </c>
       <c r="C202" s="5">
-        <v>13721</v>
+        <v>13499</v>
       </c>
       <c r="D202" s="18">
-        <v>0.1621</v>
+        <v>0.1638</v>
       </c>
     </row>
     <row r="203" ht="15" customHeight="1" s="6" customFormat="1">
       <c r="D203" s="16"/>
       <c r="F203" s="16"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B31:B32"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="B37:B38"/>
     <mergeCell ref="C37:D37"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="B55:B56"/>
     <mergeCell ref="C55:D55"/>
@@ -6554,516 +6554,516 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>5</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1">
-        <v>122399</v>
+        <v>113409</v>
       </c>
       <c r="D10" s="13">
         <v>1</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D11" s="12"/>
       <c r="F11" s="12"/>
     </row>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>949</v>
       </c>
       <c r="C12" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="33"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="34"/>
       <c r="C13" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D13" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>950</v>
       </c>
       <c r="C14" s="1">
-        <v>100477</v>
+        <v>92739</v>
       </c>
       <c r="D14" s="13">
         <v>0.5114</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C15" s="1">
-        <v>95988</v>
+        <v>88617</v>
       </c>
       <c r="D15" s="13">
         <v>0.4886</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D16" s="12"/>
       <c r="F16" s="12"/>
     </row>
     <row r="17">
       <c r="B17" s="31" t="s">
         <v>27</v>
       </c>
       <c r="C17" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D17" s="33"/>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="34"/>
       <c r="C18" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D18" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>28</v>
       </c>
       <c r="C19" s="1">
-        <v>37900</v>
+        <v>34301</v>
       </c>
       <c r="D19" s="13">
-        <v>0.3127</v>
+        <v>0.3056</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>29</v>
       </c>
       <c r="C20" s="1">
-        <v>38268</v>
+        <v>35093</v>
       </c>
       <c r="D20" s="13">
-        <v>0.3158</v>
+        <v>0.3127</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>30</v>
       </c>
       <c r="C21" s="1">
-        <v>51045</v>
+        <v>47287</v>
       </c>
       <c r="D21" s="13">
-        <v>0.4212</v>
+        <v>0.4213</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>31</v>
       </c>
       <c r="C22" s="1">
-        <v>21164</v>
+        <v>19944</v>
       </c>
       <c r="D22" s="13">
-        <v>0.1746</v>
+        <v>0.1777</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="C23" s="1">
-        <v>19914</v>
+        <v>18665</v>
       </c>
       <c r="D23" s="13">
-        <v>0.1643</v>
+        <v>0.1663</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="C24" s="1">
-        <v>15060</v>
+        <v>14467</v>
       </c>
       <c r="D24" s="13">
-        <v>0.1243</v>
+        <v>0.1289</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D25" s="12"/>
       <c r="F25" s="12"/>
     </row>
     <row r="26">
       <c r="B26" s="31" t="s">
         <v>171</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="33"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="34"/>
       <c r="C27" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C28" s="1">
-        <v>9864</v>
+        <v>9070</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0806</v>
+        <v>0.08</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C29" s="1">
-        <v>4389</v>
+        <v>4052</v>
       </c>
       <c r="D29" s="13">
-        <v>0.0359</v>
+        <v>0.0357</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C30" s="1">
-        <v>28129</v>
+        <v>26053</v>
       </c>
       <c r="D30" s="13">
-        <v>0.2298</v>
+        <v>0.2297</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C31" s="1">
-        <v>16203</v>
+        <v>15198</v>
       </c>
       <c r="D31" s="13">
-        <v>0.1324</v>
+        <v>0.134</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C32" s="1">
-        <v>20141</v>
+        <v>18673</v>
       </c>
       <c r="D32" s="13">
-        <v>0.1646</v>
+        <v>0.1647</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C33" s="1">
-        <v>14753</v>
+        <v>13794</v>
       </c>
       <c r="D33" s="13">
-        <v>0.1205</v>
+        <v>0.1216</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C34" s="1">
-        <v>11212</v>
+        <v>10246</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0916</v>
+        <v>0.0903</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="1">
-        <v>16994</v>
+        <v>15696</v>
       </c>
       <c r="D35" s="13">
-        <v>0.1388</v>
+        <v>0.1384</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C36" s="1">
-        <v>714</v>
+        <v>627</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0058</v>
+        <v>0.0055</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D37" s="12"/>
       <c r="F37" s="12"/>
     </row>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>952</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="33"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="34"/>
       <c r="C39" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C40" s="1">
-        <v>9965</v>
+        <v>9156</v>
       </c>
       <c r="D40" s="13">
-        <v>0.0814</v>
+        <v>0.0807</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C41" s="1">
-        <v>4445</v>
+        <v>4097</v>
       </c>
       <c r="D41" s="13">
-        <v>0.0363</v>
+        <v>0.0361</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C42" s="1">
-        <v>21424</v>
+        <v>19656</v>
       </c>
       <c r="D42" s="13">
-        <v>0.175</v>
+        <v>0.1733</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C43" s="1">
-        <v>6710</v>
+        <v>6152</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0548</v>
+        <v>0.0542</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C44" s="1">
-        <v>15897</v>
+        <v>14761</v>
       </c>
       <c r="D44" s="13">
-        <v>0.1299</v>
+        <v>0.1302</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C45" s="1">
-        <v>11772</v>
+        <v>11059</v>
       </c>
       <c r="D45" s="13">
-        <v>0.0962</v>
+        <v>0.0975</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C46" s="1">
-        <v>4780</v>
+        <v>4494</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0391</v>
+        <v>0.0396</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C47" s="1">
-        <v>16488</v>
+        <v>15301</v>
       </c>
       <c r="D47" s="13">
-        <v>0.1347</v>
+        <v>0.1349</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C48" s="1">
-        <v>26743</v>
+        <v>24811</v>
       </c>
       <c r="D48" s="13">
-        <v>0.2185</v>
+        <v>0.2188</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C49" s="1">
-        <v>4175</v>
+        <v>3922</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0341</v>
+        <v>0.0346</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D50" s="12"/>
       <c r="F50" s="12"/>
     </row>
     <row r="51">
       <c r="B51" s="31" t="s">
         <v>953</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="33"/>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="34"/>
       <c r="C52" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>954</v>
       </c>
       <c r="C53" s="1">
-        <v>5992</v>
+        <v>5451</v>
       </c>
       <c r="D53" s="13">
-        <v>0.0234</v>
+        <v>0.0227</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>448</v>
       </c>
       <c r="C54" s="1">
-        <v>13186</v>
+        <v>11806</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0515</v>
+        <v>0.0491</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>449</v>
       </c>
       <c r="C55" s="1">
-        <v>25810</v>
+        <v>23779</v>
       </c>
       <c r="D55" s="13">
-        <v>0.1008</v>
+        <v>0.0988</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>450</v>
       </c>
       <c r="C56" s="1">
-        <v>172559</v>
+        <v>164074</v>
       </c>
       <c r="D56" s="13">
-        <v>0.6736</v>
+        <v>0.6818</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>451</v>
       </c>
       <c r="C57" s="1">
-        <v>38619</v>
+        <v>35537</v>
       </c>
       <c r="D57" s="13">
-        <v>0.1508</v>
+        <v>0.1477</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D58" s="12"/>
       <c r="F58" s="12"/>
     </row>
     <row r="59" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D59" s="12"/>
       <c r="F59" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="B17:B18"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="B51:B52"/>
     <mergeCell ref="C51:D51"/>
@@ -7144,175 +7144,175 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>955</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C10" s="1">
-        <v>87347</v>
+        <v>81950</v>
       </c>
       <c r="D10" s="13">
-        <v>0.2018</v>
+        <v>0.2031</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>956</v>
       </c>
       <c r="C11" s="1">
-        <v>88729</v>
+        <v>82252</v>
       </c>
       <c r="D11" s="13">
-        <v>0.205</v>
+        <v>0.2038</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>957</v>
       </c>
       <c r="C12" s="1">
-        <v>134708</v>
+        <v>125206</v>
       </c>
       <c r="D12" s="13">
-        <v>0.3112</v>
+        <v>0.3103</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>958</v>
       </c>
       <c r="C13" s="1">
-        <v>146180</v>
+        <v>135337</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3377</v>
+        <v>0.3354</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>959</v>
       </c>
       <c r="C14" s="1">
-        <v>6489</v>
+        <v>6024</v>
       </c>
       <c r="D14" s="13">
-        <v>0.015</v>
+        <v>0.0149</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C15" s="1">
-        <v>33080</v>
+        <v>30520</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0764</v>
+        <v>0.0756</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C16" s="1">
-        <v>3982</v>
+        <v>4295</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0092</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>961</v>
       </c>
       <c r="C17" s="1">
-        <v>32404</v>
+        <v>29755</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0749</v>
+        <v>0.0737</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C18" s="1">
-        <v>16039</v>
+        <v>15042</v>
       </c>
       <c r="D18" s="13">
-        <v>0.0371</v>
+        <v>0.0373</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>962</v>
       </c>
       <c r="C19" s="1">
-        <v>7208</v>
+        <v>6950</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0167</v>
+        <v>0.0172</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>963</v>
       </c>
       <c r="C20" s="1">
-        <v>1942</v>
+        <v>1845</v>
       </c>
       <c r="D20" s="13">
-        <v>0.0045</v>
+        <v>0.0046</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>964</v>
       </c>
       <c r="C21" s="1">
-        <v>17261</v>
+        <v>16001</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0399</v>
+        <v>0.0397</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D22" s="12"/>
       <c r="F22" s="12"/>
     </row>
     <row r="23" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D23" s="12"/>
       <c r="F23" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
@@ -7384,395 +7384,395 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>965</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C10" s="1">
-        <v>142878</v>
+        <v>138402</v>
       </c>
       <c r="D10" s="13">
-        <v>0.8765</v>
+        <v>0.8741</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C11" s="1">
-        <v>42813</v>
+        <v>41626</v>
       </c>
       <c r="D11" s="13">
-        <v>0.2626</v>
+        <v>0.2629</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C12" s="1">
-        <v>22174</v>
+        <v>21582</v>
       </c>
       <c r="D12" s="13">
-        <v>0.136</v>
+        <v>0.1363</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C13" s="1">
-        <v>55419</v>
+        <v>53801</v>
       </c>
       <c r="D13" s="13">
-        <v>0.34</v>
+        <v>0.3398</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C14" s="1">
-        <v>91996</v>
+        <v>89036</v>
       </c>
       <c r="D14" s="13">
-        <v>0.5644</v>
+        <v>0.5623</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C15" s="1">
-        <v>34389</v>
+        <v>33633</v>
       </c>
       <c r="D15" s="13">
-        <v>0.211</v>
+        <v>0.2124</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C16" s="1">
-        <v>17863</v>
+        <v>17243</v>
       </c>
       <c r="D16" s="13">
-        <v>0.1096</v>
+        <v>0.1089</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C17" s="1">
-        <v>9875</v>
+        <v>9657</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0606</v>
+        <v>0.061</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D18" s="12"/>
       <c r="F18" s="12"/>
     </row>
     <row r="19">
       <c r="B19" s="31" t="s">
         <v>966</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="33"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="34"/>
       <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C21" s="1">
-        <v>26364</v>
+        <v>25996</v>
       </c>
       <c r="D21" s="13">
-        <v>0.1846</v>
+        <v>0.1879</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>968</v>
       </c>
       <c r="C22" s="1">
-        <v>602</v>
+        <v>582</v>
       </c>
       <c r="D22" s="13">
         <v>0.0042</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>969</v>
       </c>
       <c r="C23" s="1">
-        <v>794</v>
+        <v>786</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0056</v>
+        <v>0.0057</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>970</v>
       </c>
       <c r="C24" s="1">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="D24" s="13">
         <v>0.0007</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>971</v>
       </c>
       <c r="C25" s="1">
-        <v>190</v>
+        <v>181</v>
       </c>
       <c r="D25" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>972</v>
       </c>
       <c r="C26" s="1">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="D26" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>973</v>
       </c>
       <c r="C27" s="1">
-        <v>13495</v>
+        <v>12894</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0945</v>
+        <v>0.0932</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>974</v>
       </c>
       <c r="C28" s="1">
-        <v>802</v>
+        <v>787</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0056</v>
+        <v>0.0057</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>975</v>
       </c>
       <c r="C29" s="1">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="D29" s="13">
         <v>0.0022</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>976</v>
       </c>
       <c r="C30" s="1">
-        <v>554</v>
+        <v>531</v>
       </c>
       <c r="D30" s="13">
-        <v>0.0039</v>
+        <v>0.0038</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>977</v>
       </c>
       <c r="C31" s="1">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D31" s="13">
         <v>0.0008</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>978</v>
       </c>
       <c r="C32" s="1">
-        <v>26457</v>
+        <v>25517</v>
       </c>
       <c r="D32" s="13">
-        <v>0.1852</v>
+        <v>0.1844</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>979</v>
       </c>
       <c r="C33" s="1">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="D33" s="13">
         <v>0.0026</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>980</v>
       </c>
       <c r="C34" s="1">
-        <v>315</v>
+        <v>281</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0022</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>981</v>
       </c>
       <c r="C35" s="1">
-        <v>32222</v>
+        <v>30911</v>
       </c>
       <c r="D35" s="13">
-        <v>0.2256</v>
+        <v>0.2234</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>982</v>
       </c>
       <c r="C36" s="1">
-        <v>39972</v>
+        <v>38857</v>
       </c>
       <c r="D36" s="13">
-        <v>0.2798</v>
+        <v>0.2808</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D37" s="12"/>
       <c r="F37" s="12"/>
     </row>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>983</v>
       </c>
       <c r="C38" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D38" s="33"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="34"/>
       <c r="C39" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D39" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>984</v>
       </c>
       <c r="C40" s="1">
-        <v>70020</v>
+        <v>68104</v>
       </c>
       <c r="D40" s="13">
-        <v>0.7142</v>
+        <v>0.7137</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>985</v>
       </c>
       <c r="C41" s="1">
-        <v>16011</v>
+        <v>15721</v>
       </c>
       <c r="D41" s="13">
-        <v>0.1633</v>
+        <v>0.1648</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>986</v>
       </c>
       <c r="C42" s="1">
-        <v>11139</v>
+        <v>10759</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1136</v>
+        <v>0.1128</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>987</v>
       </c>
       <c r="C43" s="1">
-        <v>874</v>
+        <v>839</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0089</v>
+        <v>0.0088</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:D38"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A2:J78"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="0">
       <selection sqref="A1" activeCell="A1"/>
     </sheetView>
@@ -7857,72 +7857,72 @@
       </c>
       <c r="E9" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F9" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G9" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H9" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I9" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J9" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>9</v>
       </c>
       <c r="C10" s="1">
-        <v>501991</v>
+        <v>468660</v>
       </c>
       <c r="D10" s="1">
-        <v>214006</v>
+        <v>197629</v>
       </c>
       <c r="E10" s="1">
-        <v>287985</v>
+        <v>271031</v>
       </c>
       <c r="F10" s="1">
-        <v>115980</v>
+        <v>111148</v>
       </c>
       <c r="G10" s="1">
-        <v>142321</v>
+        <v>128412</v>
       </c>
       <c r="H10" s="1">
-        <v>116799</v>
+        <v>105946</v>
       </c>
       <c r="I10" s="1">
-        <v>83258</v>
+        <v>79708</v>
       </c>
       <c r="J10" s="1">
-        <v>43633</v>
+        <v>43446</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="12">
       <c r="B12" s="31" t="s">
         <v>160</v>
       </c>
       <c r="C12" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D12" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E12" s="37"/>
       <c r="F12" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G12" s="37"/>
       <c r="H12" s="37"/>
       <c r="I12" s="37"/>
       <c r="J12" s="37"/>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="38"/>
       <c r="C13" s="37"/>
@@ -7931,333 +7931,333 @@
       </c>
       <c r="E13" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F13" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G13" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H13" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I13" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J13" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C14" s="1">
-        <v>52558</v>
+        <v>48730</v>
       </c>
       <c r="D14" s="1">
-        <v>25063</v>
+        <v>23059</v>
       </c>
       <c r="E14" s="1">
-        <v>27495</v>
+        <v>25671</v>
       </c>
       <c r="F14" s="1">
-        <v>11433</v>
+        <v>11009</v>
       </c>
       <c r="G14" s="1">
-        <v>17596</v>
+        <v>15705</v>
       </c>
       <c r="H14" s="1">
-        <v>11042</v>
+        <v>9842</v>
       </c>
       <c r="I14" s="1">
-        <v>7712</v>
+        <v>7426</v>
       </c>
       <c r="J14" s="1">
-        <v>4775</v>
+        <v>4748</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C15" s="1">
-        <v>22235</v>
+        <v>20612</v>
       </c>
       <c r="D15" s="1">
-        <v>10048</v>
+        <v>9196</v>
       </c>
       <c r="E15" s="1">
-        <v>12187</v>
+        <v>11416</v>
       </c>
       <c r="F15" s="1">
-        <v>4317</v>
+        <v>4157</v>
       </c>
       <c r="G15" s="1">
-        <v>6151</v>
+        <v>5367</v>
       </c>
       <c r="H15" s="1">
-        <v>5182</v>
+        <v>4694</v>
       </c>
       <c r="I15" s="1">
-        <v>4014</v>
+        <v>3819</v>
       </c>
       <c r="J15" s="1">
-        <v>2571</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>163</v>
       </c>
       <c r="C16" s="1">
-        <v>85778</v>
+        <v>79385</v>
       </c>
       <c r="D16" s="1">
-        <v>35744</v>
+        <v>32746</v>
       </c>
       <c r="E16" s="1">
-        <v>50034</v>
+        <v>46639</v>
       </c>
       <c r="F16" s="1">
-        <v>19595</v>
+        <v>18527</v>
       </c>
       <c r="G16" s="1">
-        <v>22473</v>
+        <v>20269</v>
       </c>
       <c r="H16" s="1">
-        <v>20846</v>
+        <v>18699</v>
       </c>
       <c r="I16" s="1">
-        <v>15131</v>
+        <v>14294</v>
       </c>
       <c r="J16" s="1">
-        <v>7733</v>
+        <v>7596</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>164</v>
       </c>
       <c r="C17" s="1">
-        <v>26954</v>
+        <v>24886</v>
       </c>
       <c r="D17" s="1">
-        <v>11599</v>
+        <v>10590</v>
       </c>
       <c r="E17" s="1">
-        <v>15355</v>
+        <v>14296</v>
       </c>
       <c r="F17" s="1">
-        <v>5868</v>
+        <v>5469</v>
       </c>
       <c r="G17" s="1">
-        <v>6530</v>
+        <v>5854</v>
       </c>
       <c r="H17" s="1">
-        <v>6644</v>
+        <v>5958</v>
       </c>
       <c r="I17" s="1">
-        <v>5183</v>
+        <v>4918</v>
       </c>
       <c r="J17" s="1">
-        <v>2729</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>165</v>
       </c>
       <c r="C18" s="1">
-        <v>61532</v>
+        <v>57212</v>
       </c>
       <c r="D18" s="1">
-        <v>25131</v>
+        <v>23049</v>
       </c>
       <c r="E18" s="1">
-        <v>36401</v>
+        <v>34163</v>
       </c>
       <c r="F18" s="1">
-        <v>13760</v>
+        <v>13130</v>
       </c>
       <c r="G18" s="1">
-        <v>17954</v>
+        <v>16136</v>
       </c>
       <c r="H18" s="1">
-        <v>14655</v>
+        <v>13332</v>
       </c>
       <c r="I18" s="1">
-        <v>10019</v>
+        <v>9518</v>
       </c>
       <c r="J18" s="1">
-        <v>5144</v>
+        <v>5096</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>166</v>
       </c>
       <c r="C19" s="1">
-        <v>46215</v>
+        <v>43628</v>
       </c>
       <c r="D19" s="1">
-        <v>19489</v>
+        <v>18185</v>
       </c>
       <c r="E19" s="1">
-        <v>26726</v>
+        <v>25443</v>
       </c>
       <c r="F19" s="1">
-        <v>10884</v>
+        <v>10546</v>
       </c>
       <c r="G19" s="1">
-        <v>12809</v>
+        <v>11635</v>
       </c>
       <c r="H19" s="1">
-        <v>10665</v>
+        <v>9841</v>
       </c>
       <c r="I19" s="1">
-        <v>7891</v>
+        <v>7596</v>
       </c>
       <c r="J19" s="1">
-        <v>3966</v>
+        <v>4010</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>167</v>
       </c>
       <c r="C20" s="1">
-        <v>20372</v>
+        <v>19450</v>
       </c>
       <c r="D20" s="1">
-        <v>8909</v>
+        <v>8425</v>
       </c>
       <c r="E20" s="1">
-        <v>11463</v>
+        <v>11025</v>
       </c>
       <c r="F20" s="1">
-        <v>5202</v>
+        <v>5084</v>
       </c>
       <c r="G20" s="1">
-        <v>6054</v>
+        <v>5505</v>
       </c>
       <c r="H20" s="1">
-        <v>4222</v>
+        <v>3952</v>
       </c>
       <c r="I20" s="1">
-        <v>3233</v>
+        <v>3231</v>
       </c>
       <c r="J20" s="1">
-        <v>1661</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>168</v>
       </c>
       <c r="C21" s="1">
-        <v>65723</v>
+        <v>62033</v>
       </c>
       <c r="D21" s="1">
-        <v>27372</v>
+        <v>25626</v>
       </c>
       <c r="E21" s="1">
-        <v>38351</v>
+        <v>36407</v>
       </c>
       <c r="F21" s="1">
-        <v>15827</v>
+        <v>15402</v>
       </c>
       <c r="G21" s="1">
-        <v>18796</v>
+        <v>17122</v>
       </c>
       <c r="H21" s="1">
-        <v>14972</v>
+        <v>13648</v>
       </c>
       <c r="I21" s="1">
-        <v>10810</v>
+        <v>10480</v>
       </c>
       <c r="J21" s="1">
-        <v>5318</v>
+        <v>5381</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>169</v>
       </c>
       <c r="C22" s="1">
-        <v>103827</v>
+        <v>97005</v>
       </c>
       <c r="D22" s="1">
-        <v>43792</v>
+        <v>40546</v>
       </c>
       <c r="E22" s="1">
-        <v>60035</v>
+        <v>56459</v>
       </c>
       <c r="F22" s="1">
-        <v>24582</v>
+        <v>23554</v>
       </c>
       <c r="G22" s="1">
-        <v>28433</v>
+        <v>25790</v>
       </c>
       <c r="H22" s="1">
-        <v>25112</v>
+        <v>22788</v>
       </c>
       <c r="I22" s="1">
-        <v>17134</v>
+        <v>16357</v>
       </c>
       <c r="J22" s="1">
-        <v>8566</v>
+        <v>8516</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>170</v>
       </c>
       <c r="C23" s="1">
-        <v>16797</v>
+        <v>15719</v>
       </c>
       <c r="D23" s="1">
-        <v>6859</v>
+        <v>6207</v>
       </c>
       <c r="E23" s="1">
-        <v>9938</v>
+        <v>9512</v>
       </c>
       <c r="F23" s="1">
-        <v>4512</v>
+        <v>4270</v>
       </c>
       <c r="G23" s="1">
-        <v>5525</v>
+        <v>5029</v>
       </c>
       <c r="H23" s="1">
-        <v>3459</v>
+        <v>3192</v>
       </c>
       <c r="I23" s="1">
-        <v>2131</v>
+        <v>2069</v>
       </c>
       <c r="J23" s="1">
-        <v>1170</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>171</v>
       </c>
       <c r="C25" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D25" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="37"/>
       <c r="F25" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G25" s="37"/>
       <c r="H25" s="37"/>
       <c r="I25" s="37"/>
       <c r="J25" s="37"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="38"/>
       <c r="C26" s="37"/>
@@ -8266,333 +8266,333 @@
       </c>
       <c r="E26" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F26" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I26" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J26" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C27" s="1">
-        <v>52118</v>
+        <v>48330</v>
       </c>
       <c r="D27" s="1">
-        <v>24858</v>
+        <v>22879</v>
       </c>
       <c r="E27" s="1">
-        <v>27260</v>
+        <v>25451</v>
       </c>
       <c r="F27" s="1">
-        <v>11330</v>
+        <v>10911</v>
       </c>
       <c r="G27" s="1">
-        <v>17504</v>
+        <v>15625</v>
       </c>
       <c r="H27" s="1">
-        <v>10928</v>
+        <v>9749</v>
       </c>
       <c r="I27" s="1">
-        <v>7618</v>
+        <v>7338</v>
       </c>
       <c r="J27" s="1">
-        <v>4738</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C28" s="1">
-        <v>21984</v>
+        <v>20378</v>
       </c>
       <c r="D28" s="1">
-        <v>9924</v>
+        <v>9074</v>
       </c>
       <c r="E28" s="1">
-        <v>12060</v>
+        <v>11304</v>
       </c>
       <c r="F28" s="1">
-        <v>4258</v>
+        <v>4100</v>
       </c>
       <c r="G28" s="1">
-        <v>6110</v>
+        <v>5332</v>
       </c>
       <c r="H28" s="1">
-        <v>5097</v>
+        <v>4619</v>
       </c>
       <c r="I28" s="1">
-        <v>3966</v>
+        <v>3771</v>
       </c>
       <c r="J28" s="1">
-        <v>2553</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>172</v>
       </c>
       <c r="C29" s="1">
-        <v>116759</v>
+        <v>109027</v>
       </c>
       <c r="D29" s="1">
-        <v>49524</v>
+        <v>46056</v>
       </c>
       <c r="E29" s="1">
-        <v>67235</v>
+        <v>62971</v>
       </c>
       <c r="F29" s="1">
-        <v>26632</v>
+        <v>25959</v>
       </c>
       <c r="G29" s="1">
-        <v>34757</v>
+        <v>31527</v>
       </c>
       <c r="H29" s="1">
-        <v>27567</v>
+        <v>24781</v>
       </c>
       <c r="I29" s="1">
-        <v>18524</v>
+        <v>17540</v>
       </c>
       <c r="J29" s="1">
-        <v>9279</v>
+        <v>9220</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>173</v>
       </c>
       <c r="C30" s="1">
-        <v>190862</v>
+        <v>177735</v>
       </c>
       <c r="D30" s="1">
-        <v>84306</v>
+        <v>78009</v>
       </c>
       <c r="E30" s="1">
-        <v>106556</v>
+        <v>99726</v>
       </c>
       <c r="F30" s="1">
-        <v>42221</v>
+        <v>40970</v>
       </c>
       <c r="G30" s="1">
-        <v>58371</v>
+        <v>52484</v>
       </c>
       <c r="H30" s="1">
-        <v>43592</v>
+        <v>39149</v>
       </c>
       <c r="I30" s="1">
-        <v>30108</v>
+        <v>28649</v>
       </c>
       <c r="J30" s="1">
-        <v>16570</v>
+        <v>16483</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>174</v>
       </c>
       <c r="C31" s="1">
-        <v>66291</v>
+        <v>62426</v>
       </c>
       <c r="D31" s="1">
-        <v>27361</v>
+        <v>25373</v>
       </c>
       <c r="E31" s="1">
-        <v>38930</v>
+        <v>37053</v>
       </c>
       <c r="F31" s="1">
-        <v>16295</v>
+        <v>15685</v>
       </c>
       <c r="G31" s="1">
-        <v>18889</v>
+        <v>17181</v>
       </c>
       <c r="H31" s="1">
-        <v>14679</v>
+        <v>13455</v>
       </c>
       <c r="I31" s="1">
-        <v>10802</v>
+        <v>10428</v>
       </c>
       <c r="J31" s="1">
-        <v>5626</v>
+        <v>5677</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>175</v>
       </c>
       <c r="C32" s="1">
-        <v>81850</v>
+        <v>76559</v>
       </c>
       <c r="D32" s="1">
-        <v>33953</v>
+        <v>31370</v>
       </c>
       <c r="E32" s="1">
-        <v>47897</v>
+        <v>45189</v>
       </c>
       <c r="F32" s="1">
-        <v>19660</v>
+        <v>18715</v>
       </c>
       <c r="G32" s="1">
-        <v>22674</v>
+        <v>20596</v>
       </c>
       <c r="H32" s="1">
-        <v>18925</v>
+        <v>17288</v>
       </c>
       <c r="I32" s="1">
-        <v>13582</v>
+        <v>12983</v>
       </c>
       <c r="J32" s="1">
-        <v>7009</v>
+        <v>6977</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>176</v>
       </c>
       <c r="C33" s="1">
-        <v>57590</v>
+        <v>54139</v>
       </c>
       <c r="D33" s="1">
-        <v>23997</v>
+        <v>22201</v>
       </c>
       <c r="E33" s="1">
-        <v>33593</v>
+        <v>31938</v>
       </c>
       <c r="F33" s="1">
-        <v>13150</v>
+        <v>12543</v>
       </c>
       <c r="G33" s="1">
-        <v>14941</v>
+        <v>13551</v>
       </c>
       <c r="H33" s="1">
-        <v>13924</v>
+        <v>12814</v>
       </c>
       <c r="I33" s="1">
-        <v>10077</v>
+        <v>9751</v>
       </c>
       <c r="J33" s="1">
-        <v>5498</v>
+        <v>5480</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>177</v>
       </c>
       <c r="C34" s="1">
-        <v>41628</v>
+        <v>38542</v>
       </c>
       <c r="D34" s="1">
-        <v>17378</v>
+        <v>15870</v>
       </c>
       <c r="E34" s="1">
-        <v>24250</v>
+        <v>22672</v>
       </c>
       <c r="F34" s="1">
-        <v>9565</v>
+        <v>8964</v>
       </c>
       <c r="G34" s="1">
-        <v>10713</v>
+        <v>9629</v>
       </c>
       <c r="H34" s="1">
-        <v>10202</v>
+        <v>9178</v>
       </c>
       <c r="I34" s="1">
-        <v>7438</v>
+        <v>7113</v>
       </c>
       <c r="J34" s="1">
-        <v>3710</v>
+        <v>3658</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>178</v>
       </c>
       <c r="C35" s="1">
-        <v>61068</v>
+        <v>56782</v>
       </c>
       <c r="D35" s="1">
-        <v>25862</v>
+        <v>23752</v>
       </c>
       <c r="E35" s="1">
-        <v>35206</v>
+        <v>33030</v>
       </c>
       <c r="F35" s="1">
-        <v>14366</v>
+        <v>13544</v>
       </c>
       <c r="G35" s="1">
-        <v>15928</v>
+        <v>14304</v>
       </c>
       <c r="H35" s="1">
-        <v>14856</v>
+        <v>13493</v>
       </c>
       <c r="I35" s="1">
-        <v>10866</v>
+        <v>10430</v>
       </c>
       <c r="J35" s="1">
-        <v>5052</v>
+        <v>5011</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>179</v>
       </c>
       <c r="C36" s="1">
-        <v>2703</v>
+        <v>2477</v>
       </c>
       <c r="D36" s="1">
-        <v>1149</v>
+        <v>1054</v>
       </c>
       <c r="E36" s="1">
-        <v>1554</v>
+        <v>1423</v>
       </c>
       <c r="F36" s="1">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="G36" s="1">
-        <v>805</v>
+        <v>667</v>
       </c>
       <c r="H36" s="1">
-        <v>621</v>
+        <v>569</v>
       </c>
       <c r="I36" s="1">
-        <v>385</v>
+        <v>354</v>
       </c>
       <c r="J36" s="1">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="38">
       <c r="B38" s="31" t="s">
         <v>180</v>
       </c>
       <c r="C38" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D38" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="37"/>
       <c r="F38" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G38" s="37"/>
       <c r="H38" s="37"/>
       <c r="I38" s="37"/>
       <c r="J38" s="37"/>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="38"/>
       <c r="C39" s="37"/>
@@ -8601,507 +8601,507 @@
       </c>
       <c r="E39" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F39" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G39" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H39" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I39" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J39" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>161</v>
       </c>
       <c r="C40" s="1">
-        <v>52118</v>
+        <v>48330</v>
       </c>
       <c r="D40" s="1">
-        <v>24858</v>
+        <v>22879</v>
       </c>
       <c r="E40" s="1">
-        <v>27260</v>
+        <v>25451</v>
       </c>
       <c r="F40" s="1">
-        <v>11330</v>
+        <v>10911</v>
       </c>
       <c r="G40" s="1">
-        <v>17504</v>
+        <v>15625</v>
       </c>
       <c r="H40" s="1">
-        <v>10928</v>
+        <v>9749</v>
       </c>
       <c r="I40" s="1">
-        <v>7618</v>
+        <v>7338</v>
       </c>
       <c r="J40" s="1">
-        <v>4738</v>
+        <v>4707</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>162</v>
       </c>
       <c r="C41" s="1">
-        <v>21984</v>
+        <v>20378</v>
       </c>
       <c r="D41" s="1">
-        <v>9924</v>
+        <v>9074</v>
       </c>
       <c r="E41" s="1">
-        <v>12060</v>
+        <v>11304</v>
       </c>
       <c r="F41" s="1">
-        <v>4258</v>
+        <v>4100</v>
       </c>
       <c r="G41" s="1">
-        <v>6110</v>
+        <v>5332</v>
       </c>
       <c r="H41" s="1">
-        <v>5097</v>
+        <v>4619</v>
       </c>
       <c r="I41" s="1">
-        <v>3966</v>
+        <v>3771</v>
       </c>
       <c r="J41" s="1">
-        <v>2553</v>
+        <v>2556</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>181</v>
       </c>
       <c r="C42" s="1">
-        <v>11109</v>
+        <v>10543</v>
       </c>
       <c r="D42" s="1">
-        <v>4650</v>
+        <v>4470</v>
       </c>
       <c r="E42" s="1">
-        <v>6459</v>
+        <v>6073</v>
       </c>
       <c r="F42" s="1">
-        <v>2517</v>
+        <v>2499</v>
       </c>
       <c r="G42" s="1">
-        <v>3246</v>
+        <v>2989</v>
       </c>
       <c r="H42" s="1">
-        <v>2587</v>
+        <v>2353</v>
       </c>
       <c r="I42" s="1">
-        <v>1866</v>
+        <v>1808</v>
       </c>
       <c r="J42" s="1">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>182</v>
       </c>
       <c r="C43" s="1">
-        <v>10111</v>
+        <v>9400</v>
       </c>
       <c r="D43" s="1">
-        <v>4372</v>
+        <v>4100</v>
       </c>
       <c r="E43" s="1">
-        <v>5739</v>
+        <v>5300</v>
       </c>
       <c r="F43" s="1">
-        <v>2215</v>
+        <v>2166</v>
       </c>
       <c r="G43" s="1">
-        <v>3014</v>
+        <v>2716</v>
       </c>
       <c r="H43" s="1">
-        <v>2269</v>
+        <v>2028</v>
       </c>
       <c r="I43" s="1">
-        <v>1746</v>
+        <v>1609</v>
       </c>
       <c r="J43" s="1">
-        <v>867</v>
+        <v>881</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>183</v>
       </c>
       <c r="C44" s="1">
-        <v>7447</v>
+        <v>6919</v>
       </c>
       <c r="D44" s="1">
-        <v>3261</v>
+        <v>3037</v>
       </c>
       <c r="E44" s="1">
-        <v>4186</v>
+        <v>3882</v>
       </c>
       <c r="F44" s="1">
-        <v>1746</v>
+        <v>1706</v>
       </c>
       <c r="G44" s="1">
-        <v>2309</v>
+        <v>2070</v>
       </c>
       <c r="H44" s="1">
-        <v>1879</v>
+        <v>1659</v>
       </c>
       <c r="I44" s="1">
-        <v>1031</v>
+        <v>983</v>
       </c>
       <c r="J44" s="1">
-        <v>482</v>
+        <v>501</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>184</v>
       </c>
       <c r="C45" s="1">
-        <v>7640</v>
+        <v>7096</v>
       </c>
       <c r="D45" s="1">
-        <v>3306</v>
+        <v>3045</v>
       </c>
       <c r="E45" s="1">
-        <v>4334</v>
+        <v>4051</v>
       </c>
       <c r="F45" s="1">
-        <v>1656</v>
+        <v>1615</v>
       </c>
       <c r="G45" s="1">
-        <v>2119</v>
+        <v>1940</v>
       </c>
       <c r="H45" s="1">
-        <v>1822</v>
+        <v>1631</v>
       </c>
       <c r="I45" s="1">
-        <v>1343</v>
+        <v>1241</v>
       </c>
       <c r="J45" s="1">
-        <v>700</v>
+        <v>669</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>185</v>
       </c>
       <c r="C46" s="1">
-        <v>7281</v>
+        <v>6871</v>
       </c>
       <c r="D46" s="1">
-        <v>3129</v>
+        <v>2945</v>
       </c>
       <c r="E46" s="1">
-        <v>4152</v>
+        <v>3926</v>
       </c>
       <c r="F46" s="1">
-        <v>1751</v>
+        <v>1773</v>
       </c>
       <c r="G46" s="1">
-        <v>2194</v>
+        <v>2003</v>
       </c>
       <c r="H46" s="1">
-        <v>1655</v>
+        <v>1470</v>
       </c>
       <c r="I46" s="1">
-        <v>1144</v>
+        <v>1085</v>
       </c>
       <c r="J46" s="1">
-        <v>537</v>
+        <v>540</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>186</v>
       </c>
       <c r="C47" s="1">
-        <v>7904</v>
+        <v>7523</v>
       </c>
       <c r="D47" s="1">
-        <v>3338</v>
+        <v>3148</v>
       </c>
       <c r="E47" s="1">
-        <v>4566</v>
+        <v>4375</v>
       </c>
       <c r="F47" s="1">
-        <v>1856</v>
+        <v>1852</v>
       </c>
       <c r="G47" s="1">
-        <v>2356</v>
+        <v>2153</v>
       </c>
       <c r="H47" s="1">
-        <v>1844</v>
+        <v>1707</v>
       </c>
       <c r="I47" s="1">
-        <v>1207</v>
+        <v>1144</v>
       </c>
       <c r="J47" s="1">
-        <v>641</v>
+        <v>667</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>187</v>
       </c>
       <c r="C48" s="1">
-        <v>8105</v>
+        <v>7474</v>
       </c>
       <c r="D48" s="1">
-        <v>3423</v>
+        <v>3155</v>
       </c>
       <c r="E48" s="1">
-        <v>4682</v>
+        <v>4319</v>
       </c>
       <c r="F48" s="1">
-        <v>1873</v>
+        <v>1776</v>
       </c>
       <c r="G48" s="1">
-        <v>2147</v>
+        <v>1932</v>
       </c>
       <c r="H48" s="1">
-        <v>1936</v>
+        <v>1720</v>
       </c>
       <c r="I48" s="1">
-        <v>1406</v>
+        <v>1321</v>
       </c>
       <c r="J48" s="1">
-        <v>743</v>
+        <v>725</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>188</v>
       </c>
       <c r="C49" s="1">
-        <v>8421</v>
+        <v>7791</v>
       </c>
       <c r="D49" s="1">
-        <v>3570</v>
+        <v>3267</v>
       </c>
       <c r="E49" s="1">
-        <v>4851</v>
+        <v>4524</v>
       </c>
       <c r="F49" s="1">
-        <v>1906</v>
+        <v>1836</v>
       </c>
       <c r="G49" s="1">
-        <v>2566</v>
+        <v>2342</v>
       </c>
       <c r="H49" s="1">
-        <v>2037</v>
+        <v>1826</v>
       </c>
       <c r="I49" s="1">
-        <v>1302</v>
+        <v>1194</v>
       </c>
       <c r="J49" s="1">
-        <v>610</v>
+        <v>593</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>189</v>
       </c>
       <c r="C50" s="1">
-        <v>8612</v>
+        <v>8111</v>
       </c>
       <c r="D50" s="1">
-        <v>3542</v>
+        <v>3291</v>
       </c>
       <c r="E50" s="1">
-        <v>5070</v>
+        <v>4820</v>
       </c>
       <c r="F50" s="1">
-        <v>1888</v>
+        <v>1808</v>
       </c>
       <c r="G50" s="1">
-        <v>2812</v>
+        <v>2567</v>
       </c>
       <c r="H50" s="1">
-        <v>1984</v>
+        <v>1837</v>
       </c>
       <c r="I50" s="1">
-        <v>1302</v>
+        <v>1269</v>
       </c>
       <c r="J50" s="1">
-        <v>626</v>
+        <v>630</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>190</v>
       </c>
       <c r="C51" s="1">
-        <v>12243</v>
+        <v>11471</v>
       </c>
       <c r="D51" s="1">
-        <v>5067</v>
+        <v>4701</v>
       </c>
       <c r="E51" s="1">
-        <v>7176</v>
+        <v>6770</v>
       </c>
       <c r="F51" s="1">
-        <v>2697</v>
+        <v>2598</v>
       </c>
       <c r="G51" s="1">
-        <v>3883</v>
+        <v>3532</v>
       </c>
       <c r="H51" s="1">
-        <v>2966</v>
+        <v>2739</v>
       </c>
       <c r="I51" s="1">
-        <v>1833</v>
+        <v>1772</v>
       </c>
       <c r="J51" s="1">
-        <v>864</v>
+        <v>830</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>191</v>
       </c>
       <c r="C52" s="1">
-        <v>7002</v>
+        <v>6574</v>
       </c>
       <c r="D52" s="1">
-        <v>2960</v>
+        <v>2760</v>
       </c>
       <c r="E52" s="1">
-        <v>4042</v>
+        <v>3814</v>
       </c>
       <c r="F52" s="1">
-        <v>1639</v>
+        <v>1614</v>
       </c>
       <c r="G52" s="1">
-        <v>2017</v>
+        <v>1810</v>
       </c>
       <c r="H52" s="1">
-        <v>1599</v>
+        <v>1450</v>
       </c>
       <c r="I52" s="1">
-        <v>1148</v>
+        <v>1094</v>
       </c>
       <c r="J52" s="1">
-        <v>599</v>
+        <v>606</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>192</v>
       </c>
       <c r="C53" s="1">
-        <v>6658</v>
+        <v>6130</v>
       </c>
       <c r="D53" s="1">
-        <v>2769</v>
+        <v>2514</v>
       </c>
       <c r="E53" s="1">
-        <v>3889</v>
+        <v>3616</v>
       </c>
       <c r="F53" s="1">
-        <v>1547</v>
+        <v>1515</v>
       </c>
       <c r="G53" s="1">
-        <v>2012</v>
+        <v>1832</v>
       </c>
       <c r="H53" s="1">
-        <v>1600</v>
+        <v>1358</v>
       </c>
       <c r="I53" s="1">
-        <v>1000</v>
+        <v>931</v>
       </c>
       <c r="J53" s="1">
-        <v>499</v>
+        <v>494</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>193</v>
       </c>
       <c r="C54" s="1">
-        <v>7898</v>
+        <v>7345</v>
       </c>
       <c r="D54" s="1">
-        <v>3479</v>
+        <v>3229</v>
       </c>
       <c r="E54" s="1">
-        <v>4419</v>
+        <v>4116</v>
       </c>
       <c r="F54" s="1">
-        <v>1905</v>
+        <v>1834</v>
       </c>
       <c r="G54" s="1">
-        <v>2299</v>
+        <v>2081</v>
       </c>
       <c r="H54" s="1">
-        <v>1875</v>
+        <v>1676</v>
       </c>
       <c r="I54" s="1">
-        <v>1164</v>
+        <v>1120</v>
       </c>
       <c r="J54" s="1">
-        <v>655</v>
+        <v>634</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>194</v>
       </c>
       <c r="C55" s="1">
-        <v>6329</v>
+        <v>5779</v>
       </c>
       <c r="D55" s="1">
-        <v>2658</v>
+        <v>2394</v>
       </c>
       <c r="E55" s="1">
-        <v>3671</v>
+        <v>3385</v>
       </c>
       <c r="F55" s="1">
-        <v>1437</v>
+        <v>1367</v>
       </c>
       <c r="G55" s="1">
-        <v>1783</v>
+        <v>1560</v>
       </c>
       <c r="H55" s="1">
-        <v>1514</v>
+        <v>1327</v>
       </c>
       <c r="I55" s="1">
-        <v>1032</v>
+        <v>969</v>
       </c>
       <c r="J55" s="1">
-        <v>563</v>
+        <v>556</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1" s="2" customFormat="1"/>
     <row r="57">
       <c r="B57" s="31" t="s">
         <v>195</v>
       </c>
       <c r="C57" s="36" t="s">
         <v>156</v>
       </c>
       <c r="D57" s="36" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="37"/>
       <c r="F57" s="36" t="s">
         <v>157</v>
       </c>
       <c r="G57" s="37"/>
       <c r="H57" s="37"/>
       <c r="I57" s="37"/>
       <c r="J57" s="37"/>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="38"/>
       <c r="C58" s="37"/>
@@ -9110,623 +9110,623 @@
       </c>
       <c r="E58" s="36" t="s">
         <v>159</v>
       </c>
       <c r="F58" s="36" t="s">
         <v>14</v>
       </c>
       <c r="G58" s="36" t="s">
         <v>15</v>
       </c>
       <c r="H58" s="36" t="s">
         <v>16</v>
       </c>
       <c r="I58" s="36" t="s">
         <v>17</v>
       </c>
       <c r="J58" s="36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>196</v>
       </c>
       <c r="C59" s="1">
-        <v>5471</v>
+        <v>5130</v>
       </c>
       <c r="D59" s="1">
-        <v>2154</v>
+        <v>1977</v>
       </c>
       <c r="E59" s="1">
-        <v>3317</v>
+        <v>3153</v>
       </c>
       <c r="F59" s="1">
-        <v>1280</v>
+        <v>1235</v>
       </c>
       <c r="G59" s="1">
-        <v>1553</v>
+        <v>1421</v>
       </c>
       <c r="H59" s="1">
-        <v>1240</v>
+        <v>1152</v>
       </c>
       <c r="I59" s="1">
-        <v>881</v>
+        <v>824</v>
       </c>
       <c r="J59" s="1">
-        <v>517</v>
+        <v>498</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>197</v>
       </c>
       <c r="C60" s="1">
-        <v>4997</v>
+        <v>4782</v>
       </c>
       <c r="D60" s="1">
-        <v>2065</v>
+        <v>1911</v>
       </c>
       <c r="E60" s="1">
-        <v>2932</v>
+        <v>2871</v>
       </c>
       <c r="F60" s="1">
-        <v>1287</v>
+        <v>1273</v>
       </c>
       <c r="G60" s="1">
-        <v>1519</v>
+        <v>1425</v>
       </c>
       <c r="H60" s="1">
-        <v>1077</v>
+        <v>999</v>
       </c>
       <c r="I60" s="1">
-        <v>754</v>
+        <v>726</v>
       </c>
       <c r="J60" s="1">
-        <v>360</v>
+        <v>359</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>198</v>
       </c>
       <c r="C61" s="1">
-        <v>2519</v>
+        <v>2394</v>
       </c>
       <c r="D61" s="1">
-        <v>1044</v>
+        <v>997</v>
       </c>
       <c r="E61" s="1">
-        <v>1475</v>
+        <v>1397</v>
       </c>
       <c r="F61" s="1">
-        <v>517</v>
+        <v>481</v>
       </c>
       <c r="G61" s="1">
-        <v>509</v>
+        <v>482</v>
       </c>
       <c r="H61" s="1">
-        <v>660</v>
+        <v>593</v>
       </c>
       <c r="I61" s="1">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="J61" s="1">
-        <v>310</v>
+        <v>317</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>199</v>
       </c>
       <c r="C62" s="1">
-        <v>4953</v>
+        <v>4680</v>
       </c>
       <c r="D62" s="1">
-        <v>2046</v>
+        <v>1891</v>
       </c>
       <c r="E62" s="1">
-        <v>2907</v>
+        <v>2789</v>
       </c>
       <c r="F62" s="1">
-        <v>1250</v>
+        <v>1175</v>
       </c>
       <c r="G62" s="1">
-        <v>1487</v>
+        <v>1382</v>
       </c>
       <c r="H62" s="1">
-        <v>1035</v>
+        <v>951</v>
       </c>
       <c r="I62" s="1">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="J62" s="1">
         <v>428</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>200</v>
       </c>
       <c r="C63" s="1">
-        <v>1669</v>
+        <v>1571</v>
       </c>
       <c r="D63" s="1">
-        <v>712</v>
+        <v>657</v>
       </c>
       <c r="E63" s="1">
-        <v>957</v>
+        <v>914</v>
       </c>
       <c r="F63" s="1">
-        <v>548</v>
+        <v>524</v>
       </c>
       <c r="G63" s="1">
-        <v>675</v>
+        <v>615</v>
       </c>
       <c r="H63" s="1">
-        <v>264</v>
+        <v>243</v>
       </c>
       <c r="I63" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="J63" s="1">
-        <v>67</v>
+        <v>64</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>201</v>
       </c>
       <c r="C64" s="1">
-        <v>3745</v>
+        <v>3473</v>
       </c>
       <c r="D64" s="1">
-        <v>1667</v>
+        <v>1542</v>
       </c>
       <c r="E64" s="1">
-        <v>2078</v>
+        <v>1931</v>
       </c>
       <c r="F64" s="1">
-        <v>1006</v>
+        <v>940</v>
       </c>
       <c r="G64" s="1">
-        <v>1054</v>
+        <v>948</v>
       </c>
       <c r="H64" s="1">
-        <v>793</v>
+        <v>730</v>
       </c>
       <c r="I64" s="1">
-        <v>576</v>
+        <v>541</v>
       </c>
       <c r="J64" s="1">
-        <v>316</v>
+        <v>314</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>202</v>
       </c>
       <c r="C65" s="1">
-        <v>2561</v>
+        <v>2436</v>
       </c>
       <c r="D65" s="1">
-        <v>1135</v>
+        <v>1079</v>
       </c>
       <c r="E65" s="1">
-        <v>1426</v>
+        <v>1357</v>
       </c>
       <c r="F65" s="1">
-        <v>633</v>
+        <v>607</v>
       </c>
       <c r="G65" s="1">
-        <v>755</v>
+        <v>670</v>
       </c>
       <c r="H65" s="1">
-        <v>513</v>
+        <v>485</v>
       </c>
       <c r="I65" s="1">
-        <v>415</v>
+        <v>422</v>
       </c>
       <c r="J65" s="1">
-        <v>245</v>
+        <v>252</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>203</v>
       </c>
       <c r="C66" s="1">
-        <v>3263</v>
+        <v>3066</v>
       </c>
       <c r="D66" s="1">
-        <v>1319</v>
+        <v>1245</v>
       </c>
       <c r="E66" s="1">
-        <v>1944</v>
+        <v>1821</v>
       </c>
       <c r="F66" s="1">
-        <v>750</v>
+        <v>719</v>
       </c>
       <c r="G66" s="1">
-        <v>837</v>
+        <v>756</v>
       </c>
       <c r="H66" s="1">
-        <v>782</v>
+        <v>704</v>
       </c>
       <c r="I66" s="1">
-        <v>601</v>
+        <v>586</v>
       </c>
       <c r="J66" s="1">
-        <v>293</v>
+        <v>301</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>204</v>
       </c>
       <c r="C67" s="1">
-        <v>5183</v>
+        <v>4906</v>
       </c>
       <c r="D67" s="1">
-        <v>2171</v>
+        <v>2055</v>
       </c>
       <c r="E67" s="1">
-        <v>3012</v>
+        <v>2851</v>
       </c>
       <c r="F67" s="1">
-        <v>1427</v>
+        <v>1397</v>
       </c>
       <c r="G67" s="1">
-        <v>1640</v>
+        <v>1500</v>
       </c>
       <c r="H67" s="1">
-        <v>1036</v>
+        <v>942</v>
       </c>
       <c r="I67" s="1">
-        <v>687</v>
+        <v>669</v>
       </c>
       <c r="J67" s="1">
-        <v>393</v>
+        <v>398</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>205</v>
       </c>
       <c r="C68" s="1">
-        <v>2457</v>
+        <v>2347</v>
       </c>
       <c r="D68" s="1">
-        <v>1117</v>
+        <v>1064</v>
       </c>
       <c r="E68" s="1">
-        <v>1340</v>
+        <v>1283</v>
       </c>
       <c r="F68" s="1">
-        <v>579</v>
+        <v>566</v>
       </c>
       <c r="G68" s="1">
-        <v>715</v>
+        <v>644</v>
       </c>
       <c r="H68" s="1">
-        <v>506</v>
+        <v>478</v>
       </c>
       <c r="I68" s="1">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="J68" s="1">
-        <v>235</v>
+        <v>240</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>206</v>
       </c>
       <c r="C69" s="1">
-        <v>3615</v>
+        <v>3375</v>
       </c>
       <c r="D69" s="1">
-        <v>1476</v>
+        <v>1361</v>
       </c>
       <c r="E69" s="1">
-        <v>2139</v>
+        <v>2014</v>
       </c>
       <c r="F69" s="1">
-        <v>805</v>
+        <v>785</v>
       </c>
       <c r="G69" s="1">
-        <v>898</v>
+        <v>821</v>
       </c>
       <c r="H69" s="1">
-        <v>858</v>
+        <v>761</v>
       </c>
       <c r="I69" s="1">
-        <v>671</v>
+        <v>630</v>
       </c>
       <c r="J69" s="1">
-        <v>383</v>
+        <v>378</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>207</v>
       </c>
       <c r="C70" s="1">
-        <v>1657</v>
+        <v>1519</v>
       </c>
       <c r="D70" s="1">
-        <v>698</v>
+        <v>649</v>
       </c>
       <c r="E70" s="1">
-        <v>959</v>
+        <v>870</v>
       </c>
       <c r="F70" s="1">
-        <v>407</v>
+        <v>392</v>
       </c>
       <c r="G70" s="1">
-        <v>485</v>
+        <v>442</v>
       </c>
       <c r="H70" s="1">
-        <v>364</v>
+        <v>315</v>
       </c>
       <c r="I70" s="1">
-        <v>255</v>
+        <v>231</v>
       </c>
       <c r="J70" s="1">
-        <v>146</v>
+        <v>139</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>208</v>
       </c>
       <c r="C71" s="1">
-        <v>3027</v>
+        <v>2883</v>
       </c>
       <c r="D71" s="1">
-        <v>1247</v>
+        <v>1180</v>
       </c>
       <c r="E71" s="1">
-        <v>1780</v>
+        <v>1703</v>
       </c>
       <c r="F71" s="1">
-        <v>733</v>
+        <v>707</v>
       </c>
       <c r="G71" s="1">
-        <v>921</v>
+        <v>828</v>
       </c>
       <c r="H71" s="1">
-        <v>626</v>
+        <v>593</v>
       </c>
       <c r="I71" s="1">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="J71" s="1">
-        <v>242</v>
+        <v>258</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>209</v>
       </c>
       <c r="C72" s="1">
-        <v>4012</v>
+        <v>3757</v>
       </c>
       <c r="D72" s="1">
-        <v>1543</v>
+        <v>1410</v>
       </c>
       <c r="E72" s="1">
-        <v>2469</v>
+        <v>2347</v>
       </c>
       <c r="F72" s="1">
-        <v>955</v>
+        <v>918</v>
       </c>
       <c r="G72" s="1">
-        <v>1229</v>
+        <v>1108</v>
       </c>
       <c r="H72" s="1">
-        <v>890</v>
+        <v>816</v>
       </c>
       <c r="I72" s="1">
-        <v>638</v>
+        <v>603</v>
       </c>
       <c r="J72" s="1">
-        <v>300</v>
+        <v>312</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>210</v>
       </c>
       <c r="C73" s="1">
-        <v>3989</v>
+        <v>3772</v>
       </c>
       <c r="D73" s="1">
-        <v>1630</v>
+        <v>1496</v>
       </c>
       <c r="E73" s="1">
-        <v>2359</v>
+        <v>2276</v>
       </c>
       <c r="F73" s="1">
-        <v>995</v>
+        <v>947</v>
       </c>
       <c r="G73" s="1">
-        <v>1129</v>
+        <v>1017</v>
       </c>
       <c r="H73" s="1">
-        <v>893</v>
+        <v>822</v>
       </c>
       <c r="I73" s="1">
-        <v>661</v>
+        <v>649</v>
       </c>
       <c r="J73" s="1">
-        <v>311</v>
+        <v>337</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>211</v>
       </c>
       <c r="C74" s="1">
-        <v>2095</v>
+        <v>1973</v>
       </c>
       <c r="D74" s="1">
-        <v>886</v>
+        <v>802</v>
       </c>
       <c r="E74" s="1">
-        <v>1209</v>
+        <v>1171</v>
       </c>
       <c r="F74" s="1">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="G74" s="1">
-        <v>552</v>
+        <v>503</v>
       </c>
       <c r="H74" s="1">
-        <v>478</v>
+        <v>428</v>
       </c>
       <c r="I74" s="1">
-        <v>420</v>
+        <v>402</v>
       </c>
       <c r="J74" s="1">
-        <v>174</v>
+        <v>184</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>212</v>
       </c>
       <c r="C75" s="1">
-        <v>4566</v>
+        <v>4244</v>
       </c>
       <c r="D75" s="1">
-        <v>1767</v>
+        <v>1600</v>
       </c>
       <c r="E75" s="1">
-        <v>2799</v>
+        <v>2644</v>
       </c>
       <c r="F75" s="1">
-        <v>1126</v>
+        <v>1097</v>
       </c>
       <c r="G75" s="1">
-        <v>1308</v>
+        <v>1136</v>
       </c>
       <c r="H75" s="1">
-        <v>1079</v>
+        <v>998</v>
       </c>
       <c r="I75" s="1">
-        <v>706</v>
+        <v>666</v>
       </c>
       <c r="J75" s="1">
         <v>347</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>213</v>
       </c>
       <c r="C76" s="1">
-        <v>2369</v>
+        <v>2229</v>
       </c>
       <c r="D76" s="1">
-        <v>969</v>
+        <v>871</v>
       </c>
       <c r="E76" s="1">
-        <v>1400</v>
+        <v>1358</v>
       </c>
       <c r="F76" s="1">
-        <v>524</v>
+        <v>512</v>
       </c>
       <c r="G76" s="1">
-        <v>579</v>
+        <v>522</v>
       </c>
       <c r="H76" s="1">
-        <v>594</v>
+        <v>533</v>
       </c>
       <c r="I76" s="1">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="J76" s="1">
-        <v>207</v>
+        <v>209</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>214</v>
       </c>
       <c r="C77" s="1">
-        <v>1359</v>
+        <v>1279</v>
       </c>
       <c r="D77" s="1">
-        <v>590</v>
+        <v>549</v>
       </c>
       <c r="E77" s="1">
-        <v>769</v>
+        <v>730</v>
       </c>
       <c r="F77" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
       <c r="G77" s="1">
-        <v>291</v>
+        <v>259</v>
       </c>
       <c r="H77" s="1">
-        <v>348</v>
+        <v>329</v>
       </c>
       <c r="I77" s="1">
-        <v>277</v>
+        <v>265</v>
       </c>
       <c r="J77" s="1">
-        <v>148</v>
+        <v>146</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>215</v>
       </c>
       <c r="C78" s="1">
-        <v>2784</v>
+        <v>2610</v>
       </c>
       <c r="D78" s="1">
-        <v>1125</v>
+        <v>1037</v>
       </c>
       <c r="E78" s="1">
-        <v>1659</v>
+        <v>1573</v>
       </c>
       <c r="F78" s="1">
-        <v>707</v>
+        <v>674</v>
       </c>
       <c r="G78" s="1">
-        <v>753</v>
+        <v>702</v>
       </c>
       <c r="H78" s="1">
-        <v>643</v>
+        <v>583</v>
       </c>
       <c r="I78" s="1">
-        <v>477</v>
+        <v>455</v>
       </c>
       <c r="J78" s="1">
-        <v>204</v>
+        <v>196</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1" s="2" customFormat="1"/>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:E8"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="B12:B13"/>
     <mergeCell ref="C12:C13"/>
     <mergeCell ref="D12:E12"/>
     <mergeCell ref="F12:J12"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:C26"/>
     <mergeCell ref="D25:E25"/>
     <mergeCell ref="F25:J25"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="F38:J38"/>
     <mergeCell ref="B57:B58"/>
     <mergeCell ref="C57:C58"/>
     <mergeCell ref="D57:E57"/>
@@ -9809,1088 +9809,1088 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>216</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>217</v>
       </c>
       <c r="C10" s="1">
-        <v>82380</v>
+        <v>79626</v>
       </c>
       <c r="D10" s="13">
-        <v>0.4893</v>
+        <v>0.4865</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>218</v>
       </c>
       <c r="C11" s="1">
-        <v>89756</v>
+        <v>86528</v>
       </c>
       <c r="D11" s="13">
-        <v>0.5332</v>
+        <v>0.5287</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>219</v>
       </c>
       <c r="C12" s="1">
-        <v>54795</v>
+        <v>53125</v>
       </c>
       <c r="D12" s="13">
-        <v>0.3255</v>
+        <v>0.3246</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>220</v>
       </c>
       <c r="C13" s="1">
-        <v>61066</v>
+        <v>59197</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3627</v>
+        <v>0.3617</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>221</v>
       </c>
       <c r="C14" s="1">
-        <v>39690</v>
+        <v>38493</v>
       </c>
       <c r="D14" s="13">
-        <v>0.2358</v>
+        <v>0.2352</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>222</v>
       </c>
       <c r="C15" s="1">
-        <v>23874</v>
+        <v>22858</v>
       </c>
       <c r="D15" s="13">
-        <v>0.1418</v>
+        <v>0.1397</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>223</v>
       </c>
       <c r="C16" s="1">
-        <v>22147</v>
+        <v>21380</v>
       </c>
       <c r="D16" s="13">
-        <v>0.1316</v>
+        <v>0.1306</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>224</v>
       </c>
       <c r="C17" s="1">
-        <v>75294</v>
+        <v>72692</v>
       </c>
       <c r="D17" s="13">
-        <v>0.4472</v>
+        <v>0.4441</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>225</v>
       </c>
       <c r="C18" s="1">
-        <v>38298</v>
+        <v>36900</v>
       </c>
       <c r="D18" s="13">
-        <v>0.2275</v>
+        <v>0.2255</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>226</v>
       </c>
       <c r="C19" s="1">
-        <v>7373</v>
+        <v>7205</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0438</v>
+        <v>0.044</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>227</v>
       </c>
       <c r="C20" s="1">
-        <v>17054</v>
+        <v>16791</v>
       </c>
       <c r="D20" s="13">
-        <v>0.1013</v>
+        <v>0.1026</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>228</v>
       </c>
       <c r="C21" s="1">
-        <v>35613</v>
+        <v>34731</v>
       </c>
       <c r="D21" s="13">
-        <v>0.2115</v>
+        <v>0.2122</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>229</v>
       </c>
       <c r="C22" s="1">
-        <v>61070</v>
+        <v>59088</v>
       </c>
       <c r="D22" s="13">
-        <v>0.3628</v>
+        <v>0.361</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>230</v>
       </c>
       <c r="C23" s="1">
-        <v>49930</v>
+        <v>48400</v>
       </c>
       <c r="D23" s="13">
-        <v>0.2966</v>
+        <v>0.2957</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>231</v>
       </c>
       <c r="C24" s="1">
-        <v>11925</v>
+        <v>11485</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0708</v>
+        <v>0.0702</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>232</v>
       </c>
       <c r="C25" s="1">
-        <v>125207</v>
+        <v>121228</v>
       </c>
       <c r="D25" s="13">
-        <v>0.7437</v>
+        <v>0.7407</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>233</v>
       </c>
       <c r="C26" s="1">
-        <v>48035</v>
+        <v>46227</v>
       </c>
       <c r="D26" s="13">
-        <v>0.2853</v>
+        <v>0.2824</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>234</v>
       </c>
       <c r="C27" s="1">
-        <v>47445</v>
+        <v>45442</v>
       </c>
       <c r="D27" s="13">
-        <v>0.2818</v>
+        <v>0.2777</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>235</v>
       </c>
       <c r="C28" s="1">
-        <v>82725</v>
+        <v>79826</v>
       </c>
       <c r="D28" s="13">
-        <v>0.4914</v>
+        <v>0.4877</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>236</v>
       </c>
       <c r="C29" s="1">
-        <v>70366</v>
+        <v>68090</v>
       </c>
       <c r="D29" s="13">
-        <v>0.418</v>
+        <v>0.416</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>237</v>
       </c>
       <c r="C30" s="1">
-        <v>15399</v>
+        <v>14769</v>
       </c>
       <c r="D30" s="13">
-        <v>0.0915</v>
+        <v>0.0902</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>238</v>
       </c>
       <c r="C31" s="1">
-        <v>47742</v>
+        <v>46202</v>
       </c>
       <c r="D31" s="13">
-        <v>0.2836</v>
+        <v>0.2823</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>239</v>
       </c>
       <c r="C32" s="1">
-        <v>73619</v>
+        <v>70996</v>
       </c>
       <c r="D32" s="13">
-        <v>0.4373</v>
+        <v>0.4338</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>240</v>
       </c>
       <c r="C33" s="1">
-        <v>43861</v>
+        <v>42354</v>
       </c>
       <c r="D33" s="13">
-        <v>0.2605</v>
+        <v>0.2588</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>241</v>
       </c>
       <c r="C34" s="1">
-        <v>23889</v>
+        <v>22874</v>
       </c>
       <c r="D34" s="13">
-        <v>0.1419</v>
+        <v>0.1398</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>242</v>
       </c>
       <c r="C35" s="1">
-        <v>38835</v>
+        <v>37551</v>
       </c>
       <c r="D35" s="13">
-        <v>0.2307</v>
+        <v>0.2294</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>243</v>
       </c>
       <c r="C36" s="1">
-        <v>27264</v>
+        <v>26403</v>
       </c>
       <c r="D36" s="13">
-        <v>0.1619</v>
+        <v>0.1613</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>244</v>
       </c>
       <c r="C37" s="1">
-        <v>77369</v>
+        <v>74959</v>
       </c>
       <c r="D37" s="13">
-        <v>0.4596</v>
+        <v>0.458</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>245</v>
       </c>
       <c r="C38" s="1">
-        <v>46807</v>
+        <v>44958</v>
       </c>
       <c r="D38" s="13">
-        <v>0.278</v>
+        <v>0.2747</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>246</v>
       </c>
       <c r="C39" s="1">
-        <v>45028</v>
+        <v>43222</v>
       </c>
       <c r="D39" s="13">
-        <v>0.2675</v>
+        <v>0.2641</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>247</v>
       </c>
       <c r="C40" s="1">
-        <v>27139</v>
+        <v>25937</v>
       </c>
       <c r="D40" s="13">
-        <v>0.1612</v>
+        <v>0.1585</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>248</v>
       </c>
       <c r="C41" s="1">
-        <v>64241</v>
+        <v>62193</v>
       </c>
       <c r="D41" s="13">
-        <v>0.3816</v>
+        <v>0.38</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>249</v>
       </c>
       <c r="C42" s="1">
-        <v>29277</v>
+        <v>28175</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1739</v>
+        <v>0.1721</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>250</v>
       </c>
       <c r="C43" s="1">
-        <v>15621</v>
+        <v>15056</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0928</v>
+        <v>0.092</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D44" s="12"/>
       <c r="F44" s="12"/>
     </row>
     <row r="45">
       <c r="B45" s="31" t="s">
         <v>251</v>
       </c>
       <c r="C45" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D45" s="33"/>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="34"/>
       <c r="C46" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D46" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>252</v>
       </c>
       <c r="C47" s="1">
-        <v>83951</v>
+        <v>81311</v>
       </c>
       <c r="D47" s="13">
-        <v>0.4986</v>
+        <v>0.4967</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>253</v>
       </c>
       <c r="C48" s="1">
-        <v>8890</v>
+        <v>8583</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0528</v>
+        <v>0.0524</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>254</v>
       </c>
       <c r="C49" s="1">
-        <v>18011</v>
+        <v>17486</v>
       </c>
       <c r="D49" s="13">
-        <v>0.107</v>
+        <v>0.1068</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>255</v>
       </c>
       <c r="C50" s="1">
-        <v>63410</v>
+        <v>61372</v>
       </c>
       <c r="D50" s="13">
-        <v>0.3766</v>
+        <v>0.3749</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>256</v>
       </c>
       <c r="C51" s="1">
-        <v>106460</v>
+        <v>103076</v>
       </c>
       <c r="D51" s="13">
-        <v>0.6323</v>
+        <v>0.6297</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>257</v>
       </c>
       <c r="C52" s="1">
-        <v>62084</v>
+        <v>60001</v>
       </c>
       <c r="D52" s="13">
-        <v>0.3687</v>
+        <v>0.3666</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>258</v>
       </c>
       <c r="C53" s="1">
-        <v>21870</v>
+        <v>20985</v>
       </c>
       <c r="D53" s="13">
-        <v>0.1299</v>
+        <v>0.1282</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>259</v>
       </c>
       <c r="C54" s="1">
-        <v>55799</v>
+        <v>53846</v>
       </c>
       <c r="D54" s="13">
-        <v>0.3314</v>
+        <v>0.329</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>260</v>
       </c>
       <c r="C55" s="1">
-        <v>30381</v>
+        <v>29112</v>
       </c>
       <c r="D55" s="13">
-        <v>0.1804</v>
+        <v>0.1778</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>261</v>
       </c>
       <c r="C56" s="1">
-        <v>18299</v>
+        <v>17719</v>
       </c>
       <c r="D56" s="13">
-        <v>0.1087</v>
+        <v>0.1082</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>262</v>
       </c>
       <c r="C57" s="1">
-        <v>42853</v>
+        <v>41266</v>
       </c>
       <c r="D57" s="13">
-        <v>0.2545</v>
+        <v>0.2521</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>263</v>
       </c>
       <c r="C58" s="1">
-        <v>55419</v>
+        <v>53801</v>
       </c>
       <c r="D58" s="13">
-        <v>0.3291</v>
+        <v>0.3287</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>264</v>
       </c>
       <c r="C59" s="1">
-        <v>91996</v>
+        <v>89036</v>
       </c>
       <c r="D59" s="13">
-        <v>0.5464</v>
+        <v>0.5439</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>265</v>
       </c>
       <c r="C60" s="1">
-        <v>103133</v>
+        <v>100113</v>
       </c>
       <c r="D60" s="13">
-        <v>0.6125</v>
+        <v>0.6116</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>266</v>
       </c>
       <c r="C61" s="1">
-        <v>32157</v>
+        <v>30886</v>
       </c>
       <c r="D61" s="13">
-        <v>0.191</v>
+        <v>0.1887</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>267</v>
       </c>
       <c r="C62" s="1">
-        <v>55505</v>
+        <v>54114</v>
       </c>
       <c r="D62" s="13">
-        <v>0.3297</v>
+        <v>0.3306</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>268</v>
       </c>
       <c r="C63" s="1">
-        <v>120984</v>
+        <v>117238</v>
       </c>
       <c r="D63" s="13">
-        <v>0.7185</v>
+        <v>0.7162</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>269</v>
       </c>
       <c r="C64" s="1">
-        <v>41607</v>
+        <v>40510</v>
       </c>
       <c r="D64" s="13">
-        <v>0.2471</v>
+        <v>0.2475</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>270</v>
       </c>
       <c r="C65" s="1">
-        <v>46364</v>
+        <v>45166</v>
       </c>
       <c r="D65" s="13">
-        <v>0.2754</v>
+        <v>0.2759</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>271</v>
       </c>
       <c r="C66" s="1">
-        <v>76521</v>
+        <v>74234</v>
       </c>
       <c r="D66" s="13">
-        <v>0.4545</v>
+        <v>0.4535</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>272</v>
       </c>
       <c r="C67" s="1">
-        <v>8078</v>
+        <v>7876</v>
       </c>
       <c r="D67" s="13">
-        <v>0.048</v>
+        <v>0.0481</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>273</v>
       </c>
       <c r="C68" s="1">
-        <v>20095</v>
+        <v>19301</v>
       </c>
       <c r="D68" s="13">
-        <v>0.1193</v>
+        <v>0.1179</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>274</v>
       </c>
       <c r="C69" s="1">
-        <v>8064</v>
+        <v>7681</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0479</v>
+        <v>0.0469</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>275</v>
       </c>
       <c r="C70" s="1">
-        <v>49430</v>
+        <v>47611</v>
       </c>
       <c r="D70" s="13">
-        <v>0.2936</v>
+        <v>0.2909</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>276</v>
       </c>
       <c r="C71" s="1">
-        <v>53547</v>
+        <v>51550</v>
       </c>
       <c r="D71" s="13">
-        <v>0.318</v>
+        <v>0.3149</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>277</v>
       </c>
       <c r="C72" s="1">
-        <v>54151</v>
+        <v>52268</v>
       </c>
       <c r="D72" s="13">
-        <v>0.3216</v>
+        <v>0.3193</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>278</v>
       </c>
       <c r="C73" s="1">
-        <v>33097</v>
+        <v>31868</v>
       </c>
       <c r="D73" s="13">
-        <v>0.1966</v>
+        <v>0.1947</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>279</v>
       </c>
       <c r="C74" s="1">
-        <v>62299</v>
+        <v>60112</v>
       </c>
       <c r="D74" s="13">
-        <v>0.37</v>
+        <v>0.3672</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>280</v>
       </c>
       <c r="C75" s="1">
-        <v>17941</v>
+        <v>17553</v>
       </c>
       <c r="D75" s="13">
-        <v>0.1066</v>
+        <v>0.1072</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>281</v>
       </c>
       <c r="C76" s="1">
-        <v>11692</v>
+        <v>11243</v>
       </c>
       <c r="D76" s="13">
-        <v>0.0694</v>
+        <v>0.0687</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>282</v>
       </c>
       <c r="C77" s="1">
-        <v>17863</v>
+        <v>17243</v>
       </c>
       <c r="D77" s="13">
-        <v>0.1061</v>
+        <v>0.1053</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>283</v>
       </c>
       <c r="C78" s="1">
-        <v>9875</v>
+        <v>9657</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0586</v>
+        <v>0.059</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>284</v>
       </c>
       <c r="C79" s="1">
-        <v>101309</v>
+        <v>98394</v>
       </c>
       <c r="D79" s="13">
-        <v>0.6017</v>
+        <v>0.6011</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>285</v>
       </c>
       <c r="C80" s="1">
-        <v>37414</v>
+        <v>35836</v>
       </c>
       <c r="D80" s="13">
-        <v>0.2222</v>
+        <v>0.2189</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>286</v>
       </c>
       <c r="C81" s="1">
-        <v>86624</v>
+        <v>83608</v>
       </c>
       <c r="D81" s="13">
-        <v>0.5145</v>
+        <v>0.5108</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D82" s="12"/>
       <c r="F82" s="12"/>
     </row>
     <row r="83">
       <c r="B83" s="31" t="s">
         <v>287</v>
       </c>
       <c r="C83" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D83" s="33"/>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="34"/>
       <c r="C84" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D84" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>288</v>
       </c>
       <c r="C85" s="1">
-        <v>142878</v>
+        <v>138402</v>
       </c>
       <c r="D85" s="13">
-        <v>0.8482</v>
+        <v>0.8451</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>289</v>
       </c>
       <c r="C86" s="1">
-        <v>22730</v>
+        <v>21903</v>
       </c>
       <c r="D86" s="13">
-        <v>0.1349</v>
+        <v>0.1337</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>290</v>
       </c>
       <c r="C87" s="1">
-        <v>42813</v>
+        <v>41626</v>
       </c>
       <c r="D87" s="13">
         <v>0.2542</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>291</v>
       </c>
       <c r="C88" s="1">
-        <v>20873</v>
+        <v>20322</v>
       </c>
       <c r="D88" s="13">
-        <v>0.1239</v>
+        <v>0.1241</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>292</v>
       </c>
       <c r="C89" s="1">
-        <v>30002</v>
+        <v>29207</v>
       </c>
       <c r="D89" s="13">
-        <v>0.1781</v>
+        <v>0.1783</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>293</v>
       </c>
       <c r="C90" s="1">
-        <v>26946</v>
+        <v>26010</v>
       </c>
       <c r="D90" s="13">
-        <v>0.16</v>
+        <v>0.1588</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>294</v>
       </c>
       <c r="C91" s="1">
-        <v>19723</v>
+        <v>19216</v>
       </c>
       <c r="D91" s="13">
-        <v>0.1171</v>
+        <v>0.1173</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>295</v>
       </c>
       <c r="C92" s="1">
-        <v>25469</v>
+        <v>24627</v>
       </c>
       <c r="D92" s="13">
-        <v>0.1512</v>
+        <v>0.1504</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>296</v>
       </c>
       <c r="C93" s="1">
-        <v>26627</v>
+        <v>25712</v>
       </c>
       <c r="D93" s="13">
-        <v>0.1581</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>297</v>
       </c>
       <c r="C94" s="1">
-        <v>34541</v>
+        <v>32979</v>
       </c>
       <c r="D94" s="13">
-        <v>0.2051</v>
+        <v>0.2014</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>298</v>
       </c>
       <c r="C95" s="1">
-        <v>51691</v>
+        <v>49828</v>
       </c>
       <c r="D95" s="13">
-        <v>0.3069</v>
+        <v>0.3043</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>299</v>
       </c>
       <c r="C96" s="1">
-        <v>38027</v>
+        <v>36130</v>
       </c>
       <c r="D96" s="13">
-        <v>0.2257</v>
+        <v>0.2206</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>300</v>
       </c>
       <c r="C97" s="1">
-        <v>22174</v>
+        <v>21582</v>
       </c>
       <c r="D97" s="13">
-        <v>0.1316</v>
+        <v>0.1318</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>301</v>
       </c>
       <c r="C98" s="1">
-        <v>34389</v>
+        <v>33633</v>
       </c>
       <c r="D98" s="13">
-        <v>0.2041</v>
+        <v>0.2054</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C99" s="1">
-        <v>3802</v>
+        <v>3840</v>
       </c>
       <c r="D99" s="13">
-        <v>0.0226</v>
+        <v>0.0234</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D100" s="12"/>
       <c r="F100" s="12"/>
     </row>
     <row r="101">
       <c r="B101" s="31" t="s">
         <v>303</v>
       </c>
       <c r="C101" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D101" s="33"/>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="34"/>
       <c r="C102" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D102" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>304</v>
       </c>
       <c r="C103" s="1">
-        <v>36512</v>
+        <v>35246</v>
       </c>
       <c r="D103" s="13">
-        <v>0.2169</v>
+        <v>0.2154</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>305</v>
       </c>
       <c r="C104" s="1">
-        <v>24285</v>
+        <v>23366</v>
       </c>
       <c r="D104" s="13">
-        <v>0.1443</v>
+        <v>0.1428</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>306</v>
       </c>
       <c r="C105" s="1">
-        <v>72052</v>
+        <v>69154</v>
       </c>
       <c r="D105" s="13">
-        <v>0.428</v>
+        <v>0.4226</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>307</v>
       </c>
       <c r="C106" s="1">
-        <v>22725</v>
+        <v>22080</v>
       </c>
       <c r="D106" s="13">
-        <v>0.135</v>
+        <v>0.1349</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C107" s="1">
-        <v>57583</v>
+        <v>56845</v>
       </c>
       <c r="D107" s="13">
-        <v>0.3421</v>
+        <v>0.3474</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D108" s="12"/>
       <c r="F108" s="12"/>
     </row>
     <row r="109" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D109" s="12"/>
       <c r="F109" s="12"/>
     </row>
     <row r="110" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D110" s="12"/>
       <c r="F110" s="12"/>
     </row>
     <row r="111" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D111" s="12"/>
       <c r="F111" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B45:B46"/>
     <mergeCell ref="C45:D45"/>
@@ -10975,1907 +10975,1907 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>308</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="3" t="s">
         <v>309</v>
       </c>
       <c r="C10" s="3">
-        <v>67921</v>
+        <v>65576</v>
       </c>
       <c r="D10" s="15">
-        <v>0.4893</v>
+        <v>0.4888</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="3" t="s">
         <v>310</v>
       </c>
       <c r="C11" s="3">
-        <v>15365</v>
+        <v>14752</v>
       </c>
       <c r="D11" s="15">
-        <v>0.1107</v>
+        <v>0.11</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="3" t="s">
         <v>311</v>
       </c>
       <c r="C12" s="3">
-        <v>93879</v>
+        <v>90499</v>
       </c>
       <c r="D12" s="15">
-        <v>0.6763</v>
+        <v>0.6746</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="3" t="s">
         <v>312</v>
       </c>
       <c r="C13" s="3">
-        <v>39514</v>
+        <v>38392</v>
       </c>
       <c r="D13" s="15">
-        <v>0.2847</v>
+        <v>0.2862</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="3" t="s">
         <v>254</v>
       </c>
       <c r="C14" s="3">
-        <v>12792</v>
+        <v>12356</v>
       </c>
       <c r="D14" s="15">
-        <v>0.0922</v>
+        <v>0.0921</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="3" t="s">
         <v>313</v>
       </c>
       <c r="C15" s="3">
-        <v>36878</v>
+        <v>35814</v>
       </c>
       <c r="D15" s="15">
-        <v>0.2657</v>
+        <v>0.2669</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="3" t="s">
         <v>314</v>
       </c>
       <c r="C16" s="3">
-        <v>26167</v>
+        <v>25430</v>
       </c>
       <c r="D16" s="15">
-        <v>0.1885</v>
+        <v>0.1895</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="3" t="s">
         <v>315</v>
       </c>
       <c r="C17" s="3">
-        <v>21566</v>
+        <v>21065</v>
       </c>
       <c r="D17" s="15">
-        <v>0.1554</v>
+        <v>0.157</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="3" t="s">
         <v>316</v>
       </c>
       <c r="C18" s="3">
-        <v>99639</v>
+        <v>96212</v>
       </c>
       <c r="D18" s="15">
-        <v>0.7178</v>
+        <v>0.7171</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="3" t="s">
         <v>317</v>
       </c>
       <c r="C19" s="3">
-        <v>11218</v>
+        <v>10962</v>
       </c>
       <c r="D19" s="15">
-        <v>0.0808</v>
+        <v>0.0817</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="3" t="s">
         <v>318</v>
       </c>
       <c r="C20" s="3">
-        <v>6377</v>
+        <v>6228</v>
       </c>
       <c r="D20" s="15">
-        <v>0.0459</v>
+        <v>0.0464</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C21" s="3">
-        <v>5314</v>
+        <v>5339</v>
       </c>
       <c r="D21" s="15">
-        <v>0.0383</v>
+        <v>0.0398</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D22" s="14"/>
       <c r="F22" s="14"/>
     </row>
     <row r="23">
       <c r="B23" s="31" t="s">
         <v>319</v>
       </c>
       <c r="C23" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D23" s="33"/>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="34"/>
       <c r="C24" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D24" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="3" t="s">
         <v>320</v>
       </c>
       <c r="C25" s="3">
-        <v>55789</v>
+        <v>53943</v>
       </c>
       <c r="D25" s="15">
-        <v>0.402</v>
+        <v>0.4021</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="3" t="s">
         <v>321</v>
       </c>
       <c r="C26" s="3">
-        <v>63438</v>
+        <v>61300</v>
       </c>
       <c r="D26" s="15">
-        <v>0.4571</v>
+        <v>0.457</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="3" t="s">
         <v>322</v>
       </c>
       <c r="C27" s="3">
-        <v>16559</v>
+        <v>15975</v>
       </c>
       <c r="D27" s="15">
-        <v>0.1193</v>
+        <v>0.1191</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C28" s="3">
-        <v>2994</v>
+        <v>2919</v>
       </c>
       <c r="D28" s="15">
-        <v>0.0216</v>
+        <v>0.0218</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D29" s="14"/>
       <c r="F29" s="14"/>
     </row>
     <row r="30">
       <c r="B30" s="31" t="s">
         <v>324</v>
       </c>
       <c r="C30" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="33"/>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="34"/>
       <c r="C31" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D31" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C32" s="3">
-        <v>8318</v>
+        <v>7972</v>
       </c>
       <c r="D32" s="15">
-        <v>0.1001</v>
+        <v>0.0993</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C33" s="3">
-        <v>16868</v>
+        <v>16390</v>
       </c>
       <c r="D33" s="15">
-        <v>0.203</v>
+        <v>0.2041</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C34" s="3">
-        <v>22121</v>
+        <v>21348</v>
       </c>
       <c r="D34" s="15">
-        <v>0.2662</v>
+        <v>0.2659</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C35" s="3">
-        <v>14310</v>
+        <v>13847</v>
       </c>
       <c r="D35" s="15">
-        <v>0.1722</v>
+        <v>0.1725</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="3" t="s">
         <v>329</v>
       </c>
       <c r="C36" s="3">
-        <v>6614</v>
+        <v>6333</v>
       </c>
       <c r="D36" s="15">
-        <v>0.0796</v>
+        <v>0.0789</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="3" t="s">
         <v>330</v>
       </c>
       <c r="C37" s="3">
-        <v>2117</v>
+        <v>2040</v>
       </c>
       <c r="D37" s="15">
-        <v>0.0255</v>
+        <v>0.0254</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="3" t="s">
         <v>331</v>
       </c>
       <c r="C38" s="3">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="D38" s="15">
-        <v>0.0104</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="3" t="s">
         <v>332</v>
       </c>
       <c r="C39" s="3">
-        <v>8832</v>
+        <v>8657</v>
       </c>
       <c r="D39" s="15">
-        <v>0.1063</v>
+        <v>0.1078</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="3" t="s">
         <v>333</v>
       </c>
       <c r="C40" s="3">
-        <v>3612</v>
+        <v>3560</v>
       </c>
       <c r="D40" s="15">
-        <v>0.0435</v>
+        <v>0.0443</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="3" t="s">
         <v>334</v>
       </c>
       <c r="C41" s="3">
-        <v>598</v>
+        <v>580</v>
       </c>
       <c r="D41" s="15">
         <v>0.0072</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="3" t="s">
         <v>335</v>
       </c>
       <c r="C42" s="3">
-        <v>1724</v>
+        <v>1678</v>
       </c>
       <c r="D42" s="15">
-        <v>0.0207</v>
+        <v>0.0209</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="3" t="s">
         <v>336</v>
       </c>
       <c r="C43" s="3">
-        <v>16831</v>
+        <v>16005</v>
       </c>
       <c r="D43" s="15">
-        <v>0.2026</v>
+        <v>0.1993</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="3" t="s">
         <v>337</v>
       </c>
       <c r="C44" s="3">
-        <v>1749</v>
+        <v>1735</v>
       </c>
       <c r="D44" s="15">
-        <v>0.021</v>
+        <v>0.0216</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D45" s="14"/>
       <c r="F45" s="14"/>
     </row>
     <row r="46">
       <c r="B46" s="31" t="s">
         <v>338</v>
       </c>
       <c r="C46" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D46" s="33"/>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="34"/>
       <c r="C47" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D47" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="3" t="s">
         <v>339</v>
       </c>
       <c r="C48" s="3">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="D48" s="15">
-        <v>0.0051</v>
+        <v>0.0054</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="3" t="s">
         <v>340</v>
       </c>
       <c r="C49" s="3">
-        <v>799</v>
+        <v>817</v>
       </c>
       <c r="D49" s="15">
-        <v>0.0096</v>
+        <v>0.0102</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="3" t="s">
         <v>341</v>
       </c>
       <c r="C50" s="3">
-        <v>559</v>
+        <v>541</v>
       </c>
       <c r="D50" s="15">
-        <v>0.0067</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="3" t="s">
         <v>342</v>
       </c>
       <c r="C51" s="3">
-        <v>716</v>
+        <v>675</v>
       </c>
       <c r="D51" s="15">
-        <v>0.0086</v>
+        <v>0.0084</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="3" t="s">
         <v>343</v>
       </c>
       <c r="C52" s="3">
-        <v>5315</v>
+        <v>5170</v>
       </c>
       <c r="D52" s="15">
-        <v>0.064</v>
+        <v>0.0645</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="3" t="s">
         <v>344</v>
       </c>
       <c r="C53" s="3">
         <v>206</v>
       </c>
       <c r="D53" s="15">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="3" t="s">
         <v>345</v>
       </c>
       <c r="C54" s="3">
-        <v>525</v>
+        <v>459</v>
       </c>
       <c r="D54" s="15">
-        <v>0.0063</v>
+        <v>0.0057</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="3" t="s">
         <v>346</v>
       </c>
       <c r="C55" s="3">
-        <v>3325</v>
+        <v>3211</v>
       </c>
       <c r="D55" s="15">
         <v>0.0401</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="3" t="s">
         <v>347</v>
       </c>
       <c r="C56" s="3">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D56" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="3" t="s">
         <v>348</v>
       </c>
       <c r="C57" s="3">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D57" s="15">
         <v>0.0014</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="3" t="s">
         <v>349</v>
       </c>
       <c r="C58" s="3">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="D58" s="15">
-        <v>0.0003</v>
+        <v>0.0002</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="3" t="s">
         <v>350</v>
       </c>
       <c r="C59" s="3">
         <v>56</v>
       </c>
       <c r="D59" s="15">
         <v>0.0007</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="3" t="s">
         <v>351</v>
       </c>
       <c r="C60" s="3">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="D60" s="15">
-        <v>0.0017</v>
+        <v>0.0018</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="3" t="s">
         <v>352</v>
       </c>
       <c r="C61" s="3">
-        <v>533</v>
+        <v>568</v>
       </c>
       <c r="D61" s="15">
-        <v>0.0064</v>
+        <v>0.0071</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="3" t="s">
         <v>353</v>
       </c>
       <c r="C62" s="3">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D62" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="3" t="s">
         <v>354</v>
       </c>
       <c r="C63" s="3">
         <v>13</v>
       </c>
       <c r="D63" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="3" t="s">
         <v>355</v>
       </c>
       <c r="C64" s="3">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D64" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="3" t="s">
         <v>356</v>
       </c>
       <c r="C65" s="3">
-        <v>2151</v>
+        <v>2119</v>
       </c>
       <c r="D65" s="15">
-        <v>0.0259</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="3" t="s">
         <v>357</v>
       </c>
       <c r="C66" s="3">
-        <v>3916</v>
+        <v>3746</v>
       </c>
       <c r="D66" s="15">
-        <v>0.0472</v>
+        <v>0.0468</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="3" t="s">
         <v>358</v>
       </c>
       <c r="C67" s="3">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="D67" s="15">
-        <v>0.0011</v>
+        <v>0.001</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="3" t="s">
         <v>359</v>
       </c>
       <c r="C68" s="3">
-        <v>535</v>
+        <v>520</v>
       </c>
       <c r="D68" s="15">
-        <v>0.0064</v>
+        <v>0.0065</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="3" t="s">
         <v>360</v>
       </c>
       <c r="C69" s="3">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="D69" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="3" t="s">
         <v>361</v>
       </c>
       <c r="C70" s="3">
-        <v>1185</v>
+        <v>1125</v>
       </c>
       <c r="D70" s="15">
-        <v>0.0143</v>
+        <v>0.014</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="3" t="s">
         <v>362</v>
       </c>
       <c r="C71" s="3">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="D71" s="15">
         <v>0.0014</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="3" t="s">
         <v>363</v>
       </c>
       <c r="C72" s="3">
-        <v>514</v>
+        <v>471</v>
       </c>
       <c r="D72" s="15">
-        <v>0.0062</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="3" t="s">
         <v>364</v>
       </c>
       <c r="C73" s="3">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D73" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="3" t="s">
         <v>365</v>
       </c>
       <c r="C74" s="3">
         <v>197</v>
       </c>
       <c r="D74" s="15">
-        <v>0.0024</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="3" t="s">
         <v>366</v>
       </c>
       <c r="C75" s="3">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D75" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="3" t="s">
         <v>367</v>
       </c>
       <c r="C76" s="3">
         <v>56</v>
       </c>
       <c r="D76" s="15">
         <v>0.0007</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="3" t="s">
         <v>368</v>
       </c>
       <c r="C77" s="3">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="D77" s="15">
-        <v>0.001</v>
+        <v>0.0011</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="3" t="s">
         <v>369</v>
       </c>
       <c r="C78" s="3">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D78" s="15">
-        <v>0.0037</v>
+        <v>0.0038</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="3" t="s">
         <v>370</v>
       </c>
       <c r="C79" s="3">
-        <v>3900</v>
+        <v>3742</v>
       </c>
       <c r="D79" s="15">
-        <v>0.047</v>
+        <v>0.0467</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="3" t="s">
         <v>371</v>
       </c>
       <c r="C80" s="3">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="D80" s="15">
-        <v>0.0011</v>
+        <v>0.0012</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="3" t="s">
         <v>372</v>
       </c>
       <c r="C81" s="3">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="D81" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="3" t="s">
         <v>373</v>
       </c>
       <c r="C82" s="3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D82" s="15">
-        <v>0.0001</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="3" t="s">
         <v>374</v>
       </c>
       <c r="C83" s="3">
-        <v>907</v>
+        <v>921</v>
       </c>
       <c r="D83" s="15">
-        <v>0.0109</v>
+        <v>0.0115</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="3" t="s">
         <v>375</v>
       </c>
       <c r="C84" s="3">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D84" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="3" t="s">
         <v>376</v>
       </c>
       <c r="C85" s="3">
-        <v>210</v>
+        <v>192</v>
       </c>
       <c r="D85" s="15">
-        <v>0.0025</v>
+        <v>0.0024</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="3" t="s">
         <v>377</v>
       </c>
       <c r="C86" s="3">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D86" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="3" t="s">
         <v>378</v>
       </c>
       <c r="C87" s="3">
-        <v>2659</v>
+        <v>2558</v>
       </c>
       <c r="D87" s="15">
-        <v>0.032</v>
+        <v>0.0319</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="3" t="s">
         <v>379</v>
       </c>
       <c r="C88" s="3">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="D88" s="15">
-        <v>0.0006</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="3" t="s">
         <v>380</v>
       </c>
       <c r="C89" s="3">
-        <v>6195</v>
+        <v>5982</v>
       </c>
       <c r="D89" s="15">
-        <v>0.0746</v>
+        <v>0.0747</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="3" t="s">
         <v>381</v>
       </c>
       <c r="C90" s="3">
-        <v>219</v>
+        <v>203</v>
       </c>
       <c r="D90" s="15">
-        <v>0.0026</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="3" t="s">
         <v>382</v>
       </c>
       <c r="C91" s="3">
         <v>0</v>
       </c>
       <c r="D91" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="3" t="s">
         <v>383</v>
       </c>
       <c r="C92" s="3">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="D92" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="3" t="s">
         <v>384</v>
       </c>
       <c r="C93" s="3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D93" s="15">
         <v>0.0007</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="3" t="s">
         <v>385</v>
       </c>
       <c r="C94" s="3">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="D94" s="15">
         <v>0.0008</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="3" t="s">
         <v>386</v>
       </c>
       <c r="C95" s="3">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="D95" s="15">
-        <v>0.002</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="3" t="s">
         <v>387</v>
       </c>
       <c r="C96" s="3">
-        <v>6661</v>
+        <v>6439</v>
       </c>
       <c r="D96" s="15">
-        <v>0.0802</v>
+        <v>0.0804</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="3" t="s">
         <v>388</v>
       </c>
       <c r="C97" s="3">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="D97" s="15">
-        <v>0.0007</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="3" t="s">
         <v>389</v>
       </c>
       <c r="C98" s="3">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D98" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="3" t="s">
         <v>390</v>
       </c>
       <c r="C99" s="3">
-        <v>342</v>
+        <v>314</v>
       </c>
       <c r="D99" s="15">
-        <v>0.0041</v>
+        <v>0.0039</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="3" t="s">
         <v>391</v>
       </c>
       <c r="C100" s="3">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="D100" s="15">
-        <v>0.0001</v>
+        <v>0.0002</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="3" t="s">
         <v>392</v>
       </c>
       <c r="C101" s="3">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="D101" s="15">
-        <v>0.0077</v>
+        <v>0.0081</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="3" t="s">
         <v>393</v>
       </c>
       <c r="C102" s="3">
-        <v>468</v>
+        <v>454</v>
       </c>
       <c r="D102" s="15">
-        <v>0.0056</v>
+        <v>0.0057</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="3" t="s">
         <v>394</v>
       </c>
       <c r="C103" s="3">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D103" s="15">
-        <v>0.0002</v>
+        <v>0.0001</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="3" t="s">
         <v>395</v>
       </c>
       <c r="C104" s="3">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D104" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="3" t="s">
         <v>396</v>
       </c>
       <c r="C105" s="3">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D105" s="15">
-        <v>0.0001</v>
+        <v>0.0002</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="3" t="s">
         <v>397</v>
       </c>
       <c r="C106" s="3">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D106" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="3" t="s">
         <v>398</v>
       </c>
       <c r="C107" s="3">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D107" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="3" t="s">
         <v>399</v>
       </c>
       <c r="C108" s="3">
-        <v>2236</v>
+        <v>2121</v>
       </c>
       <c r="D108" s="15">
-        <v>0.0269</v>
+        <v>0.0265</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="3" t="s">
         <v>400</v>
       </c>
       <c r="C109" s="3">
-        <v>1411</v>
+        <v>1326</v>
       </c>
       <c r="D109" s="15">
-        <v>0.017</v>
+        <v>0.0166</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="3" t="s">
         <v>401</v>
       </c>
       <c r="C110" s="3">
         <v>10</v>
       </c>
       <c r="D110" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="3" t="s">
         <v>402</v>
       </c>
       <c r="C111" s="3">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="D111" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="3" t="s">
         <v>403</v>
       </c>
       <c r="C112" s="3">
-        <v>2584</v>
+        <v>2461</v>
       </c>
       <c r="D112" s="15">
-        <v>0.0311</v>
+        <v>0.0307</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="3" t="s">
         <v>404</v>
       </c>
       <c r="C113" s="3">
-        <v>5082</v>
+        <v>4858</v>
       </c>
       <c r="D113" s="15">
-        <v>0.0612</v>
+        <v>0.0607</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="3" t="s">
         <v>405</v>
       </c>
       <c r="C114" s="3">
-        <v>1824</v>
+        <v>1790</v>
       </c>
       <c r="D114" s="15">
-        <v>0.022</v>
+        <v>0.0223</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="3" t="s">
         <v>406</v>
       </c>
       <c r="C115" s="3">
-        <v>776</v>
+        <v>744</v>
       </c>
       <c r="D115" s="15">
         <v>0.0093</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="3" t="s">
         <v>407</v>
       </c>
       <c r="C116" s="3">
         <v>7</v>
       </c>
       <c r="D116" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="3" t="s">
         <v>408</v>
       </c>
       <c r="C117" s="3">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D117" s="15">
         <v>0.0004</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="3" t="s">
         <v>409</v>
       </c>
       <c r="C118" s="3">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D118" s="15">
         <v>0.0015</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="3" t="s">
         <v>410</v>
       </c>
       <c r="C119" s="3">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="D119" s="15">
-        <v>0.0009</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="3" t="s">
         <v>411</v>
       </c>
       <c r="C120" s="3">
-        <v>4711</v>
+        <v>4543</v>
       </c>
       <c r="D120" s="15">
-        <v>0.0568</v>
+        <v>0.0567</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="3" t="s">
         <v>412</v>
       </c>
       <c r="C121" s="3">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D121" s="15">
         <v>0.0002</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="3" t="s">
         <v>413</v>
       </c>
       <c r="C122" s="3">
-        <v>47</v>
+        <v>44</v>
       </c>
       <c r="D122" s="15">
-        <v>0.0006</v>
+        <v>0.0005</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="3" t="s">
         <v>414</v>
       </c>
       <c r="C123" s="3">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D123" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="3" t="s">
         <v>415</v>
       </c>
       <c r="C124" s="3">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D124" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="3" t="s">
         <v>416</v>
       </c>
       <c r="C125" s="3">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D125" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C126" s="3">
-        <v>2357</v>
+        <v>2221</v>
       </c>
       <c r="D126" s="15">
-        <v>0.0284</v>
+        <v>0.0277</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C127" s="3">
         <v>23</v>
       </c>
       <c r="D127" s="15">
         <v>0.0003</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C128" s="3">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="D128" s="15">
-        <v>0.0043</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C129" s="3">
-        <v>651</v>
+        <v>632</v>
       </c>
       <c r="D129" s="15">
-        <v>0.0078</v>
+        <v>0.0079</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C130" s="3">
-        <v>927</v>
+        <v>884</v>
       </c>
       <c r="D130" s="15">
-        <v>0.0112</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C131" s="3">
         <v>9</v>
       </c>
       <c r="D131" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="3" t="s">
         <v>423</v>
       </c>
       <c r="C132" s="3">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="D132" s="15">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="3" t="s">
         <v>424</v>
       </c>
       <c r="C133" s="3">
-        <v>8438</v>
+        <v>8135</v>
       </c>
       <c r="D133" s="15">
-        <v>0.1017</v>
+        <v>0.1016</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C134" s="3">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D134" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="3" t="s">
         <v>426</v>
       </c>
       <c r="C135" s="3">
-        <v>3789</v>
+        <v>3676</v>
       </c>
       <c r="D135" s="15">
-        <v>0.0456</v>
+        <v>0.0459</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="3" t="s">
         <v>427</v>
       </c>
       <c r="C136" s="3">
-        <v>479</v>
+        <v>461</v>
       </c>
       <c r="D136" s="15">
         <v>0.0058</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="3" t="s">
         <v>428</v>
       </c>
       <c r="C137" s="3">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="D137" s="15">
         <v>0.0006</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="3" t="s">
         <v>429</v>
       </c>
       <c r="C138" s="3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D138" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="3" t="s">
         <v>430</v>
       </c>
       <c r="C139" s="3">
         <v>3</v>
       </c>
       <c r="D139" s="15">
         <v>0</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="3" t="s">
         <v>431</v>
       </c>
       <c r="C140" s="3">
-        <v>17171</v>
+        <v>16421</v>
       </c>
       <c r="D140" s="15">
-        <v>0.2069</v>
+        <v>0.205</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="3" t="s">
         <v>432</v>
       </c>
       <c r="C141" s="3">
-        <v>974</v>
+        <v>917</v>
       </c>
       <c r="D141" s="15">
-        <v>0.0117</v>
+        <v>0.0114</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C142" s="3">
-        <v>149</v>
+        <v>133</v>
       </c>
       <c r="D142" s="15">
-        <v>0.0018</v>
+        <v>0.0017</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="3" t="s">
         <v>434</v>
       </c>
       <c r="C143" s="3">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D143" s="15">
         <v>0.0001</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="B144" s="3" t="s">
         <v>435</v>
       </c>
       <c r="C144" s="3">
         <v>39</v>
       </c>
       <c r="D144" s="15">
         <v>0.0005</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="3" t="s">
         <v>436</v>
       </c>
       <c r="C145" s="3">
         <v>80</v>
       </c>
       <c r="D145" s="15">
         <v>0.001</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C146" s="3">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="D146" s="15">
-        <v>0.004</v>
+        <v>0.0041</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C147" s="3">
-        <v>69</v>
+        <v>61</v>
       </c>
       <c r="D147" s="15">
         <v>0.0008</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C148" s="3">
-        <v>979</v>
+        <v>941</v>
       </c>
       <c r="D148" s="15">
-        <v>0.0118</v>
+        <v>0.0117</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="3" t="s">
         <v>440</v>
       </c>
       <c r="C149" s="3">
-        <v>202</v>
+        <v>209</v>
       </c>
       <c r="D149" s="15">
-        <v>0.0024</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C150" s="3">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="D150" s="15">
-        <v>0.0163</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="3" t="s">
         <v>442</v>
       </c>
       <c r="C151" s="3">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="D151" s="15">
         <v>0.0026</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="3" t="s">
         <v>443</v>
       </c>
       <c r="C152" s="3">
-        <v>1992</v>
+        <v>1917</v>
       </c>
       <c r="D152" s="15">
-        <v>0.024</v>
+        <v>0.0239</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D153" s="14"/>
       <c r="F153" s="14"/>
     </row>
     <row r="154">
       <c r="B154" s="31" t="s">
         <v>444</v>
       </c>
       <c r="C154" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D154" s="33"/>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="34"/>
       <c r="C155" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D155" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="3" t="s">
         <v>445</v>
       </c>
       <c r="C156" s="3">
-        <v>39829</v>
+        <v>38742</v>
       </c>
       <c r="D156" s="15">
-        <v>0.4793</v>
+        <v>0.4825</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="3" t="s">
         <v>446</v>
       </c>
       <c r="C157" s="3">
-        <v>62558</v>
+        <v>60017</v>
       </c>
       <c r="D157" s="15">
-        <v>0.7528</v>
+        <v>0.7475</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D158" s="14"/>
       <c r="F158" s="14"/>
     </row>
     <row r="159">
       <c r="B159" s="31" t="s">
         <v>447</v>
       </c>
       <c r="C159" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D159" s="33"/>
     </row>
     <row r="160" ht="15" customHeight="1">
       <c r="B160" s="34"/>
       <c r="C160" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D160" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C161" s="3">
-        <v>15097</v>
+        <v>14594</v>
       </c>
       <c r="D161" s="15">
         <v>0.1088</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C162" s="3">
-        <v>36650</v>
+        <v>35163</v>
       </c>
       <c r="D162" s="15">
-        <v>0.2641</v>
+        <v>0.2622</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C163" s="3">
-        <v>54105</v>
+        <v>52559</v>
       </c>
       <c r="D163" s="15">
-        <v>0.3899</v>
+        <v>0.3919</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1">
       <c r="B164" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C164" s="3">
-        <v>32901</v>
+        <v>31793</v>
       </c>
       <c r="D164" s="15">
         <v>0.2371</v>
       </c>
     </row>
     <row r="165" ht="15" customHeight="1" s="4" customFormat="1">
       <c r="D165" s="14"/>
       <c r="F165" s="14"/>
     </row>
     <row r="166">
       <c r="B166" s="31" t="s">
         <v>452</v>
       </c>
       <c r="C166" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D166" s="33"/>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="34"/>
       <c r="C167" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D167" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C168" s="3">
-        <v>67734</v>
+        <v>65452</v>
       </c>
       <c r="D168" s="15">
-        <v>0.4883</v>
+        <v>0.4882</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C169" s="3">
-        <v>70988</v>
+        <v>68626</v>
       </c>
       <c r="D169" s="15">
-        <v>0.5117</v>
+        <v>0.5118</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1"/>
     <row r="171">
       <c r="B171" s="31" t="s">
         <v>455</v>
       </c>
       <c r="C171" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D171" s="33"/>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="34"/>
       <c r="C172" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D172" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="3" t="s">
         <v>456</v>
       </c>
       <c r="C173" s="3">
-        <v>42921</v>
+        <v>41429</v>
       </c>
       <c r="D173" s="15">
-        <v>0.517</v>
+        <v>0.5164</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="3" t="s">
         <v>457</v>
       </c>
       <c r="C174" s="3">
-        <v>39495</v>
+        <v>38308</v>
       </c>
       <c r="D174" s="15">
-        <v>0.4757</v>
+        <v>0.4775</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="3" t="s">
         <v>458</v>
       </c>
       <c r="C175" s="3">
-        <v>43876</v>
+        <v>42561</v>
       </c>
       <c r="D175" s="15">
-        <v>0.5285</v>
+        <v>0.5305</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1">
       <c r="B176" s="3" t="s">
         <v>459</v>
       </c>
       <c r="C176" s="3">
-        <v>35497</v>
+        <v>34532</v>
       </c>
       <c r="D176" s="15">
-        <v>0.4275</v>
+        <v>0.4304</v>
       </c>
     </row>
     <row r="177" ht="15" customHeight="1">
       <c r="B177" s="3" t="s">
         <v>460</v>
       </c>
       <c r="C177" s="3">
-        <v>43130</v>
+        <v>41825</v>
       </c>
       <c r="D177" s="15">
-        <v>0.5195</v>
+        <v>0.5213</v>
       </c>
     </row>
     <row r="178" ht="15" customHeight="1">
       <c r="B178" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C178" s="3">
-        <v>25236</v>
+        <v>24320</v>
       </c>
       <c r="D178" s="15">
-        <v>0.304</v>
+        <v>0.3031</v>
       </c>
     </row>
     <row r="179" ht="15" customHeight="1"/>
     <row r="180">
       <c r="B180" s="31" t="s">
         <v>461</v>
       </c>
       <c r="C180" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D180" s="33"/>
     </row>
     <row r="181" ht="15" customHeight="1">
       <c r="B181" s="34"/>
       <c r="C181" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D181" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="182" ht="15" customHeight="1">
       <c r="B182" s="3" t="s">
         <v>462</v>
       </c>
       <c r="C182" s="3">
-        <v>32615</v>
+        <v>31528</v>
       </c>
       <c r="D182" s="15">
-        <v>0.3928</v>
+        <v>0.393</v>
       </c>
     </row>
     <row r="183" ht="15" customHeight="1">
       <c r="B183" s="3" t="s">
         <v>463</v>
       </c>
       <c r="C183" s="3">
-        <v>19324</v>
+        <v>18728</v>
       </c>
       <c r="D183" s="15">
-        <v>0.2327</v>
+        <v>0.2334</v>
       </c>
     </row>
     <row r="184" ht="15" customHeight="1">
       <c r="B184" s="3" t="s">
         <v>464</v>
       </c>
       <c r="C184" s="3">
-        <v>37071</v>
+        <v>35860</v>
       </c>
       <c r="D184" s="15">
-        <v>0.4465</v>
+        <v>0.447</v>
       </c>
     </row>
     <row r="185" ht="15" customHeight="1">
       <c r="B185" s="3" t="s">
         <v>465</v>
       </c>
       <c r="C185" s="3">
-        <v>5166</v>
+        <v>4970</v>
       </c>
       <c r="D185" s="15">
-        <v>0.0622</v>
+        <v>0.0619</v>
       </c>
     </row>
     <row r="186" ht="15" customHeight="1">
       <c r="B186" s="3" t="s">
         <v>466</v>
       </c>
       <c r="C186" s="3">
-        <v>46892</v>
+        <v>45170</v>
       </c>
       <c r="D186" s="15">
-        <v>0.5648</v>
+        <v>0.563</v>
       </c>
     </row>
     <row r="187" ht="15" customHeight="1">
       <c r="B187" s="3" t="s">
         <v>302</v>
       </c>
       <c r="C187" s="3">
-        <v>17725</v>
+        <v>17209</v>
       </c>
       <c r="D187" s="15">
-        <v>0.2135</v>
+        <v>0.2145</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B23:B24"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="B30:B31"/>
     <mergeCell ref="C30:D30"/>
     <mergeCell ref="B46:B47"/>
     <mergeCell ref="C46:D46"/>
     <mergeCell ref="B154:B155"/>
     <mergeCell ref="C154:D154"/>
     <mergeCell ref="B159:B160"/>
     <mergeCell ref="C159:D159"/>
     <mergeCell ref="B166:B167"/>
     <mergeCell ref="C166:D166"/>
     <mergeCell ref="B171:B172"/>
     <mergeCell ref="C171:D171"/>
     <mergeCell ref="B180:B181"/>
     <mergeCell ref="C180:D180"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -12955,1539 +12955,1539 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>467</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>468</v>
       </c>
       <c r="C10" s="1">
-        <v>25602</v>
+        <v>24941</v>
       </c>
       <c r="D10" s="13">
-        <v>0.3037</v>
+        <v>0.3039</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>469</v>
       </c>
       <c r="C11" s="1">
-        <v>4727</v>
+        <v>4577</v>
       </c>
       <c r="D11" s="13">
-        <v>0.0561</v>
+        <v>0.0558</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>470</v>
       </c>
       <c r="C12" s="1">
-        <v>5287</v>
+        <v>5184</v>
       </c>
       <c r="D12" s="13">
-        <v>0.0627</v>
+        <v>0.0632</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>471</v>
       </c>
       <c r="C13" s="1">
-        <v>4165</v>
+        <v>4035</v>
       </c>
       <c r="D13" s="13">
-        <v>0.0494</v>
+        <v>0.0492</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>472</v>
       </c>
       <c r="C14" s="1">
-        <v>6865</v>
+        <v>6682</v>
       </c>
       <c r="D14" s="13">
         <v>0.0814</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>473</v>
       </c>
       <c r="C15" s="1">
-        <v>1672</v>
+        <v>1584</v>
       </c>
       <c r="D15" s="13">
-        <v>0.0198</v>
+        <v>0.0193</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>474</v>
       </c>
       <c r="C16" s="1">
-        <v>5038</v>
+        <v>4926</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0598</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>475</v>
       </c>
       <c r="C17" s="1">
-        <v>1426</v>
+        <v>1407</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0169</v>
+        <v>0.0171</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>476</v>
       </c>
       <c r="C18" s="1">
-        <v>6429</v>
+        <v>6175</v>
       </c>
       <c r="D18" s="13">
-        <v>0.0763</v>
+        <v>0.0752</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>477</v>
       </c>
       <c r="C19" s="1">
-        <v>1843</v>
+        <v>1861</v>
       </c>
       <c r="D19" s="13">
-        <v>0.0219</v>
+        <v>0.0227</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>478</v>
       </c>
       <c r="C20" s="1">
-        <v>2526</v>
+        <v>2440</v>
       </c>
       <c r="D20" s="13">
-        <v>0.03</v>
+        <v>0.0297</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>479</v>
       </c>
       <c r="C21" s="1">
-        <v>1578</v>
+        <v>1541</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0187</v>
+        <v>0.0188</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>480</v>
       </c>
       <c r="C22" s="1">
-        <v>1497</v>
+        <v>1471</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0178</v>
+        <v>0.0179</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>481</v>
       </c>
       <c r="C23" s="1">
-        <v>6731</v>
+        <v>6533</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0798</v>
+        <v>0.0796</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>482</v>
       </c>
       <c r="C24" s="1">
-        <v>2439</v>
+        <v>2361</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0289</v>
+        <v>0.0288</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>483</v>
       </c>
       <c r="C25" s="1">
-        <v>5932</v>
+        <v>5739</v>
       </c>
       <c r="D25" s="13">
-        <v>0.0704</v>
+        <v>0.0699</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>484</v>
       </c>
       <c r="C26" s="1">
-        <v>4583</v>
+        <v>4474</v>
       </c>
       <c r="D26" s="13">
-        <v>0.0544</v>
+        <v>0.0545</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>485</v>
       </c>
       <c r="C27" s="1">
-        <v>2654</v>
+        <v>2546</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0315</v>
+        <v>0.031</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>486</v>
       </c>
       <c r="C28" s="1">
-        <v>4374</v>
+        <v>4216</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0519</v>
+        <v>0.0514</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C29" s="1">
-        <v>10719</v>
+        <v>10405</v>
       </c>
       <c r="D29" s="13">
-        <v>0.1271</v>
+        <v>0.1268</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C30" s="1">
-        <v>19772</v>
+        <v>19285</v>
       </c>
       <c r="D30" s="13">
-        <v>0.2345</v>
+        <v>0.235</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D31" s="12"/>
       <c r="F31" s="12"/>
     </row>
     <row r="32">
       <c r="B32" s="31" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="33"/>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="34"/>
       <c r="C33" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D33" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>487</v>
       </c>
       <c r="C34" s="1">
-        <v>922</v>
+        <v>899</v>
       </c>
       <c r="D34" s="13">
-        <v>0.0403</v>
+        <v>0.0395</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>103</v>
       </c>
       <c r="C35" s="1">
-        <v>691</v>
+        <v>584</v>
       </c>
       <c r="D35" s="13">
-        <v>0.0302</v>
+        <v>0.0257</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>488</v>
       </c>
       <c r="C36" s="1">
-        <v>367</v>
+        <v>313</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0161</v>
+        <v>0.0138</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>489</v>
       </c>
       <c r="C37" s="1">
-        <v>316</v>
+        <v>308</v>
       </c>
       <c r="D37" s="13">
-        <v>0.0138</v>
+        <v>0.0135</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>490</v>
       </c>
       <c r="C38" s="1">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0085</v>
+        <v>0.0087</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>491</v>
       </c>
       <c r="C39" s="1">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D39" s="13">
-        <v>0.0053</v>
+        <v>0.0051</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>492</v>
       </c>
       <c r="C40" s="1">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D40" s="13">
         <v>0.0024</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>493</v>
       </c>
       <c r="C41" s="1">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="D41" s="13">
-        <v>0.0106</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>494</v>
       </c>
       <c r="C42" s="1">
-        <v>98</v>
+        <v>89</v>
       </c>
       <c r="D42" s="13">
-        <v>0.0043</v>
+        <v>0.0039</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>495</v>
       </c>
       <c r="C43" s="1">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D43" s="13">
         <v>0.0021</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>496</v>
       </c>
       <c r="C44" s="1">
-        <v>444</v>
+        <v>411</v>
       </c>
       <c r="D44" s="13">
-        <v>0.0194</v>
+        <v>0.0181</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>497</v>
       </c>
       <c r="C45" s="1">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="D45" s="13">
         <v>0.0088</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>498</v>
       </c>
       <c r="C46" s="1">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0007</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>499</v>
       </c>
       <c r="C47" s="1">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D47" s="13">
-        <v>0.0013</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>500</v>
       </c>
       <c r="C48" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0013</v>
+        <v>0.0015</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>501</v>
       </c>
       <c r="C49" s="1">
-        <v>384</v>
+        <v>359</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0168</v>
+        <v>0.0158</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>502</v>
       </c>
       <c r="C50" s="1">
-        <v>235</v>
+        <v>225</v>
       </c>
       <c r="D50" s="13">
-        <v>0.0103</v>
+        <v>0.0099</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>503</v>
       </c>
       <c r="C51" s="1">
-        <v>145</v>
+        <v>134</v>
       </c>
       <c r="D51" s="13">
-        <v>0.0063</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>504</v>
       </c>
       <c r="C52" s="1">
-        <v>272</v>
+        <v>254</v>
       </c>
       <c r="D52" s="13">
-        <v>0.0119</v>
+        <v>0.0112</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>505</v>
       </c>
       <c r="C53" s="1">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="D53" s="13">
-        <v>0.0026</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>506</v>
       </c>
       <c r="C54" s="1">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="D54" s="13">
-        <v>0.0007</v>
+        <v>0.0008</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>507</v>
       </c>
       <c r="C55" s="1">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D55" s="13">
-        <v>0.0035</v>
+        <v>0.0034</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>508</v>
       </c>
       <c r="C56" s="1">
-        <v>91</v>
+        <v>86</v>
       </c>
       <c r="D56" s="13">
-        <v>0.004</v>
+        <v>0.0038</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>509</v>
       </c>
       <c r="C57" s="1">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="D57" s="13">
-        <v>0.0093</v>
+        <v>0.0091</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>510</v>
       </c>
       <c r="C58" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D58" s="13">
-        <v>0.0014</v>
+        <v>0.0015</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>511</v>
       </c>
       <c r="C59" s="1">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D59" s="13">
-        <v>0.0012</v>
+        <v>0.0013</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>512</v>
       </c>
       <c r="C60" s="1">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D60" s="13">
-        <v>0.0014</v>
+        <v>0.0015</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>513</v>
       </c>
       <c r="C61" s="1">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D61" s="13">
-        <v>0.0051</v>
+        <v>0.0054</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>514</v>
       </c>
       <c r="C62" s="1">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="D62" s="13">
-        <v>0.0168</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>515</v>
       </c>
       <c r="C63" s="1">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="D63" s="13">
         <v>0.0207</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>516</v>
       </c>
       <c r="C64" s="1">
-        <v>110</v>
+        <v>122</v>
       </c>
       <c r="D64" s="13">
-        <v>0.0048</v>
+        <v>0.0054</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>517</v>
       </c>
       <c r="C65" s="1">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="D65" s="13">
-        <v>0.005</v>
+        <v>0.0051</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>518</v>
       </c>
       <c r="C66" s="1">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D66" s="13">
-        <v>0.001</v>
+        <v>0.0011</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>519</v>
       </c>
       <c r="C67" s="1">
-        <v>663</v>
+        <v>709</v>
       </c>
       <c r="D67" s="13">
-        <v>0.029</v>
+        <v>0.0312</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>520</v>
       </c>
       <c r="C68" s="1">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0072</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>521</v>
       </c>
       <c r="C69" s="1">
-        <v>247</v>
+        <v>310</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0108</v>
+        <v>0.0136</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>522</v>
       </c>
       <c r="C70" s="1">
         <v>22</v>
       </c>
       <c r="D70" s="13">
         <v>0.001</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>523</v>
       </c>
       <c r="C71" s="1">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="D71" s="13">
-        <v>0.0102</v>
+        <v>0.0109</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>524</v>
       </c>
       <c r="C72" s="1">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D72" s="13">
-        <v>0.0092</v>
+        <v>0.0093</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>525</v>
       </c>
       <c r="C73" s="1">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="D73" s="13">
-        <v>0.0115</v>
+        <v>0.0125</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>526</v>
       </c>
       <c r="C74" s="1">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="D74" s="13">
-        <v>0.0137</v>
+        <v>0.0141</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>527</v>
       </c>
       <c r="C75" s="1">
-        <v>566</v>
+        <v>547</v>
       </c>
       <c r="D75" s="13">
-        <v>0.0248</v>
+        <v>0.024</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>528</v>
       </c>
       <c r="C76" s="1">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="D76" s="13">
-        <v>0.0137</v>
+        <v>0.0131</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>529</v>
       </c>
       <c r="C77" s="1">
-        <v>1735</v>
+        <v>1750</v>
       </c>
       <c r="D77" s="13">
-        <v>0.0759</v>
+        <v>0.0769</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>530</v>
       </c>
       <c r="C78" s="1">
-        <v>403</v>
+        <v>388</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0176</v>
+        <v>0.017</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>531</v>
       </c>
       <c r="C79" s="1">
-        <v>800</v>
+        <v>783</v>
       </c>
       <c r="D79" s="13">
-        <v>0.035</v>
+        <v>0.0344</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C80" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="D80" s="13">
-        <v>0.0098</v>
+        <v>0.0103</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>533</v>
       </c>
       <c r="C81" s="1">
         <v>105</v>
       </c>
       <c r="D81" s="13">
         <v>0.0046</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>534</v>
       </c>
       <c r="C82" s="1">
-        <v>407</v>
+        <v>398</v>
       </c>
       <c r="D82" s="13">
-        <v>0.0178</v>
+        <v>0.0175</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>535</v>
       </c>
       <c r="C83" s="1">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0048</v>
+        <v>0.0047</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>536</v>
       </c>
       <c r="C84" s="1">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D84" s="13">
-        <v>0.0135</v>
+        <v>0.0133</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>537</v>
       </c>
       <c r="C85" s="1">
-        <v>641</v>
+        <v>640</v>
       </c>
       <c r="D85" s="13">
-        <v>0.028</v>
+        <v>0.0281</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>538</v>
       </c>
       <c r="C86" s="1">
-        <v>207</v>
+        <v>219</v>
       </c>
       <c r="D86" s="13">
-        <v>0.0091</v>
+        <v>0.0096</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>539</v>
       </c>
       <c r="C87" s="1">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D87" s="13">
-        <v>0.0044</v>
+        <v>0.0047</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>540</v>
       </c>
       <c r="C88" s="1">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D88" s="13">
-        <v>0.014</v>
+        <v>0.0139</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>541</v>
       </c>
       <c r="C89" s="1">
-        <v>462</v>
+        <v>479</v>
       </c>
       <c r="D89" s="13">
-        <v>0.0202</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>542</v>
       </c>
       <c r="C90" s="1">
-        <v>164</v>
+        <v>154</v>
       </c>
       <c r="D90" s="13">
-        <v>0.0072</v>
+        <v>0.0068</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>543</v>
       </c>
       <c r="C91" s="1">
-        <v>264</v>
+        <v>282</v>
       </c>
       <c r="D91" s="13">
-        <v>0.0115</v>
+        <v>0.0124</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>544</v>
       </c>
       <c r="C92" s="1">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="D92" s="13">
-        <v>0.0031</v>
+        <v>0.0034</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>545</v>
       </c>
       <c r="C93" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D93" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>546</v>
       </c>
       <c r="C94" s="1">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D94" s="13">
-        <v>0.0077</v>
+        <v>0.0078</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>547</v>
       </c>
       <c r="C95" s="1">
         <v>135</v>
       </c>
       <c r="D95" s="13">
         <v>0.0059</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>548</v>
       </c>
       <c r="C96" s="1">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D96" s="13">
-        <v>0.0192</v>
+        <v>0.0191</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>549</v>
       </c>
       <c r="C97" s="1">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D97" s="13">
         <v>0.0041</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>550</v>
       </c>
       <c r="C98" s="1">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D98" s="13">
         <v>0.0101</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>551</v>
       </c>
       <c r="C99" s="1">
-        <v>205</v>
+        <v>199</v>
       </c>
       <c r="D99" s="13">
-        <v>0.009</v>
+        <v>0.0087</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>552</v>
       </c>
       <c r="C100" s="1">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D100" s="13">
         <v>0.0015</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>553</v>
       </c>
       <c r="C101" s="1">
         <v>19</v>
       </c>
       <c r="D101" s="13">
         <v>0.0008</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="1" t="s">
         <v>554</v>
       </c>
       <c r="C102" s="1">
-        <v>106</v>
+        <v>96</v>
       </c>
       <c r="D102" s="13">
-        <v>0.0046</v>
+        <v>0.0042</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>555</v>
       </c>
       <c r="C103" s="1">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D103" s="13">
-        <v>0.0028</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>556</v>
       </c>
       <c r="C104" s="1">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D104" s="13">
         <v>0.0005</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>557</v>
       </c>
       <c r="C105" s="1">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D105" s="13">
-        <v>0.0036</v>
+        <v>0.0037</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>558</v>
       </c>
       <c r="C106" s="1">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D106" s="13">
         <v>0.0013</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>559</v>
       </c>
       <c r="C107" s="1">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="D107" s="13">
-        <v>0.0052</v>
+        <v>0.0054</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>560</v>
       </c>
       <c r="C108" s="1">
-        <v>314</v>
+        <v>297</v>
       </c>
       <c r="D108" s="13">
-        <v>0.0137</v>
+        <v>0.0131</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>561</v>
       </c>
       <c r="C109" s="1">
-        <v>503</v>
+        <v>478</v>
       </c>
       <c r="D109" s="13">
-        <v>0.022</v>
+        <v>0.021</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>562</v>
       </c>
       <c r="C110" s="1">
-        <v>1734</v>
+        <v>1731</v>
       </c>
       <c r="D110" s="13">
-        <v>0.0759</v>
+        <v>0.0761</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>563</v>
       </c>
       <c r="C111" s="1">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="D111" s="13">
         <v>0.0162</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="1" t="s">
         <v>564</v>
       </c>
       <c r="C112" s="1">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="D112" s="13">
-        <v>0.007</v>
+        <v>0.0071</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="1" t="s">
         <v>565</v>
       </c>
       <c r="C113" s="1">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="D113" s="13">
-        <v>0.0154</v>
+        <v>0.0151</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="1" t="s">
         <v>566</v>
       </c>
       <c r="C114" s="1">
-        <v>544</v>
+        <v>619</v>
       </c>
       <c r="D114" s="13">
-        <v>0.0238</v>
+        <v>0.0272</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="1" t="s">
         <v>532</v>
       </c>
       <c r="C115" s="1">
-        <v>308</v>
+        <v>362</v>
       </c>
       <c r="D115" s="13">
-        <v>0.0135</v>
+        <v>0.0159</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="1" t="s">
         <v>567</v>
       </c>
       <c r="C116" s="1">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="D116" s="13">
-        <v>0.0234</v>
+        <v>0.0231</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="1" t="s">
         <v>568</v>
       </c>
       <c r="C117" s="1">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="D117" s="13">
-        <v>0.0046</v>
+        <v>0.005</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="1" t="s">
         <v>569</v>
       </c>
       <c r="C118" s="1">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="D118" s="13">
-        <v>0.0032</v>
+        <v>0.003</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="1" t="s">
         <v>570</v>
       </c>
       <c r="C119" s="1">
-        <v>54</v>
+        <v>46</v>
       </c>
       <c r="D119" s="13">
-        <v>0.0024</v>
+        <v>0.002</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="1" t="s">
         <v>571</v>
       </c>
       <c r="C120" s="1">
-        <v>293</v>
+        <v>308</v>
       </c>
       <c r="D120" s="13">
-        <v>0.0128</v>
+        <v>0.0135</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="1" t="s">
         <v>572</v>
       </c>
       <c r="C121" s="1">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D121" s="13">
-        <v>0.0034</v>
+        <v>0.0037</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1">
       <c r="B122" s="1" t="s">
         <v>573</v>
       </c>
       <c r="C122" s="1">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D122" s="13">
-        <v>0.0007</v>
+        <v>0.0009</v>
       </c>
     </row>
     <row r="123" ht="15" customHeight="1">
       <c r="B123" s="1" t="s">
         <v>574</v>
       </c>
       <c r="C123" s="1">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="D123" s="13">
-        <v>0.0021</v>
+        <v>0.0029</v>
       </c>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="1" t="s">
         <v>575</v>
       </c>
       <c r="C124" s="1">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="D124" s="13">
-        <v>0.0035</v>
+        <v>0.004</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="1" t="s">
         <v>576</v>
       </c>
       <c r="C125" s="1">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="D125" s="13">
-        <v>0.0014</v>
+        <v>0.0015</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="1" t="s">
         <v>577</v>
       </c>
       <c r="C126" s="1">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D126" s="13">
-        <v>0.0024</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="1" t="s">
         <v>578</v>
       </c>
       <c r="C127" s="1">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D127" s="13">
-        <v>0.001</v>
+        <v>0.0011</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="1" t="s">
         <v>579</v>
       </c>
       <c r="C128" s="1">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="D128" s="13">
-        <v>0.0013</v>
+        <v>0.0014</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="1" t="s">
         <v>580</v>
       </c>
       <c r="C129" s="1">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="D129" s="13">
         <v>0.0131</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="1" t="s">
         <v>581</v>
       </c>
       <c r="C130" s="1">
-        <v>512</v>
+        <v>489</v>
       </c>
       <c r="D130" s="13">
-        <v>0.0224</v>
+        <v>0.0215</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="1" t="s">
         <v>582</v>
       </c>
       <c r="C131" s="1">
-        <v>626</v>
+        <v>600</v>
       </c>
       <c r="D131" s="13">
-        <v>0.0274</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="1" t="s">
         <v>583</v>
       </c>
       <c r="C132" s="1">
-        <v>337</v>
+        <v>328</v>
       </c>
       <c r="D132" s="13">
-        <v>0.0147</v>
+        <v>0.0144</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1">
       <c r="B133" s="1" t="s">
         <v>584</v>
       </c>
       <c r="C133" s="1">
-        <v>359</v>
+        <v>338</v>
       </c>
       <c r="D133" s="13">
-        <v>0.0157</v>
+        <v>0.0149</v>
       </c>
     </row>
     <row r="134" ht="15" customHeight="1">
       <c r="B134" s="1" t="s">
         <v>585</v>
       </c>
       <c r="C134" s="1">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="D134" s="13">
-        <v>0.0193</v>
+        <v>0.0188</v>
       </c>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="1" t="s">
         <v>586</v>
       </c>
       <c r="C135" s="1">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="D135" s="13">
-        <v>0.0077</v>
+        <v>0.0076</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="1" t="s">
         <v>587</v>
       </c>
       <c r="C136" s="1">
-        <v>697</v>
+        <v>696</v>
       </c>
       <c r="D136" s="13">
-        <v>0.0305</v>
+        <v>0.0306</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="1" t="s">
         <v>588</v>
       </c>
       <c r="C137" s="1">
-        <v>56</v>
+        <v>47</v>
       </c>
       <c r="D137" s="13">
-        <v>0.0024</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="1" t="s">
         <v>589</v>
       </c>
       <c r="C138" s="1">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="D138" s="13">
-        <v>0.001</v>
+        <v>0.0009</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="1" t="s">
         <v>590</v>
       </c>
       <c r="C139" s="1">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D139" s="13">
         <v>0.0031</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="1" t="s">
         <v>591</v>
       </c>
       <c r="C140" s="1">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="D140" s="13">
-        <v>0.0076</v>
+        <v>0.0073</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="1" t="s">
         <v>592</v>
       </c>
       <c r="C141" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D141" s="13">
-        <v>0.0007</v>
+        <v>0.0006</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="1" t="s">
         <v>593</v>
       </c>
       <c r="C142" s="1">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D142" s="13">
         <v>0.0002</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="1" t="s">
         <v>594</v>
       </c>
       <c r="C143" s="1">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D143" s="13">
         <v>0.0001</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="B144" s="1" t="s">
         <v>595</v>
       </c>
       <c r="C144" s="1">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D144" s="13">
         <v>0.0001</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="1" t="s">
         <v>596</v>
       </c>
       <c r="C145" s="1">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D145" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="1" t="s">
         <v>597</v>
       </c>
       <c r="C146" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D146" s="13">
-        <v>0.0003</v>
+        <v>0.0002</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D147" s="12"/>
       <c r="F147" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C32:D32"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
@@ -14556,1808 +14556,1808 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>598</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>599</v>
       </c>
       <c r="C10" s="1">
-        <v>43680</v>
+        <v>42470</v>
       </c>
       <c r="D10" s="13">
-        <v>0.3511</v>
+        <v>0.351</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>600</v>
       </c>
       <c r="C11" s="1">
-        <v>12647</v>
+        <v>12201</v>
       </c>
       <c r="D11" s="13">
-        <v>0.1017</v>
+        <v>0.1008</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>601</v>
       </c>
       <c r="C12" s="1">
-        <v>25218</v>
+        <v>24536</v>
       </c>
       <c r="D12" s="13">
-        <v>0.2027</v>
+        <v>0.2028</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>602</v>
       </c>
       <c r="C13" s="1">
-        <v>42851</v>
+        <v>41796</v>
       </c>
       <c r="D13" s="13">
-        <v>0.3445</v>
+        <v>0.3454</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B14" s="8"/>
       <c r="D14" s="12"/>
       <c r="F14" s="12"/>
     </row>
     <row r="15">
       <c r="B15" s="31" t="s">
         <v>603</v>
       </c>
       <c r="C15" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="33"/>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="34"/>
       <c r="C16" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D16" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>604</v>
       </c>
       <c r="C17" s="1">
-        <v>75633</v>
+        <v>73536</v>
       </c>
       <c r="D17" s="13">
-        <v>0.608</v>
+        <v>0.6077</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>605</v>
       </c>
       <c r="C18" s="1">
-        <v>46865</v>
+        <v>45412</v>
       </c>
       <c r="D18" s="13">
-        <v>0.3767</v>
+        <v>0.3753</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>606</v>
       </c>
       <c r="C19" s="1">
-        <v>60702</v>
+        <v>59013</v>
       </c>
       <c r="D19" s="13">
-        <v>0.488</v>
+        <v>0.4877</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>607</v>
       </c>
       <c r="C20" s="1">
-        <v>32841</v>
+        <v>32102</v>
       </c>
       <c r="D20" s="13">
-        <v>0.264</v>
+        <v>0.2653</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>608</v>
       </c>
       <c r="C21" s="1">
-        <v>27673</v>
+        <v>26709</v>
       </c>
       <c r="D21" s="13">
-        <v>0.2225</v>
+        <v>0.2207</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>609</v>
       </c>
       <c r="C22" s="1">
-        <v>6174</v>
+        <v>5939</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0496</v>
+        <v>0.0491</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C23" s="1">
-        <v>18980</v>
+        <v>18618</v>
       </c>
       <c r="D23" s="13">
-        <v>0.1526</v>
+        <v>0.1539</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B24" s="8"/>
       <c r="D24" s="12"/>
       <c r="F24" s="12"/>
     </row>
     <row r="25">
       <c r="B25" s="31" t="s">
         <v>610</v>
       </c>
       <c r="C25" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="33"/>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="34"/>
       <c r="C26" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D26" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>611</v>
       </c>
       <c r="C27" s="1">
-        <v>22387</v>
+        <v>21325</v>
       </c>
       <c r="D27" s="13">
-        <v>0.18</v>
+        <v>0.1762</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>612</v>
       </c>
       <c r="C28" s="1">
-        <v>7495</v>
+        <v>7247</v>
       </c>
       <c r="D28" s="13">
-        <v>0.0603</v>
+        <v>0.0599</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>613</v>
       </c>
       <c r="C29" s="1">
-        <v>576</v>
+        <v>556</v>
       </c>
       <c r="D29" s="13">
         <v>0.0046</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>614</v>
       </c>
       <c r="C30" s="1">
-        <v>13238</v>
+        <v>12849</v>
       </c>
       <c r="D30" s="13">
-        <v>0.1064</v>
+        <v>0.1062</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>615</v>
       </c>
       <c r="C31" s="1">
-        <v>2759</v>
+        <v>2716</v>
       </c>
       <c r="D31" s="13">
-        <v>0.0222</v>
+        <v>0.0224</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>616</v>
       </c>
       <c r="C32" s="1">
-        <v>36122</v>
+        <v>34767</v>
       </c>
       <c r="D32" s="13">
-        <v>0.2904</v>
+        <v>0.2873</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>617</v>
       </c>
       <c r="C33" s="1">
-        <v>5757</v>
+        <v>5616</v>
       </c>
       <c r="D33" s="13">
-        <v>0.0463</v>
+        <v>0.0464</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>618</v>
       </c>
       <c r="C34" s="1">
-        <v>17511</v>
+        <v>16918</v>
       </c>
       <c r="D34" s="13">
-        <v>0.1408</v>
+        <v>0.1398</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>619</v>
       </c>
       <c r="C35" s="1">
-        <v>4186</v>
+        <v>4102</v>
       </c>
       <c r="D35" s="13">
-        <v>0.0337</v>
+        <v>0.0339</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>620</v>
       </c>
       <c r="C36" s="1">
-        <v>3712</v>
+        <v>3582</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0298</v>
+        <v>0.0296</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>621</v>
       </c>
       <c r="C37" s="1">
-        <v>6928</v>
+        <v>6739</v>
       </c>
       <c r="D37" s="13">
         <v>0.0557</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>622</v>
       </c>
       <c r="C38" s="1">
-        <v>21509</v>
+        <v>20960</v>
       </c>
       <c r="D38" s="13">
-        <v>0.1729</v>
+        <v>0.1732</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>623</v>
       </c>
       <c r="C39" s="1">
-        <v>11383</v>
+        <v>10935</v>
       </c>
       <c r="D39" s="13">
-        <v>0.0915</v>
+        <v>0.0904</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>624</v>
       </c>
       <c r="C40" s="1">
-        <v>28238</v>
+        <v>27239</v>
       </c>
       <c r="D40" s="13">
-        <v>0.227</v>
+        <v>0.2251</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>625</v>
       </c>
       <c r="C41" s="1">
-        <v>9513</v>
+        <v>9260</v>
       </c>
       <c r="D41" s="13">
         <v>0.0765</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>626</v>
       </c>
       <c r="C42" s="1">
-        <v>14155</v>
+        <v>13620</v>
       </c>
       <c r="D42" s="13">
-        <v>0.1138</v>
+        <v>0.1126</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>627</v>
       </c>
       <c r="C43" s="1">
-        <v>6826</v>
+        <v>6621</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0549</v>
+        <v>0.0547</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>628</v>
       </c>
       <c r="C44" s="1">
-        <v>27110</v>
+        <v>26291</v>
       </c>
       <c r="D44" s="13">
-        <v>0.2179</v>
+        <v>0.2173</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>629</v>
       </c>
       <c r="C45" s="1">
-        <v>36823</v>
+        <v>35735</v>
       </c>
       <c r="D45" s="13">
-        <v>0.296</v>
+        <v>0.2953</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>630</v>
       </c>
       <c r="C46" s="1">
-        <v>4755</v>
+        <v>4634</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0382</v>
+        <v>0.0383</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>631</v>
       </c>
       <c r="C47" s="1">
-        <v>26345</v>
+        <v>25265</v>
       </c>
       <c r="D47" s="13">
-        <v>0.2118</v>
+        <v>0.2088</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>632</v>
       </c>
       <c r="C48" s="1">
-        <v>1761</v>
+        <v>1750</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0142</v>
+        <v>0.0145</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>633</v>
       </c>
       <c r="C49" s="1">
-        <v>2542</v>
+        <v>2532</v>
       </c>
       <c r="D49" s="13">
-        <v>0.0204</v>
+        <v>0.0209</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>634</v>
       </c>
       <c r="C50" s="1">
-        <v>10723</v>
+        <v>10439</v>
       </c>
       <c r="D50" s="13">
-        <v>0.0862</v>
+        <v>0.0863</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>635</v>
       </c>
       <c r="C51" s="1">
-        <v>9607</v>
+        <v>9225</v>
       </c>
       <c r="D51" s="13">
-        <v>0.0772</v>
+        <v>0.0762</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>636</v>
       </c>
       <c r="C52" s="1">
-        <v>3237</v>
+        <v>3150</v>
       </c>
       <c r="D52" s="13">
         <v>0.026</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>637</v>
       </c>
       <c r="C53" s="1">
-        <v>4247</v>
+        <v>4179</v>
       </c>
       <c r="D53" s="13">
-        <v>0.0341</v>
+        <v>0.0345</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>638</v>
       </c>
       <c r="C54" s="1">
-        <v>1498</v>
+        <v>1467</v>
       </c>
       <c r="D54" s="13">
-        <v>0.012</v>
+        <v>0.0121</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>639</v>
       </c>
       <c r="C55" s="1">
-        <v>47481</v>
+        <v>46103</v>
       </c>
       <c r="D55" s="13">
-        <v>0.3817</v>
+        <v>0.381</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>640</v>
       </c>
       <c r="C56" s="1">
-        <v>59979</v>
+        <v>58414</v>
       </c>
       <c r="D56" s="13">
-        <v>0.4822</v>
+        <v>0.4827</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>641</v>
       </c>
       <c r="C57" s="1">
-        <v>13610</v>
+        <v>13358</v>
       </c>
       <c r="D57" s="13">
-        <v>0.1094</v>
+        <v>0.1104</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>642</v>
       </c>
       <c r="C58" s="1">
-        <v>7154</v>
+        <v>6968</v>
       </c>
       <c r="D58" s="13">
-        <v>0.0575</v>
+        <v>0.0576</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>643</v>
       </c>
       <c r="C59" s="1">
-        <v>3271</v>
+        <v>3198</v>
       </c>
       <c r="D59" s="13">
-        <v>0.0263</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>644</v>
       </c>
       <c r="C60" s="1">
-        <v>18051</v>
+        <v>17576</v>
       </c>
       <c r="D60" s="13">
-        <v>0.1451</v>
+        <v>0.1453</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C61" s="1">
-        <v>18464</v>
+        <v>18093</v>
       </c>
       <c r="D61" s="13">
-        <v>0.1484</v>
+        <v>0.1495</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B62" s="8"/>
       <c r="D62" s="12"/>
       <c r="F62" s="12"/>
     </row>
     <row r="63">
       <c r="B63" s="31" t="s">
         <v>645</v>
       </c>
       <c r="C63" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D63" s="33"/>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="34"/>
       <c r="C64" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D64" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>646</v>
       </c>
       <c r="C65" s="1">
-        <v>926</v>
+        <v>931</v>
       </c>
       <c r="D65" s="13">
-        <v>0.0074</v>
+        <v>0.0077</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>647</v>
       </c>
       <c r="C66" s="1">
-        <v>26854</v>
+        <v>25945</v>
       </c>
       <c r="D66" s="13">
-        <v>0.2159</v>
+        <v>0.2144</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>648</v>
       </c>
       <c r="C67" s="1">
-        <v>18873</v>
+        <v>17998</v>
       </c>
       <c r="D67" s="13">
-        <v>0.1517</v>
+        <v>0.1488</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>649</v>
       </c>
       <c r="C68" s="1">
-        <v>3293</v>
+        <v>3192</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0265</v>
+        <v>0.0264</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>650</v>
       </c>
       <c r="C69" s="1">
-        <v>1976</v>
+        <v>1972</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0159</v>
+        <v>0.0163</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>651</v>
       </c>
       <c r="C70" s="1">
-        <v>34293</v>
+        <v>33284</v>
       </c>
       <c r="D70" s="13">
-        <v>0.2757</v>
+        <v>0.2751</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>652</v>
       </c>
       <c r="C71" s="1">
-        <v>23354</v>
+        <v>22370</v>
       </c>
       <c r="D71" s="13">
-        <v>0.1878</v>
+        <v>0.1849</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>653</v>
       </c>
       <c r="C72" s="1">
-        <v>37192</v>
+        <v>36164</v>
       </c>
       <c r="D72" s="13">
-        <v>0.299</v>
+        <v>0.2989</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>654</v>
       </c>
       <c r="C73" s="1">
-        <v>56452</v>
+        <v>54777</v>
       </c>
       <c r="D73" s="13">
-        <v>0.4539</v>
+        <v>0.4528</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>655</v>
       </c>
       <c r="C74" s="1">
-        <v>25676</v>
+        <v>25038</v>
       </c>
       <c r="D74" s="13">
-        <v>0.2064</v>
+        <v>0.207</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>656</v>
       </c>
       <c r="C75" s="1">
-        <v>56337</v>
+        <v>54259</v>
       </c>
       <c r="D75" s="13">
-        <v>0.4529</v>
+        <v>0.4485</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>657</v>
       </c>
       <c r="C76" s="1">
-        <v>17880</v>
+        <v>17351</v>
       </c>
       <c r="D76" s="13">
-        <v>0.1438</v>
+        <v>0.1434</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>658</v>
       </c>
       <c r="C77" s="1">
-        <v>12112</v>
+        <v>11777</v>
       </c>
       <c r="D77" s="13">
-        <v>0.0974</v>
+        <v>0.0973</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>659</v>
       </c>
       <c r="C78" s="1">
-        <v>9041</v>
+        <v>8692</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0727</v>
+        <v>0.0718</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>660</v>
       </c>
       <c r="C79" s="1">
-        <v>15166</v>
+        <v>14753</v>
       </c>
       <c r="D79" s="13">
         <v>0.1219</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>661</v>
       </c>
       <c r="C80" s="1">
-        <v>13312</v>
+        <v>12899</v>
       </c>
       <c r="D80" s="13">
-        <v>0.107</v>
+        <v>0.1066</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>662</v>
       </c>
       <c r="C81" s="1">
-        <v>21282</v>
+        <v>20532</v>
       </c>
       <c r="D81" s="13">
-        <v>0.1711</v>
+        <v>0.1697</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>663</v>
       </c>
       <c r="C82" s="1">
-        <v>15630</v>
+        <v>15376</v>
       </c>
       <c r="D82" s="13">
-        <v>0.1257</v>
+        <v>0.1271</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>664</v>
       </c>
       <c r="C83" s="1">
-        <v>4623</v>
+        <v>4549</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0372</v>
+        <v>0.0376</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>665</v>
       </c>
       <c r="C84" s="1">
-        <v>12307</v>
+        <v>12027</v>
       </c>
       <c r="D84" s="13">
-        <v>0.0989</v>
+        <v>0.0994</v>
       </c>
     </row>
     <row r="85" ht="15" customHeight="1">
       <c r="B85" s="1" t="s">
         <v>666</v>
       </c>
       <c r="C85" s="1">
-        <v>60925</v>
+        <v>59101</v>
       </c>
       <c r="D85" s="13">
-        <v>0.4898</v>
+        <v>0.4885</v>
       </c>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="1" t="s">
         <v>667</v>
       </c>
       <c r="C86" s="1">
-        <v>4059</v>
+        <v>3928</v>
       </c>
       <c r="D86" s="13">
-        <v>0.0326</v>
+        <v>0.0325</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>668</v>
       </c>
       <c r="C87" s="1">
-        <v>8148</v>
+        <v>7951</v>
       </c>
       <c r="D87" s="13">
-        <v>0.0655</v>
+        <v>0.0657</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>669</v>
       </c>
       <c r="C88" s="1">
-        <v>28093</v>
+        <v>27297</v>
       </c>
       <c r="D88" s="13">
-        <v>0.2259</v>
+        <v>0.2256</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>670</v>
       </c>
       <c r="C89" s="1">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D89" s="13">
         <v>0</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>671</v>
       </c>
       <c r="C90" s="1">
-        <v>28230</v>
+        <v>27184</v>
       </c>
       <c r="D90" s="13">
-        <v>0.227</v>
+        <v>0.2247</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>672</v>
       </c>
       <c r="C91" s="1">
-        <v>6422</v>
+        <v>6326</v>
       </c>
       <c r="D91" s="13">
-        <v>0.0516</v>
+        <v>0.0523</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>673</v>
       </c>
       <c r="C92" s="1">
-        <v>14845</v>
+        <v>14333</v>
       </c>
       <c r="D92" s="13">
-        <v>0.1194</v>
+        <v>0.1185</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>674</v>
       </c>
       <c r="C93" s="1">
-        <v>1296</v>
+        <v>1284</v>
       </c>
       <c r="D93" s="13">
-        <v>0.0104</v>
+        <v>0.0106</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>675</v>
       </c>
       <c r="C94" s="1">
-        <v>7768</v>
+        <v>7527</v>
       </c>
       <c r="D94" s="13">
-        <v>0.0625</v>
+        <v>0.0622</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>676</v>
       </c>
       <c r="C95" s="1">
-        <v>20808</v>
+        <v>20206</v>
       </c>
       <c r="D95" s="13">
-        <v>0.1673</v>
+        <v>0.167</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>677</v>
       </c>
       <c r="C96" s="1">
-        <v>47952</v>
+        <v>46515</v>
       </c>
       <c r="D96" s="13">
-        <v>0.3855</v>
+        <v>0.3845</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>678</v>
       </c>
       <c r="C97" s="1">
-        <v>26297</v>
+        <v>25415</v>
       </c>
       <c r="D97" s="13">
-        <v>0.2114</v>
+        <v>0.2101</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>679</v>
       </c>
       <c r="C98" s="1">
-        <v>34236</v>
+        <v>33190</v>
       </c>
       <c r="D98" s="13">
-        <v>0.2753</v>
+        <v>0.2743</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>680</v>
       </c>
       <c r="C99" s="1">
-        <v>5326</v>
+        <v>5218</v>
       </c>
       <c r="D99" s="13">
-        <v>0.0428</v>
+        <v>0.0431</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>681</v>
       </c>
       <c r="C100" s="1">
-        <v>66256</v>
+        <v>64131</v>
       </c>
       <c r="D100" s="13">
-        <v>0.5327</v>
+        <v>0.5301</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>682</v>
       </c>
       <c r="C101" s="1">
-        <v>17722</v>
+        <v>17067</v>
       </c>
       <c r="D101" s="13">
-        <v>0.1425</v>
+        <v>0.1411</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="1" t="s">
         <v>683</v>
       </c>
       <c r="C102" s="1">
-        <v>24692</v>
+        <v>23906</v>
       </c>
       <c r="D102" s="13">
-        <v>0.1985</v>
+        <v>0.1976</v>
       </c>
     </row>
     <row r="103" ht="15" customHeight="1">
       <c r="B103" s="1" t="s">
         <v>684</v>
       </c>
       <c r="C103" s="1">
-        <v>21022</v>
+        <v>20287</v>
       </c>
       <c r="D103" s="13">
-        <v>0.169</v>
+        <v>0.1677</v>
       </c>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="1" t="s">
         <v>685</v>
       </c>
       <c r="C104" s="1">
-        <v>13487</v>
+        <v>12892</v>
       </c>
       <c r="D104" s="13">
-        <v>0.1084</v>
+        <v>0.1066</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>686</v>
       </c>
       <c r="C105" s="1">
-        <v>32632</v>
+        <v>31600</v>
       </c>
       <c r="D105" s="13">
-        <v>0.2624</v>
+        <v>0.2612</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>687</v>
       </c>
       <c r="C106" s="1">
-        <v>83934</v>
+        <v>81225</v>
       </c>
       <c r="D106" s="13">
-        <v>0.6748</v>
+        <v>0.6714</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>688</v>
       </c>
       <c r="C107" s="1">
-        <v>21847</v>
+        <v>20969</v>
       </c>
       <c r="D107" s="13">
-        <v>0.1756</v>
+        <v>0.1733</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>689</v>
       </c>
       <c r="C108" s="1">
-        <v>2724</v>
+        <v>2719</v>
       </c>
       <c r="D108" s="13">
-        <v>0.0219</v>
+        <v>0.0225</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>690</v>
       </c>
       <c r="C109" s="1">
-        <v>10583</v>
+        <v>10426</v>
       </c>
       <c r="D109" s="13">
-        <v>0.0851</v>
+        <v>0.0862</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>691</v>
       </c>
       <c r="C110" s="1">
-        <v>19494</v>
+        <v>18966</v>
       </c>
       <c r="D110" s="13">
-        <v>0.1567</v>
+        <v>0.1568</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>692</v>
       </c>
       <c r="C111" s="1">
-        <v>1984</v>
+        <v>1972</v>
       </c>
       <c r="D111" s="13">
-        <v>0.016</v>
+        <v>0.0163</v>
       </c>
     </row>
     <row r="112" ht="15" customHeight="1">
       <c r="B112" s="1" t="s">
         <v>693</v>
       </c>
       <c r="C112" s="1">
-        <v>2185</v>
+        <v>2183</v>
       </c>
       <c r="D112" s="13">
-        <v>0.0176</v>
+        <v>0.018</v>
       </c>
     </row>
     <row r="113" ht="15" customHeight="1">
       <c r="B113" s="1" t="s">
         <v>694</v>
       </c>
       <c r="C113" s="1">
-        <v>78218</v>
+        <v>75686</v>
       </c>
       <c r="D113" s="13">
-        <v>0.6289</v>
+        <v>0.6256</v>
       </c>
     </row>
     <row r="114" ht="15" customHeight="1">
       <c r="B114" s="1" t="s">
         <v>695</v>
       </c>
       <c r="C114" s="1">
-        <v>4153</v>
+        <v>4040</v>
       </c>
       <c r="D114" s="13">
         <v>0.0334</v>
       </c>
     </row>
     <row r="115" ht="15" customHeight="1">
       <c r="B115" s="1" t="s">
         <v>696</v>
       </c>
       <c r="C115" s="1">
-        <v>1607</v>
+        <v>1561</v>
       </c>
       <c r="D115" s="13">
         <v>0.0129</v>
       </c>
     </row>
     <row r="116" ht="15" customHeight="1">
       <c r="B116" s="1" t="s">
         <v>697</v>
       </c>
       <c r="C116" s="1">
-        <v>3663</v>
+        <v>3639</v>
       </c>
       <c r="D116" s="13">
-        <v>0.0295</v>
+        <v>0.0301</v>
       </c>
     </row>
     <row r="117" ht="15" customHeight="1">
       <c r="B117" s="1" t="s">
         <v>698</v>
       </c>
       <c r="C117" s="1">
-        <v>24353</v>
+        <v>23368</v>
       </c>
       <c r="D117" s="13">
-        <v>0.1958</v>
+        <v>0.1931</v>
       </c>
     </row>
     <row r="118" ht="15" customHeight="1">
       <c r="B118" s="1" t="s">
         <v>699</v>
       </c>
       <c r="C118" s="1">
-        <v>12925</v>
+        <v>12496</v>
       </c>
       <c r="D118" s="13">
-        <v>0.1039</v>
+        <v>0.1033</v>
       </c>
     </row>
     <row r="119" ht="15" customHeight="1">
       <c r="B119" s="1" t="s">
         <v>700</v>
       </c>
       <c r="C119" s="1">
-        <v>53597</v>
+        <v>51810</v>
       </c>
       <c r="D119" s="13">
-        <v>0.4309</v>
+        <v>0.4282</v>
       </c>
     </row>
     <row r="120" ht="15" customHeight="1">
       <c r="B120" s="1" t="s">
         <v>701</v>
       </c>
       <c r="C120" s="1">
-        <v>3858</v>
+        <v>3729</v>
       </c>
       <c r="D120" s="13">
-        <v>0.031</v>
+        <v>0.0308</v>
       </c>
     </row>
     <row r="121" ht="15" customHeight="1">
       <c r="B121" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C121" s="1">
-        <v>7105</v>
+        <v>7032</v>
       </c>
       <c r="D121" s="13">
-        <v>0.0571</v>
+        <v>0.0581</v>
       </c>
     </row>
     <row r="122" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B122" s="8"/>
       <c r="D122" s="12"/>
       <c r="F122" s="12"/>
     </row>
     <row r="123">
       <c r="B123" s="31" t="s">
         <v>702</v>
       </c>
       <c r="C123" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D123" s="33"/>
     </row>
     <row r="124" ht="15" customHeight="1">
       <c r="B124" s="34"/>
       <c r="C124" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D124" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="125" ht="15" customHeight="1">
       <c r="B125" s="1" t="s">
         <v>703</v>
       </c>
       <c r="C125" s="1">
-        <v>22257</v>
+        <v>21405</v>
       </c>
       <c r="D125" s="13">
-        <v>0.1789</v>
+        <v>0.1769</v>
       </c>
     </row>
     <row r="126" ht="15" customHeight="1">
       <c r="B126" s="1" t="s">
         <v>704</v>
       </c>
       <c r="C126" s="1">
-        <v>14305</v>
+        <v>13766</v>
       </c>
       <c r="D126" s="13">
-        <v>0.115</v>
+        <v>0.1138</v>
       </c>
     </row>
     <row r="127" ht="15" customHeight="1">
       <c r="B127" s="1" t="s">
         <v>705</v>
       </c>
       <c r="C127" s="1">
-        <v>39025</v>
+        <v>38457</v>
       </c>
       <c r="D127" s="13">
-        <v>0.3137</v>
+        <v>0.3178</v>
       </c>
     </row>
     <row r="128" ht="15" customHeight="1">
       <c r="B128" s="1" t="s">
         <v>706</v>
       </c>
       <c r="C128" s="1">
-        <v>1357</v>
+        <v>1334</v>
       </c>
       <c r="D128" s="13">
-        <v>0.0109</v>
+        <v>0.011</v>
       </c>
     </row>
     <row r="129" ht="15" customHeight="1">
       <c r="B129" s="1" t="s">
         <v>707</v>
       </c>
       <c r="C129" s="1">
-        <v>5624</v>
+        <v>5618</v>
       </c>
       <c r="D129" s="13">
-        <v>0.0452</v>
+        <v>0.0464</v>
       </c>
     </row>
     <row r="130" ht="15" customHeight="1">
       <c r="B130" s="1" t="s">
         <v>708</v>
       </c>
       <c r="C130" s="1">
-        <v>27469</v>
+        <v>26512</v>
       </c>
       <c r="D130" s="13">
-        <v>0.2208</v>
+        <v>0.2191</v>
       </c>
     </row>
     <row r="131" ht="15" customHeight="1">
       <c r="B131" s="1" t="s">
         <v>709</v>
       </c>
       <c r="C131" s="1">
-        <v>27451</v>
+        <v>26071</v>
       </c>
       <c r="D131" s="13">
-        <v>0.2207</v>
+        <v>0.2155</v>
       </c>
     </row>
     <row r="132" ht="15" customHeight="1">
       <c r="B132" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C132" s="1">
-        <v>43851</v>
+        <v>42910</v>
       </c>
       <c r="D132" s="13">
-        <v>0.3525</v>
+        <v>0.3546</v>
       </c>
     </row>
     <row r="133" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B133" s="8"/>
       <c r="D133" s="12"/>
       <c r="F133" s="12"/>
     </row>
     <row r="134">
       <c r="B134" s="31" t="s">
         <v>710</v>
       </c>
       <c r="C134" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D134" s="33"/>
     </row>
     <row r="135" ht="15" customHeight="1">
       <c r="B135" s="34"/>
       <c r="C135" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D135" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="136" ht="15" customHeight="1">
       <c r="B136" s="1" t="s">
         <v>711</v>
       </c>
       <c r="C136" s="1">
-        <v>51664</v>
+        <v>49844</v>
       </c>
       <c r="D136" s="13">
-        <v>0.4154</v>
+        <v>0.412</v>
       </c>
     </row>
     <row r="137" ht="15" customHeight="1">
       <c r="B137" s="1" t="s">
         <v>712</v>
       </c>
       <c r="C137" s="1">
-        <v>62055</v>
+        <v>60413</v>
       </c>
       <c r="D137" s="13">
-        <v>0.499</v>
+        <v>0.4994</v>
       </c>
     </row>
     <row r="138" ht="15" customHeight="1">
       <c r="B138" s="1" t="s">
         <v>713</v>
       </c>
       <c r="C138" s="1">
-        <v>8702</v>
+        <v>8470</v>
       </c>
       <c r="D138" s="13">
         <v>0.07</v>
       </c>
     </row>
     <row r="139" ht="15" customHeight="1">
       <c r="B139" s="1" t="s">
         <v>714</v>
       </c>
       <c r="C139" s="1">
-        <v>4396</v>
+        <v>4201</v>
       </c>
       <c r="D139" s="13">
-        <v>0.0353</v>
+        <v>0.0347</v>
       </c>
     </row>
     <row r="140" ht="15" customHeight="1">
       <c r="B140" s="1" t="s">
         <v>715</v>
       </c>
       <c r="C140" s="1">
-        <v>31747</v>
+        <v>30918</v>
       </c>
       <c r="D140" s="13">
-        <v>0.2553</v>
+        <v>0.2556</v>
       </c>
     </row>
     <row r="141" ht="15" customHeight="1">
       <c r="B141" s="1" t="s">
         <v>716</v>
       </c>
       <c r="C141" s="1">
-        <v>5306</v>
+        <v>5268</v>
       </c>
       <c r="D141" s="13">
-        <v>0.0427</v>
+        <v>0.0435</v>
       </c>
     </row>
     <row r="142" ht="15" customHeight="1">
       <c r="B142" s="1" t="s">
         <v>717</v>
       </c>
       <c r="C142" s="1">
-        <v>56771</v>
+        <v>54885</v>
       </c>
       <c r="D142" s="13">
-        <v>0.4565</v>
+        <v>0.4537</v>
       </c>
     </row>
     <row r="143" ht="15" customHeight="1">
       <c r="B143" s="1" t="s">
         <v>718</v>
       </c>
       <c r="C143" s="1">
-        <v>68463</v>
+        <v>66315</v>
       </c>
       <c r="D143" s="13">
-        <v>0.5505</v>
+        <v>0.5482</v>
       </c>
     </row>
     <row r="144" ht="15" customHeight="1">
       <c r="B144" s="1" t="s">
         <v>719</v>
       </c>
       <c r="C144" s="1">
-        <v>6577</v>
+        <v>6248</v>
       </c>
       <c r="D144" s="13">
-        <v>0.0529</v>
+        <v>0.0516</v>
       </c>
     </row>
     <row r="145" ht="15" customHeight="1">
       <c r="B145" s="1" t="s">
         <v>720</v>
       </c>
       <c r="C145" s="1">
-        <v>4966</v>
+        <v>4825</v>
       </c>
       <c r="D145" s="13">
         <v>0.0399</v>
       </c>
     </row>
     <row r="146" ht="15" customHeight="1">
       <c r="B146" s="1" t="s">
         <v>721</v>
       </c>
       <c r="C146" s="1">
-        <v>25164</v>
+        <v>24617</v>
       </c>
       <c r="D146" s="13">
-        <v>0.2023</v>
+        <v>0.2035</v>
       </c>
     </row>
     <row r="147" ht="15" customHeight="1">
       <c r="B147" s="1" t="s">
         <v>722</v>
       </c>
       <c r="C147" s="1">
-        <v>2126</v>
+        <v>2104</v>
       </c>
       <c r="D147" s="13">
-        <v>0.0171</v>
+        <v>0.0174</v>
       </c>
     </row>
     <row r="148" ht="15" customHeight="1">
       <c r="B148" s="1" t="s">
         <v>723</v>
       </c>
       <c r="C148" s="1">
-        <v>2718</v>
+        <v>2603</v>
       </c>
       <c r="D148" s="13">
-        <v>0.0219</v>
+        <v>0.0215</v>
       </c>
     </row>
     <row r="149" ht="15" customHeight="1">
       <c r="B149" s="1" t="s">
         <v>724</v>
       </c>
       <c r="C149" s="1">
-        <v>13211</v>
+        <v>12880</v>
       </c>
       <c r="D149" s="13">
-        <v>0.1062</v>
+        <v>0.1065</v>
       </c>
     </row>
     <row r="150" ht="15" customHeight="1">
       <c r="B150" s="1" t="s">
         <v>725</v>
       </c>
       <c r="C150" s="1">
-        <v>37224</v>
+        <v>36097</v>
       </c>
       <c r="D150" s="13">
-        <v>0.2993</v>
+        <v>0.2984</v>
       </c>
     </row>
     <row r="151" ht="15" customHeight="1">
       <c r="B151" s="1" t="s">
         <v>726</v>
       </c>
       <c r="C151" s="1">
-        <v>47492</v>
+        <v>46192</v>
       </c>
       <c r="D151" s="13">
-        <v>0.3819</v>
+        <v>0.3818</v>
       </c>
     </row>
     <row r="152" ht="15" customHeight="1">
       <c r="B152" s="1" t="s">
         <v>727</v>
       </c>
       <c r="C152" s="1">
-        <v>11741</v>
+        <v>11381</v>
       </c>
       <c r="D152" s="13">
-        <v>0.0944</v>
+        <v>0.0941</v>
       </c>
     </row>
     <row r="153" ht="15" customHeight="1">
       <c r="B153" s="1" t="s">
         <v>728</v>
       </c>
       <c r="C153" s="1">
-        <v>17142</v>
+        <v>16671</v>
       </c>
       <c r="D153" s="13">
         <v>0.1378</v>
       </c>
     </row>
     <row r="154" ht="15" customHeight="1">
       <c r="B154" s="1" t="s">
         <v>729</v>
       </c>
       <c r="C154" s="1">
-        <v>63988</v>
+        <v>61894</v>
       </c>
       <c r="D154" s="13">
-        <v>0.5145</v>
+        <v>0.5116</v>
       </c>
     </row>
     <row r="155" ht="15" customHeight="1">
       <c r="B155" s="1" t="s">
         <v>730</v>
       </c>
       <c r="C155" s="1">
-        <v>11706</v>
+        <v>11378</v>
       </c>
       <c r="D155" s="13">
         <v>0.0941</v>
       </c>
     </row>
     <row r="156" ht="15" customHeight="1">
       <c r="B156" s="1" t="s">
         <v>731</v>
       </c>
       <c r="C156" s="1">
-        <v>59210</v>
+        <v>57259</v>
       </c>
       <c r="D156" s="13">
-        <v>0.4761</v>
+        <v>0.4733</v>
       </c>
     </row>
     <row r="157" ht="15" customHeight="1">
       <c r="B157" s="1" t="s">
         <v>732</v>
       </c>
       <c r="C157" s="1">
-        <v>31643</v>
+        <v>30475</v>
       </c>
       <c r="D157" s="13">
-        <v>0.2544</v>
+        <v>0.2519</v>
       </c>
     </row>
     <row r="158" ht="15" customHeight="1">
       <c r="B158" s="1" t="s">
         <v>733</v>
       </c>
       <c r="C158" s="1">
-        <v>15352</v>
+        <v>14732</v>
       </c>
       <c r="D158" s="13">
-        <v>0.1234</v>
+        <v>0.1218</v>
       </c>
     </row>
     <row r="159" ht="15" customHeight="1">
       <c r="B159" s="1" t="s">
         <v>734</v>
       </c>
       <c r="C159" s="1">
-        <v>22633</v>
+        <v>21893</v>
       </c>
       <c r="D159" s="13">
-        <v>0.182</v>
+        <v>0.181</v>
       </c>
     </row>
     <row r="160" ht="15" customHeight="1">
       <c r="B160" s="1" t="s">
         <v>735</v>
       </c>
       <c r="C160" s="1">
-        <v>28993</v>
+        <v>27979</v>
       </c>
       <c r="D160" s="13">
-        <v>0.2331</v>
+        <v>0.2313</v>
       </c>
     </row>
     <row r="161" ht="15" customHeight="1">
       <c r="B161" s="1" t="s">
         <v>736</v>
       </c>
       <c r="C161" s="1">
-        <v>62024</v>
+        <v>59792</v>
       </c>
       <c r="D161" s="13">
-        <v>0.4987</v>
+        <v>0.4943</v>
       </c>
     </row>
     <row r="162" ht="15" customHeight="1">
       <c r="B162" s="1" t="s">
         <v>737</v>
       </c>
       <c r="C162" s="1">
-        <v>38209</v>
+        <v>36905</v>
       </c>
       <c r="D162" s="13">
-        <v>0.3072</v>
+        <v>0.3051</v>
       </c>
     </row>
     <row r="163" ht="15" customHeight="1">
       <c r="B163" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C163" s="1">
-        <v>10219</v>
+        <v>10064</v>
       </c>
       <c r="D163" s="13">
-        <v>0.0822</v>
+        <v>0.0832</v>
       </c>
     </row>
     <row r="164" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D164" s="12"/>
       <c r="F164" s="12"/>
     </row>
     <row r="165">
       <c r="B165" s="31" t="s">
         <v>738</v>
       </c>
       <c r="C165" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D165" s="33"/>
     </row>
     <row r="166" ht="15" customHeight="1">
       <c r="B166" s="34"/>
       <c r="C166" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D166" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="167" ht="15" customHeight="1">
       <c r="B167" s="1" t="s">
         <v>739</v>
       </c>
       <c r="C167" s="1">
-        <v>40027</v>
+        <v>39073</v>
       </c>
       <c r="D167" s="13">
-        <v>0.3238</v>
+        <v>0.3251</v>
       </c>
     </row>
     <row r="168" ht="15" customHeight="1">
       <c r="B168" s="1" t="s">
         <v>740</v>
       </c>
       <c r="C168" s="1">
-        <v>8654</v>
+        <v>8379</v>
       </c>
       <c r="D168" s="13">
-        <v>0.07</v>
+        <v>0.0697</v>
       </c>
     </row>
     <row r="169" ht="15" customHeight="1">
       <c r="B169" s="1" t="s">
         <v>741</v>
       </c>
       <c r="C169" s="1">
-        <v>12273</v>
+        <v>11823</v>
       </c>
       <c r="D169" s="13">
-        <v>0.0993</v>
+        <v>0.0984</v>
       </c>
     </row>
     <row r="170" ht="15" customHeight="1">
       <c r="B170" s="1" t="s">
         <v>742</v>
       </c>
       <c r="C170" s="1">
-        <v>13850</v>
+        <v>13097</v>
       </c>
       <c r="D170" s="13">
-        <v>0.1121</v>
+        <v>0.109</v>
       </c>
     </row>
     <row r="171" ht="15" customHeight="1">
       <c r="B171" s="1" t="s">
         <v>743</v>
       </c>
       <c r="C171" s="1">
-        <v>10915</v>
+        <v>10461</v>
       </c>
       <c r="D171" s="13">
-        <v>0.0883</v>
+        <v>0.087</v>
       </c>
     </row>
     <row r="172" ht="15" customHeight="1">
       <c r="B172" s="1" t="s">
         <v>744</v>
       </c>
       <c r="C172" s="1">
-        <v>17670</v>
+        <v>16817</v>
       </c>
       <c r="D172" s="13">
-        <v>0.143</v>
+        <v>0.1399</v>
       </c>
     </row>
     <row r="173" ht="15" customHeight="1">
       <c r="B173" s="1" t="s">
         <v>745</v>
       </c>
       <c r="C173" s="1">
-        <v>13184</v>
+        <v>12559</v>
       </c>
       <c r="D173" s="13">
-        <v>0.1067</v>
+        <v>0.1045</v>
       </c>
     </row>
     <row r="174" ht="15" customHeight="1">
       <c r="B174" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C174" s="1">
-        <v>4275</v>
+        <v>4199</v>
       </c>
       <c r="D174" s="13">
-        <v>0.0346</v>
+        <v>0.0349</v>
       </c>
     </row>
     <row r="175" ht="15" customHeight="1">
       <c r="B175" s="1" t="s">
         <v>746</v>
       </c>
       <c r="C175" s="1">
-        <v>51669</v>
+        <v>50534</v>
       </c>
       <c r="D175" s="13">
-        <v>0.418</v>
+        <v>0.4204</v>
       </c>
     </row>
     <row r="176" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D176" s="12"/>
       <c r="F176" s="12"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B15:B16"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:D25"/>
     <mergeCell ref="B63:B64"/>
     <mergeCell ref="C63:D63"/>
     <mergeCell ref="B123:B124"/>
     <mergeCell ref="C123:D123"/>
     <mergeCell ref="B134:B135"/>
     <mergeCell ref="C134:D134"/>
     <mergeCell ref="B165:B166"/>
     <mergeCell ref="C165:D165"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
@@ -16436,1101 +16436,1101 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>747</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>748</v>
       </c>
       <c r="C10" s="1">
-        <v>3957</v>
+        <v>3865</v>
       </c>
       <c r="D10" s="13">
-        <v>0.0336</v>
+        <v>0.0337</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>749</v>
       </c>
       <c r="C11" s="1">
-        <v>71674</v>
+        <v>70143</v>
       </c>
       <c r="D11" s="13">
-        <v>0.609</v>
+        <v>0.6119</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>750</v>
       </c>
       <c r="C12" s="1">
-        <v>58750</v>
+        <v>57383</v>
       </c>
       <c r="D12" s="13">
-        <v>0.4992</v>
+        <v>0.5006</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>751</v>
       </c>
       <c r="C13" s="1">
-        <v>16483</v>
+        <v>15754</v>
       </c>
       <c r="D13" s="13">
-        <v>0.1401</v>
+        <v>0.1374</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>752</v>
       </c>
       <c r="C14" s="1">
-        <v>91863</v>
+        <v>89247</v>
       </c>
       <c r="D14" s="13">
-        <v>0.7806</v>
+        <v>0.7785</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>753</v>
       </c>
       <c r="C15" s="1">
-        <v>43815</v>
+        <v>42400</v>
       </c>
       <c r="D15" s="13">
-        <v>0.3723</v>
+        <v>0.3699</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>754</v>
       </c>
       <c r="C16" s="1">
-        <v>3166</v>
+        <v>3140</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0269</v>
+        <v>0.0274</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>755</v>
       </c>
       <c r="C17" s="1">
-        <v>1801</v>
+        <v>1815</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0153</v>
+        <v>0.0158</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B18" s="8"/>
       <c r="D18" s="12"/>
       <c r="F18" s="12"/>
     </row>
     <row r="19">
       <c r="B19" s="31" t="s">
         <v>756</v>
       </c>
       <c r="C19" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="33"/>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="34"/>
       <c r="C20" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D20" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>757</v>
       </c>
       <c r="C21" s="1">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0097</v>
+        <v>0.0098</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>758</v>
       </c>
       <c r="C22" s="1">
-        <v>1252</v>
+        <v>1195</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0175</v>
+        <v>0.0171</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>759</v>
       </c>
       <c r="C23" s="1">
-        <v>739</v>
+        <v>728</v>
       </c>
       <c r="D23" s="13">
         <v>0.0104</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>760</v>
       </c>
       <c r="C24" s="1">
-        <v>404</v>
+        <v>393</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0057</v>
+        <v>0.0056</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>761</v>
       </c>
       <c r="C25" s="1">
-        <v>9422</v>
+        <v>9225</v>
       </c>
       <c r="D25" s="13">
         <v>0.132</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>762</v>
       </c>
       <c r="C26" s="1">
-        <v>7054</v>
+        <v>6732</v>
       </c>
       <c r="D26" s="13">
-        <v>0.0988</v>
+        <v>0.0963</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>763</v>
       </c>
       <c r="C27" s="1">
-        <v>1258</v>
+        <v>1234</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0176</v>
+        <v>0.0177</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>764</v>
       </c>
       <c r="C28" s="1">
-        <v>1711</v>
+        <v>1664</v>
       </c>
       <c r="D28" s="13">
-        <v>0.024</v>
+        <v>0.0238</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>765</v>
       </c>
       <c r="C29" s="1">
-        <v>13220</v>
+        <v>12871</v>
       </c>
       <c r="D29" s="13">
-        <v>0.1852</v>
+        <v>0.1842</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>766</v>
       </c>
       <c r="C30" s="1">
-        <v>26810</v>
+        <v>26098</v>
       </c>
       <c r="D30" s="13">
-        <v>0.3756</v>
+        <v>0.3735</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>767</v>
       </c>
       <c r="C31" s="1">
-        <v>430</v>
+        <v>422</v>
       </c>
       <c r="D31" s="13">
         <v>0.006</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>768</v>
       </c>
       <c r="C32" s="1">
-        <v>2443</v>
+        <v>2340</v>
       </c>
       <c r="D32" s="13">
-        <v>0.0342</v>
+        <v>0.0335</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>769</v>
       </c>
       <c r="C33" s="1">
-        <v>558</v>
+        <v>540</v>
       </c>
       <c r="D33" s="13">
-        <v>0.0078</v>
+        <v>0.0077</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>770</v>
       </c>
       <c r="C34" s="1">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="D34" s="13">
-        <v>0.006</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>771</v>
       </c>
       <c r="C35" s="1">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="D35" s="13">
-        <v>0.0052</v>
+        <v>0.0053</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>772</v>
       </c>
       <c r="C36" s="1">
-        <v>4734</v>
+        <v>5003</v>
       </c>
       <c r="D36" s="13">
-        <v>0.0663</v>
+        <v>0.0716</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>773</v>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="D37" s="13">
-        <v>0.0035</v>
+        <v>0.0039</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>774</v>
       </c>
       <c r="C38" s="1">
-        <v>5986</v>
+        <v>6338</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0839</v>
+        <v>0.0907</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>775</v>
       </c>
       <c r="C39" s="1">
-        <v>16877</v>
+        <v>16372</v>
       </c>
       <c r="D39" s="13">
-        <v>0.2365</v>
+        <v>0.2343</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B40" s="8"/>
       <c r="D40" s="12"/>
       <c r="F40" s="12"/>
     </row>
     <row r="41">
       <c r="B41" s="31" t="s">
         <v>776</v>
       </c>
       <c r="C41" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D41" s="33"/>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="34"/>
       <c r="C42" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D42" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>777</v>
       </c>
       <c r="C43" s="1">
-        <v>113229</v>
+        <v>110328</v>
       </c>
       <c r="D43" s="13">
-        <v>0.964</v>
+        <v>0.9643</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>778</v>
       </c>
       <c r="C44" s="1">
-        <v>109152</v>
+        <v>105927</v>
       </c>
       <c r="D44" s="13">
-        <v>0.9292</v>
+        <v>0.9258</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>779</v>
       </c>
       <c r="C45" s="1">
-        <v>111443</v>
+        <v>108498</v>
       </c>
       <c r="D45" s="13">
-        <v>0.9487</v>
+        <v>0.9483</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>780</v>
       </c>
       <c r="C46" s="1">
-        <v>113685</v>
+        <v>110639</v>
       </c>
       <c r="D46" s="13">
-        <v>0.9678</v>
+        <v>0.967</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>781</v>
       </c>
       <c r="C47" s="1">
-        <v>109481</v>
+        <v>106601</v>
       </c>
       <c r="D47" s="13">
-        <v>0.932</v>
+        <v>0.9317</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>782</v>
       </c>
       <c r="C48" s="1">
-        <v>90723</v>
+        <v>88243</v>
       </c>
       <c r="D48" s="13">
-        <v>0.7724</v>
+        <v>0.7713</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>783</v>
       </c>
       <c r="C49" s="1">
-        <v>115028</v>
+        <v>111999</v>
       </c>
       <c r="D49" s="13">
-        <v>0.9793</v>
+        <v>0.9789</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>784</v>
       </c>
       <c r="C50" s="1">
-        <v>111444</v>
+        <v>108538</v>
       </c>
       <c r="D50" s="13">
-        <v>0.9488</v>
+        <v>0.9486</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>785</v>
       </c>
       <c r="C51" s="1">
-        <v>83432</v>
+        <v>81560</v>
       </c>
       <c r="D51" s="13">
-        <v>0.7103</v>
+        <v>0.7128</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>786</v>
       </c>
       <c r="C52" s="1">
-        <v>88050</v>
+        <v>85599</v>
       </c>
       <c r="D52" s="13">
-        <v>0.7496</v>
+        <v>0.7482</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>787</v>
       </c>
       <c r="C53" s="1">
-        <v>96272</v>
+        <v>93758</v>
       </c>
       <c r="D53" s="13">
-        <v>0.8196</v>
+        <v>0.8195</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B54" s="8"/>
       <c r="D54" s="12"/>
       <c r="F54" s="12"/>
     </row>
     <row r="55">
       <c r="B55" s="31" t="s">
         <v>788</v>
       </c>
       <c r="C55" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D55" s="33"/>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="34"/>
       <c r="C56" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D56" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>789</v>
       </c>
       <c r="C57" s="1">
-        <v>91637</v>
+        <v>88966</v>
       </c>
       <c r="D57" s="13">
-        <v>0.7801</v>
+        <v>0.7776</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>790</v>
       </c>
       <c r="C58" s="1">
-        <v>33038</v>
+        <v>31551</v>
       </c>
       <c r="D58" s="13">
-        <v>0.2813</v>
+        <v>0.2758</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>791</v>
       </c>
       <c r="C59" s="1">
-        <v>42519</v>
+        <v>41206</v>
       </c>
       <c r="D59" s="13">
-        <v>0.362</v>
+        <v>0.3601</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>792</v>
       </c>
       <c r="C60" s="1">
-        <v>54736</v>
+        <v>52817</v>
       </c>
       <c r="D60" s="13">
-        <v>0.466</v>
+        <v>0.4616</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>793</v>
       </c>
       <c r="C61" s="1">
-        <v>67912</v>
+        <v>66115</v>
       </c>
       <c r="D61" s="13">
-        <v>0.5781</v>
+        <v>0.5778</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>794</v>
       </c>
       <c r="C62" s="1">
-        <v>39053</v>
+        <v>38048</v>
       </c>
       <c r="D62" s="13">
         <v>0.3325</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>795</v>
       </c>
       <c r="C63" s="1">
-        <v>60777</v>
+        <v>59446</v>
       </c>
       <c r="D63" s="13">
-        <v>0.5174</v>
+        <v>0.5196</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>796</v>
       </c>
       <c r="C64" s="1">
-        <v>14257</v>
+        <v>14027</v>
       </c>
       <c r="D64" s="13">
-        <v>0.1214</v>
+        <v>0.1226</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>797</v>
       </c>
       <c r="C65" s="1">
-        <v>69099</v>
+        <v>66901</v>
       </c>
       <c r="D65" s="13">
-        <v>0.5883</v>
+        <v>0.5847</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>798</v>
       </c>
       <c r="C66" s="1">
-        <v>90117</v>
+        <v>87803</v>
       </c>
       <c r="D66" s="13">
-        <v>0.7672</v>
+        <v>0.7674</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>799</v>
       </c>
       <c r="C67" s="1">
-        <v>10158</v>
+        <v>9853</v>
       </c>
       <c r="D67" s="13">
-        <v>0.0865</v>
+        <v>0.0861</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>800</v>
       </c>
       <c r="C68" s="1">
-        <v>11002</v>
+        <v>10634</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0937</v>
+        <v>0.0929</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>801</v>
       </c>
       <c r="C69" s="1">
-        <v>12314</v>
+        <v>12018</v>
       </c>
       <c r="D69" s="13">
-        <v>0.1048</v>
+        <v>0.105</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>802</v>
       </c>
       <c r="C70" s="1">
-        <v>64002</v>
+        <v>61483</v>
       </c>
       <c r="D70" s="13">
-        <v>0.5449</v>
+        <v>0.5374</v>
       </c>
     </row>
     <row r="71" ht="15" customHeight="1">
       <c r="B71" s="1" t="s">
         <v>803</v>
       </c>
       <c r="C71" s="1">
-        <v>55207</v>
+        <v>54282</v>
       </c>
       <c r="D71" s="13">
-        <v>0.47</v>
+        <v>0.4744</v>
       </c>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="1" t="s">
         <v>804</v>
       </c>
       <c r="C72" s="1">
-        <v>15529</v>
+        <v>14753</v>
       </c>
       <c r="D72" s="13">
-        <v>0.1322</v>
+        <v>0.1289</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C73" s="1">
-        <v>2852</v>
+        <v>2864</v>
       </c>
       <c r="D73" s="13">
-        <v>0.0243</v>
+        <v>0.025</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B74" s="8"/>
       <c r="D74" s="12"/>
       <c r="F74" s="12"/>
     </row>
     <row r="75">
       <c r="B75" s="31" t="s">
         <v>805</v>
       </c>
       <c r="C75" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D75" s="33"/>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="34"/>
       <c r="C76" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D76" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>806</v>
       </c>
       <c r="C77" s="1">
-        <v>93242</v>
+        <v>90080</v>
       </c>
       <c r="D77" s="13">
-        <v>0.8109</v>
+        <v>0.8045</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>807</v>
       </c>
       <c r="C78" s="1">
-        <v>40616</v>
+        <v>39079</v>
       </c>
       <c r="D78" s="13">
-        <v>0.3532</v>
+        <v>0.349</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>808</v>
       </c>
       <c r="C79" s="1">
-        <v>1250</v>
+        <v>1198</v>
       </c>
       <c r="D79" s="13">
-        <v>0.0109</v>
+        <v>0.0107</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>809</v>
       </c>
       <c r="C80" s="1">
-        <v>2988</v>
+        <v>2782</v>
       </c>
       <c r="D80" s="13">
-        <v>0.026</v>
+        <v>0.0248</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>810</v>
       </c>
       <c r="C81" s="1">
-        <v>24698</v>
+        <v>24302</v>
       </c>
       <c r="D81" s="13">
-        <v>0.2148</v>
+        <v>0.217</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>811</v>
       </c>
       <c r="C82" s="1">
-        <v>53317</v>
+        <v>51796</v>
       </c>
       <c r="D82" s="13">
-        <v>0.4637</v>
+        <v>0.4626</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C83" s="1">
-        <v>6727</v>
+        <v>6720</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0585</v>
+        <v>0.06</v>
       </c>
     </row>
     <row r="84" ht="15" customHeight="1">
       <c r="B84" s="8"/>
     </row>
     <row r="85">
       <c r="B85" s="31" t="s">
         <v>812</v>
       </c>
       <c r="C85" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D85" s="33"/>
     </row>
     <row r="86" ht="15" customHeight="1">
       <c r="B86" s="34"/>
       <c r="C86" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D86" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="87" ht="15" customHeight="1">
       <c r="B87" s="1" t="s">
         <v>813</v>
       </c>
       <c r="C87" s="1">
-        <v>40703</v>
+        <v>39972</v>
       </c>
       <c r="D87" s="13">
-        <v>0.3593</v>
+        <v>0.3624</v>
       </c>
     </row>
     <row r="88" ht="15" customHeight="1">
       <c r="B88" s="1" t="s">
         <v>814</v>
       </c>
       <c r="C88" s="1">
-        <v>80879</v>
+        <v>78931</v>
       </c>
       <c r="D88" s="13">
-        <v>0.714</v>
+        <v>0.7157</v>
       </c>
     </row>
     <row r="89" ht="15" customHeight="1">
       <c r="B89" s="1" t="s">
         <v>815</v>
       </c>
       <c r="C89" s="1">
-        <v>30794</v>
+        <v>29887</v>
       </c>
       <c r="D89" s="13">
-        <v>0.2719</v>
+        <v>0.271</v>
       </c>
     </row>
     <row r="90" ht="15" customHeight="1">
       <c r="B90" s="1" t="s">
         <v>816</v>
       </c>
       <c r="C90" s="1">
-        <v>8639</v>
+        <v>8392</v>
       </c>
       <c r="D90" s="13">
-        <v>0.0763</v>
+        <v>0.0761</v>
       </c>
     </row>
     <row r="91" ht="15" customHeight="1">
       <c r="B91" s="1" t="s">
         <v>817</v>
       </c>
       <c r="C91" s="1">
-        <v>21502</v>
+        <v>20772</v>
       </c>
       <c r="D91" s="13">
-        <v>0.1898</v>
+        <v>0.1883</v>
       </c>
     </row>
     <row r="92" ht="15" customHeight="1">
       <c r="B92" s="1" t="s">
         <v>818</v>
       </c>
       <c r="C92" s="1">
-        <v>13807</v>
+        <v>13412</v>
       </c>
       <c r="D92" s="13">
-        <v>0.1219</v>
+        <v>0.1216</v>
       </c>
     </row>
     <row r="93" ht="15" customHeight="1">
       <c r="B93" s="1" t="s">
         <v>819</v>
       </c>
       <c r="C93" s="1">
-        <v>40232</v>
+        <v>39485</v>
       </c>
       <c r="D93" s="13">
-        <v>0.3552</v>
+        <v>0.358</v>
       </c>
     </row>
     <row r="94" ht="15" customHeight="1">
       <c r="B94" s="1" t="s">
         <v>820</v>
       </c>
       <c r="C94" s="1">
-        <v>35996</v>
+        <v>35265</v>
       </c>
       <c r="D94" s="13">
-        <v>0.3178</v>
+        <v>0.3197</v>
       </c>
     </row>
     <row r="95" ht="15" customHeight="1">
       <c r="B95" s="1" t="s">
         <v>821</v>
       </c>
       <c r="C95" s="1">
-        <v>21377</v>
+        <v>20605</v>
       </c>
       <c r="D95" s="13">
-        <v>0.1887</v>
+        <v>0.1868</v>
       </c>
     </row>
     <row r="96" ht="15" customHeight="1">
       <c r="B96" s="1" t="s">
         <v>822</v>
       </c>
       <c r="C96" s="1">
-        <v>14987</v>
+        <v>14524</v>
       </c>
       <c r="D96" s="13">
-        <v>0.1323</v>
+        <v>0.1317</v>
       </c>
     </row>
     <row r="97" ht="15" customHeight="1">
       <c r="B97" s="1" t="s">
         <v>823</v>
       </c>
       <c r="C97" s="1">
-        <v>52920</v>
+        <v>51636</v>
       </c>
       <c r="D97" s="13">
-        <v>0.4672</v>
+        <v>0.4682</v>
       </c>
     </row>
     <row r="98" ht="15" customHeight="1">
       <c r="B98" s="1" t="s">
         <v>824</v>
       </c>
       <c r="C98" s="1">
-        <v>64479</v>
+        <v>62782</v>
       </c>
       <c r="D98" s="13">
-        <v>0.5693</v>
+        <v>0.5692</v>
       </c>
     </row>
     <row r="99" ht="15" customHeight="1">
       <c r="B99" s="1" t="s">
         <v>825</v>
       </c>
       <c r="C99" s="1">
-        <v>35250</v>
+        <v>33993</v>
       </c>
       <c r="D99" s="13">
-        <v>0.3112</v>
+        <v>0.3082</v>
       </c>
     </row>
     <row r="100" ht="15" customHeight="1">
       <c r="B100" s="1" t="s">
         <v>64</v>
       </c>
       <c r="C100" s="1">
-        <v>8199</v>
+        <v>7932</v>
       </c>
       <c r="D100" s="13">
-        <v>0.0724</v>
+        <v>0.0719</v>
       </c>
     </row>
     <row r="101" ht="15" customHeight="1">
       <c r="B101" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C101" s="1">
-        <v>5809</v>
+        <v>5615</v>
       </c>
       <c r="D101" s="13">
-        <v>0.0513</v>
+        <v>0.0509</v>
       </c>
     </row>
     <row r="102" ht="15" customHeight="1">
       <c r="B102" s="8"/>
     </row>
     <row r="103">
       <c r="B103" s="31" t="s">
         <v>826</v>
       </c>
       <c r="C103" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D103" s="33"/>
     </row>
     <row r="104" ht="15" customHeight="1">
       <c r="B104" s="34"/>
       <c r="C104" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D104" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="105" ht="15" customHeight="1">
       <c r="B105" s="1" t="s">
         <v>827</v>
       </c>
       <c r="C105" s="1">
-        <v>35266</v>
+        <v>34450</v>
       </c>
       <c r="D105" s="13">
-        <v>0.3002</v>
+        <v>0.3011</v>
       </c>
     </row>
     <row r="106" ht="15" customHeight="1">
       <c r="B106" s="1" t="s">
         <v>828</v>
       </c>
       <c r="C106" s="1">
-        <v>22958</v>
+        <v>22106</v>
       </c>
       <c r="D106" s="13">
-        <v>0.1954</v>
+        <v>0.1932</v>
       </c>
     </row>
     <row r="107" ht="15" customHeight="1">
       <c r="B107" s="1" t="s">
         <v>829</v>
       </c>
       <c r="C107" s="1">
-        <v>16998</v>
+        <v>16718</v>
       </c>
       <c r="D107" s="13">
-        <v>0.1447</v>
+        <v>0.1461</v>
       </c>
     </row>
     <row r="108" ht="15" customHeight="1">
       <c r="B108" s="1" t="s">
         <v>830</v>
       </c>
       <c r="C108" s="1">
-        <v>25204</v>
+        <v>24507</v>
       </c>
       <c r="D108" s="13">
-        <v>0.2146</v>
+        <v>0.2142</v>
       </c>
     </row>
     <row r="109" ht="15" customHeight="1">
       <c r="B109" s="1" t="s">
         <v>831</v>
       </c>
       <c r="C109" s="1">
-        <v>34084</v>
+        <v>33125</v>
       </c>
       <c r="D109" s="13">
-        <v>0.2902</v>
+        <v>0.2895</v>
       </c>
     </row>
     <row r="110" ht="15" customHeight="1">
       <c r="B110" s="1" t="s">
         <v>832</v>
       </c>
       <c r="C110" s="1">
-        <v>8225</v>
+        <v>8025</v>
       </c>
       <c r="D110" s="13">
-        <v>0.07</v>
+        <v>0.0701</v>
       </c>
     </row>
     <row r="111" ht="15" customHeight="1">
       <c r="B111" s="1" t="s">
         <v>833</v>
       </c>
       <c r="C111" s="1">
-        <v>7492</v>
+        <v>7498</v>
       </c>
       <c r="D111" s="13">
-        <v>0.0638</v>
+        <v>0.0655</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B19:B20"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="B41:B42"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="B55:B56"/>
     <mergeCell ref="C55:D55"/>
     <mergeCell ref="B75:B76"/>
     <mergeCell ref="C75:D75"/>
     <mergeCell ref="B85:B86"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="B103:B104"/>
     <mergeCell ref="C103:D103"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
@@ -17605,835 +17605,835 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>834</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>835</v>
       </c>
       <c r="C10" s="1">
-        <v>5655</v>
+        <v>5562</v>
       </c>
       <c r="D10" s="13">
-        <v>0.0511</v>
+        <v>0.0515</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>836</v>
       </c>
       <c r="C11" s="1">
-        <v>12954</v>
+        <v>12617</v>
       </c>
       <c r="D11" s="13">
-        <v>0.117</v>
+        <v>0.1168</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>837</v>
       </c>
       <c r="C12" s="1">
-        <v>10440</v>
+        <v>10061</v>
       </c>
       <c r="D12" s="13">
-        <v>0.0943</v>
+        <v>0.0932</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>838</v>
       </c>
       <c r="C13" s="1">
-        <v>23141</v>
+        <v>22052</v>
       </c>
       <c r="D13" s="13">
-        <v>0.2091</v>
+        <v>0.2042</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>839</v>
       </c>
       <c r="C14" s="1">
-        <v>12902</v>
+        <v>12553</v>
       </c>
       <c r="D14" s="13">
-        <v>0.1166</v>
+        <v>0.1163</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>840</v>
       </c>
       <c r="C15" s="1">
-        <v>6758</v>
+        <v>6603</v>
       </c>
       <c r="D15" s="13">
         <v>0.0611</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>841</v>
       </c>
       <c r="C16" s="1">
-        <v>24771</v>
+        <v>24575</v>
       </c>
       <c r="D16" s="13">
-        <v>0.2238</v>
+        <v>0.2276</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>842</v>
       </c>
       <c r="C17" s="1">
-        <v>20869</v>
+        <v>20468</v>
       </c>
       <c r="D17" s="13">
-        <v>0.1886</v>
+        <v>0.1896</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>843</v>
       </c>
       <c r="C18" s="1">
-        <v>17539</v>
+        <v>16993</v>
       </c>
       <c r="D18" s="13">
-        <v>0.1585</v>
+        <v>0.1574</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>844</v>
       </c>
       <c r="C19" s="1">
-        <v>72680</v>
+        <v>70937</v>
       </c>
       <c r="D19" s="13">
-        <v>0.6567</v>
+        <v>0.6569</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>845</v>
       </c>
       <c r="C20" s="1">
-        <v>42068</v>
+        <v>40591</v>
       </c>
       <c r="D20" s="13">
-        <v>0.3801</v>
+        <v>0.3759</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>846</v>
       </c>
       <c r="C21" s="1">
-        <v>61686</v>
+        <v>59906</v>
       </c>
       <c r="D21" s="13">
-        <v>0.5573</v>
+        <v>0.5548</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>847</v>
       </c>
       <c r="C22" s="1">
-        <v>6163</v>
+        <v>6188</v>
       </c>
       <c r="D22" s="13">
-        <v>0.0557</v>
+        <v>0.0573</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>848</v>
       </c>
       <c r="C23" s="1">
-        <v>7809</v>
+        <v>7773</v>
       </c>
       <c r="D23" s="13">
-        <v>0.0706</v>
+        <v>0.072</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>849</v>
       </c>
       <c r="C24" s="1">
-        <v>10651</v>
+        <v>10539</v>
       </c>
       <c r="D24" s="13">
-        <v>0.0962</v>
+        <v>0.0976</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1">
       <c r="B25" s="1" t="s">
         <v>850</v>
       </c>
       <c r="C25" s="1">
-        <v>31518</v>
+        <v>30874</v>
       </c>
       <c r="D25" s="13">
-        <v>0.2848</v>
+        <v>0.2859</v>
       </c>
     </row>
     <row r="26" ht="15" customHeight="1">
       <c r="B26" s="1" t="s">
         <v>851</v>
       </c>
       <c r="C26" s="1">
-        <v>51841</v>
+        <v>50818</v>
       </c>
       <c r="D26" s="13">
-        <v>0.4684</v>
+        <v>0.4706</v>
       </c>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C27" s="1">
-        <v>7387</v>
+        <v>7406</v>
       </c>
       <c r="D27" s="13">
-        <v>0.0667</v>
+        <v>0.0686</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D28" s="12"/>
       <c r="F28" s="12"/>
     </row>
     <row r="29">
       <c r="B29" s="31" t="s">
         <v>852</v>
       </c>
       <c r="C29" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="33"/>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="34"/>
       <c r="C30" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D30" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>853</v>
       </c>
       <c r="C31" s="1">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="D31" s="13">
-        <v>0.0052</v>
+        <v>0.0053</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1">
       <c r="B32" s="1" t="s">
         <v>854</v>
       </c>
       <c r="C32" s="1">
-        <v>745</v>
+        <v>710</v>
       </c>
       <c r="D32" s="13">
-        <v>0.0067</v>
+        <v>0.0066</v>
       </c>
     </row>
     <row r="33" ht="15" customHeight="1">
       <c r="B33" s="1" t="s">
         <v>855</v>
       </c>
       <c r="C33" s="1">
-        <v>1638</v>
+        <v>1620</v>
       </c>
       <c r="D33" s="13">
-        <v>0.0148</v>
+        <v>0.015</v>
       </c>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="1" t="s">
         <v>856</v>
       </c>
       <c r="C34" s="1">
-        <v>33857</v>
+        <v>33230</v>
       </c>
       <c r="D34" s="13">
-        <v>0.3063</v>
+        <v>0.3082</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>857</v>
       </c>
       <c r="C35" s="1">
-        <v>32274</v>
+        <v>32139</v>
       </c>
       <c r="D35" s="13">
-        <v>0.292</v>
+        <v>0.298</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>858</v>
       </c>
       <c r="C36" s="1">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D36" s="13">
         <v>0.0023</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>859</v>
       </c>
       <c r="C37" s="1">
-        <v>114</v>
+        <v>97</v>
       </c>
       <c r="D37" s="13">
-        <v>0.001</v>
+        <v>0.0009</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>860</v>
       </c>
       <c r="C38" s="1">
-        <v>7363</v>
+        <v>7175</v>
       </c>
       <c r="D38" s="13">
-        <v>0.0666</v>
+        <v>0.0665</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="1" t="s">
         <v>861</v>
       </c>
       <c r="C39" s="1">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="D39" s="13">
-        <v>0.0024</v>
+        <v>0.0025</v>
       </c>
     </row>
     <row r="40" ht="15" customHeight="1">
       <c r="B40" s="1" t="s">
         <v>862</v>
       </c>
       <c r="C40" s="1">
-        <v>793</v>
+        <v>768</v>
       </c>
       <c r="D40" s="13">
-        <v>0.0072</v>
+        <v>0.0071</v>
       </c>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="1" t="s">
         <v>863</v>
       </c>
       <c r="C41" s="1">
-        <v>885</v>
+        <v>874</v>
       </c>
       <c r="D41" s="13">
-        <v>0.008</v>
+        <v>0.0081</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>864</v>
       </c>
       <c r="C42" s="1">
-        <v>2184</v>
+        <v>1954</v>
       </c>
       <c r="D42" s="13">
-        <v>0.0198</v>
+        <v>0.0181</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>865</v>
       </c>
       <c r="C43" s="1">
-        <v>3228</v>
+        <v>3246</v>
       </c>
       <c r="D43" s="13">
-        <v>0.0292</v>
+        <v>0.0301</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>866</v>
       </c>
       <c r="C44" s="1">
-        <v>3775</v>
+        <v>3829</v>
       </c>
       <c r="D44" s="13">
-        <v>0.0342</v>
+        <v>0.0355</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>867</v>
       </c>
       <c r="C45" s="1">
-        <v>3385</v>
+        <v>3225</v>
       </c>
       <c r="D45" s="13">
-        <v>0.0306</v>
+        <v>0.0299</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>868</v>
       </c>
       <c r="C46" s="1">
-        <v>755</v>
+        <v>643</v>
       </c>
       <c r="D46" s="13">
-        <v>0.0068</v>
+        <v>0.006</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>869</v>
       </c>
       <c r="C47" s="1">
-        <v>2606</v>
+        <v>2506</v>
       </c>
       <c r="D47" s="13">
-        <v>0.0236</v>
+        <v>0.0232</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>870</v>
       </c>
       <c r="C48" s="1">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="D48" s="13">
-        <v>0.0065</v>
+        <v>0.0066</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>871</v>
       </c>
       <c r="C49" s="1">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="D49" s="13">
         <v>0.005</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="1" t="s">
         <v>872</v>
       </c>
       <c r="C50" s="1">
-        <v>81822</v>
+        <v>79499</v>
       </c>
       <c r="D50" s="13">
-        <v>0.7403</v>
+        <v>0.7373</v>
       </c>
     </row>
     <row r="51" ht="15" customHeight="1">
       <c r="B51" s="1" t="s">
         <v>873</v>
       </c>
       <c r="C51" s="1">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="D51" s="13">
-        <v>0.0025</v>
+        <v>0.0026</v>
       </c>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="1" t="s">
         <v>874</v>
       </c>
       <c r="C52" s="1">
-        <v>328</v>
+        <v>352</v>
       </c>
       <c r="D52" s="13">
-        <v>0.003</v>
+        <v>0.0033</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>875</v>
       </c>
       <c r="C53" s="1">
-        <v>41922</v>
+        <v>40507</v>
       </c>
       <c r="D53" s="13">
-        <v>0.3793</v>
+        <v>0.3757</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>876</v>
       </c>
       <c r="C54" s="1">
-        <v>2090</v>
+        <v>2040</v>
       </c>
       <c r="D54" s="13">
         <v>0.0189</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>877</v>
       </c>
       <c r="C55" s="1">
-        <v>980</v>
+        <v>873</v>
       </c>
       <c r="D55" s="13">
-        <v>0.0089</v>
+        <v>0.0081</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>878</v>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>222</v>
       </c>
       <c r="D56" s="13">
-        <v>0.0022</v>
+        <v>0.0021</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>879</v>
       </c>
       <c r="C57" s="1">
-        <v>1127</v>
+        <v>1120</v>
       </c>
       <c r="D57" s="13">
-        <v>0.0102</v>
+        <v>0.0104</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>880</v>
       </c>
       <c r="C58" s="1">
-        <v>6961</v>
+        <v>6736</v>
       </c>
       <c r="D58" s="13">
-        <v>0.063</v>
+        <v>0.0625</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>881</v>
       </c>
       <c r="C59" s="1">
-        <v>6769</v>
+        <v>6602</v>
       </c>
       <c r="D59" s="13">
         <v>0.0612</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>882</v>
       </c>
       <c r="C60" s="1">
-        <v>255</v>
+        <v>253</v>
       </c>
       <c r="D60" s="13">
         <v>0.0023</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>883</v>
       </c>
       <c r="C61" s="1">
-        <v>6425</v>
+        <v>5842</v>
       </c>
       <c r="D61" s="13">
-        <v>0.0581</v>
+        <v>0.0542</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>884</v>
       </c>
       <c r="C62" s="1">
-        <v>907</v>
+        <v>862</v>
       </c>
       <c r="D62" s="13">
-        <v>0.0082</v>
+        <v>0.008</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>885</v>
       </c>
       <c r="C63" s="1">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D63" s="13">
-        <v>0.0058</v>
+        <v>0.0059</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>886</v>
       </c>
       <c r="C64" s="1">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="D64" s="13">
-        <v>0.0008</v>
+        <v>0.0007</v>
       </c>
     </row>
     <row r="65" ht="15" customHeight="1">
       <c r="B65" s="1" t="s">
         <v>887</v>
       </c>
       <c r="C65" s="1">
-        <v>652</v>
+        <v>619</v>
       </c>
       <c r="D65" s="13">
-        <v>0.0059</v>
+        <v>0.0057</v>
       </c>
     </row>
     <row r="66" ht="15" customHeight="1">
       <c r="B66" s="1" t="s">
         <v>888</v>
       </c>
       <c r="C66" s="1">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D66" s="13">
         <v>0.0017</v>
       </c>
     </row>
     <row r="67" ht="15" customHeight="1">
       <c r="B67" s="1" t="s">
         <v>889</v>
       </c>
       <c r="C67" s="1">
-        <v>24827</v>
+        <v>27065</v>
       </c>
       <c r="D67" s="13">
-        <v>0.2246</v>
+        <v>0.251</v>
       </c>
     </row>
     <row r="68" ht="15" customHeight="1">
       <c r="B68" s="1" t="s">
         <v>890</v>
       </c>
       <c r="C68" s="1">
-        <v>4577</v>
+        <v>4181</v>
       </c>
       <c r="D68" s="13">
-        <v>0.0414</v>
+        <v>0.0388</v>
       </c>
     </row>
     <row r="69" ht="15" customHeight="1">
       <c r="B69" s="1" t="s">
         <v>891</v>
       </c>
       <c r="C69" s="1">
-        <v>2080</v>
+        <v>2065</v>
       </c>
       <c r="D69" s="13">
-        <v>0.0188</v>
+        <v>0.0192</v>
       </c>
     </row>
     <row r="70" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="D70" s="12"/>
       <c r="F70" s="12"/>
     </row>
     <row r="71">
       <c r="B71" s="31" t="s">
         <v>892</v>
       </c>
       <c r="C71" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D71" s="33"/>
     </row>
     <row r="72" ht="15" customHeight="1">
       <c r="B72" s="34"/>
       <c r="C72" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D72" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="73" ht="15" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>893</v>
       </c>
       <c r="C73" s="1">
-        <v>31897</v>
+        <v>30436</v>
       </c>
       <c r="D73" s="13">
-        <v>0.2896</v>
+        <v>0.2832</v>
       </c>
     </row>
     <row r="74" ht="15" customHeight="1">
       <c r="B74" s="1" t="s">
         <v>894</v>
       </c>
       <c r="C74" s="1">
-        <v>25190</v>
+        <v>23760</v>
       </c>
       <c r="D74" s="13">
-        <v>0.2287</v>
+        <v>0.2211</v>
       </c>
     </row>
     <row r="75" ht="15" customHeight="1">
       <c r="B75" s="1" t="s">
         <v>895</v>
       </c>
       <c r="C75" s="1">
-        <v>95901</v>
+        <v>93586</v>
       </c>
       <c r="D75" s="13">
-        <v>0.8708</v>
+        <v>0.8707</v>
       </c>
     </row>
     <row r="76" ht="15" customHeight="1">
       <c r="B76" s="1" t="s">
         <v>896</v>
       </c>
       <c r="C76" s="1">
-        <v>433</v>
+        <v>413</v>
       </c>
       <c r="D76" s="13">
-        <v>0.0039</v>
+        <v>0.0038</v>
       </c>
     </row>
     <row r="77" ht="15" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>897</v>
       </c>
       <c r="C77" s="1">
-        <v>1165</v>
+        <v>1247</v>
       </c>
       <c r="D77" s="13">
-        <v>0.0106</v>
+        <v>0.0116</v>
       </c>
     </row>
     <row r="78" ht="15" customHeight="1">
       <c r="B78" s="1" t="s">
         <v>898</v>
       </c>
       <c r="C78" s="1">
-        <v>2780</v>
+        <v>2763</v>
       </c>
       <c r="D78" s="13">
-        <v>0.0252</v>
+        <v>0.0257</v>
       </c>
     </row>
     <row r="79" ht="15" customHeight="1">
       <c r="B79" s="1" t="s">
         <v>899</v>
       </c>
       <c r="C79" s="1">
-        <v>8444</v>
+        <v>8234</v>
       </c>
       <c r="D79" s="13">
-        <v>0.0767</v>
+        <v>0.0766</v>
       </c>
     </row>
     <row r="80" ht="15" customHeight="1">
       <c r="B80" s="1" t="s">
         <v>900</v>
       </c>
       <c r="C80" s="1">
-        <v>7536</v>
+        <v>7441</v>
       </c>
       <c r="D80" s="13">
-        <v>0.0684</v>
+        <v>0.0692</v>
       </c>
     </row>
     <row r="81" ht="15" customHeight="1">
       <c r="B81" s="1" t="s">
         <v>901</v>
       </c>
       <c r="C81" s="1">
-        <v>5137</v>
+        <v>5050</v>
       </c>
       <c r="D81" s="13">
-        <v>0.0466</v>
+        <v>0.047</v>
       </c>
     </row>
     <row r="82" ht="15" customHeight="1">
       <c r="B82" s="1" t="s">
         <v>902</v>
       </c>
       <c r="C82" s="1">
-        <v>9862</v>
+        <v>9536</v>
       </c>
       <c r="D82" s="13">
-        <v>0.0896</v>
+        <v>0.0887</v>
       </c>
     </row>
     <row r="83" ht="15" customHeight="1">
       <c r="B83" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C83" s="1">
-        <v>5961</v>
+        <v>5926</v>
       </c>
       <c r="D83" s="13">
-        <v>0.0541</v>
+        <v>0.0551</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B29:B30"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="B71:B72"/>
     <mergeCell ref="C71:D71"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <headerFooter/>
   <drawing r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
@@ -18500,604 +18500,604 @@
     <row r="6" ht="15" customHeight="1"/>
     <row r="7" ht="15" customHeight="1"/>
     <row r="8">
       <c r="B8" s="31" t="s">
         <v>903</v>
       </c>
       <c r="C8" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D8" s="33"/>
     </row>
     <row r="9" ht="15" customHeight="1">
       <c r="B9" s="34"/>
       <c r="C9" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D9" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="10" ht="15" customHeight="1">
       <c r="B10" s="1" t="s">
         <v>904</v>
       </c>
       <c r="C10" s="1">
-        <v>943</v>
+        <v>957</v>
       </c>
       <c r="D10" s="13">
-        <v>0.1666</v>
+        <v>0.1694</v>
       </c>
     </row>
     <row r="11" ht="15" customHeight="1">
       <c r="B11" s="1" t="s">
         <v>905</v>
       </c>
       <c r="C11" s="1">
-        <v>598</v>
+        <v>601</v>
       </c>
       <c r="D11" s="13">
-        <v>0.1056</v>
+        <v>0.1064</v>
       </c>
     </row>
     <row r="12" ht="15" customHeight="1">
       <c r="B12" s="1" t="s">
         <v>906</v>
       </c>
       <c r="C12" s="1">
-        <v>324</v>
+        <v>316</v>
       </c>
       <c r="D12" s="13">
-        <v>0.0572</v>
+        <v>0.0559</v>
       </c>
     </row>
     <row r="13" ht="15" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>907</v>
       </c>
       <c r="C13" s="1">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="D13" s="13">
-        <v>0.0677</v>
+        <v>0.0652</v>
       </c>
     </row>
     <row r="14" ht="15" customHeight="1">
       <c r="B14" s="1" t="s">
         <v>908</v>
       </c>
       <c r="C14" s="1">
-        <v>1064</v>
+        <v>1053</v>
       </c>
       <c r="D14" s="13">
-        <v>0.188</v>
+        <v>0.1864</v>
       </c>
     </row>
     <row r="15" ht="15" customHeight="1">
       <c r="B15" s="1" t="s">
         <v>909</v>
       </c>
       <c r="C15" s="1">
-        <v>1023</v>
+        <v>1016</v>
       </c>
       <c r="D15" s="13">
-        <v>0.1807</v>
+        <v>0.1799</v>
       </c>
     </row>
     <row r="16" ht="15" customHeight="1">
       <c r="B16" s="1" t="s">
         <v>910</v>
       </c>
       <c r="C16" s="1">
-        <v>505</v>
+        <v>514</v>
       </c>
       <c r="D16" s="13">
-        <v>0.0892</v>
+        <v>0.091</v>
       </c>
     </row>
     <row r="17" ht="15" customHeight="1">
       <c r="B17" s="1" t="s">
         <v>911</v>
       </c>
       <c r="C17" s="1">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="D17" s="13">
-        <v>0.0541</v>
+        <v>0.0545</v>
       </c>
     </row>
     <row r="18" ht="15" customHeight="1">
       <c r="B18" s="1" t="s">
         <v>912</v>
       </c>
       <c r="C18" s="1">
-        <v>1317</v>
+        <v>1295</v>
       </c>
       <c r="D18" s="13">
-        <v>0.2326</v>
+        <v>0.2293</v>
       </c>
     </row>
     <row r="19" ht="15" customHeight="1">
       <c r="B19" s="1" t="s">
         <v>913</v>
       </c>
       <c r="C19" s="1">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="D19" s="13">
-        <v>0.163</v>
+        <v>0.1648</v>
       </c>
     </row>
     <row r="20" ht="15" customHeight="1">
       <c r="B20" s="1" t="s">
         <v>914</v>
       </c>
       <c r="C20" s="1">
-        <v>499</v>
+        <v>488</v>
       </c>
       <c r="D20" s="13">
-        <v>0.0881</v>
+        <v>0.0864</v>
       </c>
     </row>
     <row r="21" ht="15" customHeight="1">
       <c r="B21" s="1" t="s">
         <v>915</v>
       </c>
       <c r="C21" s="1">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D21" s="13">
-        <v>0.0756</v>
+        <v>0.0768</v>
       </c>
     </row>
     <row r="22" ht="15" customHeight="1">
       <c r="B22" s="1" t="s">
         <v>916</v>
       </c>
       <c r="C22" s="1">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D22" s="13">
-        <v>0.1768</v>
+        <v>0.1774</v>
       </c>
     </row>
     <row r="23" ht="15" customHeight="1">
       <c r="B23" s="1" t="s">
         <v>917</v>
       </c>
       <c r="C23" s="1">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="D23" s="13">
-        <v>0.2192</v>
+        <v>0.2199</v>
       </c>
     </row>
     <row r="24" ht="15" customHeight="1">
       <c r="B24" s="1" t="s">
         <v>918</v>
       </c>
       <c r="C24" s="1">
-        <v>981</v>
+        <v>968</v>
       </c>
       <c r="D24" s="13">
-        <v>0.1733</v>
+        <v>0.1714</v>
       </c>
     </row>
     <row r="25" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B25" s="9"/>
       <c r="D25" s="12"/>
       <c r="F25" s="12"/>
     </row>
     <row r="26">
       <c r="B26" s="31" t="s">
         <v>919</v>
       </c>
       <c r="C26" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="33"/>
     </row>
     <row r="27" ht="15" customHeight="1">
       <c r="B27" s="34"/>
       <c r="C27" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D27" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="28" ht="15" customHeight="1">
       <c r="B28" s="1" t="s">
         <v>920</v>
       </c>
       <c r="C28" s="1">
-        <v>1242</v>
+        <v>1233</v>
       </c>
       <c r="D28" s="13">
-        <v>0.2194</v>
+        <v>0.2183</v>
       </c>
     </row>
     <row r="29" ht="15" customHeight="1">
       <c r="B29" s="1" t="s">
         <v>921</v>
       </c>
       <c r="C29" s="1">
-        <v>1159</v>
+        <v>1152</v>
       </c>
       <c r="D29" s="13">
-        <v>0.2047</v>
+        <v>0.204</v>
       </c>
     </row>
     <row r="30" ht="15" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>922</v>
       </c>
       <c r="C30" s="1">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="D30" s="13">
-        <v>0.1335</v>
+        <v>0.131</v>
       </c>
     </row>
     <row r="31" ht="15" customHeight="1">
       <c r="B31" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C31" s="1">
-        <v>2504</v>
+        <v>2523</v>
       </c>
       <c r="D31" s="13">
-        <v>0.4423</v>
+        <v>0.4467</v>
       </c>
     </row>
     <row r="32" ht="15" customHeight="1" s="2" customFormat="1">
       <c r="B32" s="10"/>
       <c r="D32" s="12"/>
       <c r="F32" s="12"/>
     </row>
     <row r="33">
       <c r="B33" s="31" t="s">
         <v>924</v>
       </c>
       <c r="C33" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D33" s="33"/>
     </row>
     <row r="34" ht="15" customHeight="1">
       <c r="B34" s="34"/>
       <c r="C34" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="35" ht="15" customHeight="1">
       <c r="B35" s="1" t="s">
         <v>925</v>
       </c>
       <c r="C35" s="1">
-        <v>846</v>
+        <v>857</v>
       </c>
       <c r="D35" s="13">
-        <v>0.1494</v>
+        <v>0.1517</v>
       </c>
     </row>
     <row r="36" ht="15" customHeight="1">
       <c r="B36" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C36" s="1">
-        <v>1975</v>
+        <v>1977</v>
       </c>
       <c r="D36" s="13">
-        <v>0.3489</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="37" ht="15" customHeight="1">
       <c r="B37" s="1" t="s">
         <v>927</v>
       </c>
       <c r="C37" s="1">
-        <v>1543</v>
+        <v>1519</v>
       </c>
       <c r="D37" s="13">
-        <v>0.2726</v>
+        <v>0.2689</v>
       </c>
     </row>
     <row r="38" ht="15" customHeight="1">
       <c r="B38" s="1" t="s">
         <v>928</v>
       </c>
       <c r="C38" s="1">
-        <v>1297</v>
+        <v>1295</v>
       </c>
       <c r="D38" s="13">
-        <v>0.2291</v>
+        <v>0.2293</v>
       </c>
     </row>
     <row r="39" ht="15" customHeight="1">
       <c r="B39" s="10"/>
     </row>
     <row r="40">
       <c r="B40" s="31" t="s">
         <v>929</v>
       </c>
       <c r="C40" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D40" s="33"/>
     </row>
     <row r="41" ht="15" customHeight="1">
       <c r="B41" s="34"/>
       <c r="C41" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D41" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="42" ht="15" customHeight="1">
       <c r="B42" s="1" t="s">
         <v>930</v>
       </c>
       <c r="C42" s="1">
-        <v>2251</v>
+        <v>2211</v>
       </c>
       <c r="D42" s="13">
-        <v>0.3976</v>
+        <v>0.3915</v>
       </c>
     </row>
     <row r="43" ht="15" customHeight="1">
       <c r="B43" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C43" s="1">
-        <v>1320</v>
+        <v>1332</v>
       </c>
       <c r="D43" s="13">
-        <v>0.2332</v>
+        <v>0.2358</v>
       </c>
     </row>
     <row r="44" ht="15" customHeight="1">
       <c r="B44" s="1" t="s">
         <v>932</v>
       </c>
       <c r="C44" s="1">
-        <v>1783</v>
+        <v>1751</v>
       </c>
       <c r="D44" s="13">
-        <v>0.315</v>
+        <v>0.31</v>
       </c>
     </row>
     <row r="45" ht="15" customHeight="1">
       <c r="B45" s="1" t="s">
         <v>933</v>
       </c>
       <c r="C45" s="1">
-        <v>1876</v>
+        <v>1867</v>
       </c>
       <c r="D45" s="13">
-        <v>0.3314</v>
+        <v>0.3306</v>
       </c>
     </row>
     <row r="46" ht="15" customHeight="1">
       <c r="B46" s="1" t="s">
         <v>934</v>
       </c>
       <c r="C46" s="1">
-        <v>1089</v>
+        <v>1101</v>
       </c>
       <c r="D46" s="13">
-        <v>0.1924</v>
+        <v>0.1949</v>
       </c>
     </row>
     <row r="47" ht="15" customHeight="1">
       <c r="B47" s="1" t="s">
         <v>935</v>
       </c>
       <c r="C47" s="1">
-        <v>949</v>
+        <v>975</v>
       </c>
       <c r="D47" s="13">
-        <v>0.1676</v>
+        <v>0.1726</v>
       </c>
     </row>
     <row r="48" ht="15" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>936</v>
       </c>
       <c r="C48" s="1">
-        <v>1089</v>
+        <v>1080</v>
       </c>
       <c r="D48" s="13">
-        <v>0.1924</v>
+        <v>0.1912</v>
       </c>
     </row>
     <row r="49" ht="15" customHeight="1">
       <c r="B49" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C49" s="1">
-        <v>2141</v>
+        <v>2135</v>
       </c>
       <c r="D49" s="13">
-        <v>0.3782</v>
+        <v>0.378</v>
       </c>
     </row>
     <row r="50" ht="15" customHeight="1">
       <c r="B50" s="10"/>
     </row>
     <row r="51">
       <c r="B51" s="31" t="s">
         <v>937</v>
       </c>
       <c r="C51" s="32" t="s">
         <v>6</v>
       </c>
       <c r="D51" s="33"/>
     </row>
     <row r="52" ht="15" customHeight="1">
       <c r="B52" s="34"/>
       <c r="C52" s="35" t="s">
         <v>7</v>
       </c>
       <c r="D52" s="35" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="53" ht="15" customHeight="1">
       <c r="B53" s="1" t="s">
         <v>938</v>
       </c>
       <c r="C53" s="1">
-        <v>3635</v>
+        <v>3592</v>
       </c>
       <c r="D53" s="13">
-        <v>0.6421</v>
+        <v>0.636</v>
       </c>
     </row>
     <row r="54" ht="15" customHeight="1">
       <c r="B54" s="1" t="s">
         <v>939</v>
       </c>
       <c r="C54" s="1">
-        <v>3115</v>
+        <v>3089</v>
       </c>
       <c r="D54" s="13">
-        <v>0.5503</v>
+        <v>0.5469</v>
       </c>
     </row>
     <row r="55" ht="15" customHeight="1">
       <c r="B55" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C55" s="1">
-        <v>2133</v>
+        <v>2130</v>
       </c>
       <c r="D55" s="13">
-        <v>0.3768</v>
+        <v>0.3771</v>
       </c>
     </row>
     <row r="56" ht="15" customHeight="1">
       <c r="B56" s="1" t="s">
         <v>941</v>
       </c>
       <c r="C56" s="1">
-        <v>3394</v>
+        <v>3392</v>
       </c>
       <c r="D56" s="13">
-        <v>0.5995</v>
+        <v>0.6006</v>
       </c>
     </row>
     <row r="57" ht="15" customHeight="1">
       <c r="B57" s="1" t="s">
         <v>942</v>
       </c>
       <c r="C57" s="1">
-        <v>4049</v>
+        <v>4059</v>
       </c>
       <c r="D57" s="13">
-        <v>0.7152</v>
+        <v>0.7187</v>
       </c>
     </row>
     <row r="58" ht="15" customHeight="1">
       <c r="B58" s="1" t="s">
         <v>943</v>
       </c>
       <c r="C58" s="1">
-        <v>3451</v>
+        <v>3427</v>
       </c>
       <c r="D58" s="13">
-        <v>0.6096</v>
+        <v>0.6068</v>
       </c>
     </row>
     <row r="59" ht="15" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>944</v>
       </c>
       <c r="C59" s="1">
-        <v>1956</v>
+        <v>1949</v>
       </c>
       <c r="D59" s="13">
-        <v>0.3455</v>
+        <v>0.3451</v>
       </c>
     </row>
     <row r="60" ht="15" customHeight="1">
       <c r="B60" s="1" t="s">
         <v>945</v>
       </c>
       <c r="C60" s="1">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="D60" s="13">
-        <v>0.3485</v>
+        <v>0.35</v>
       </c>
     </row>
     <row r="61" ht="15" customHeight="1">
       <c r="B61" s="1" t="s">
         <v>946</v>
       </c>
       <c r="C61" s="1">
-        <v>2350</v>
+        <v>2346</v>
       </c>
       <c r="D61" s="13">
-        <v>0.4151</v>
+        <v>0.4154</v>
       </c>
     </row>
     <row r="62" ht="15" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>947</v>
       </c>
       <c r="C62" s="1">
-        <v>2041</v>
+        <v>2052</v>
       </c>
       <c r="D62" s="13">
-        <v>0.3605</v>
+        <v>0.3633</v>
       </c>
     </row>
     <row r="63" ht="15" customHeight="1">
       <c r="B63" s="1" t="s">
         <v>948</v>
       </c>
       <c r="C63" s="1">
-        <v>1889</v>
+        <v>1874</v>
       </c>
       <c r="D63" s="13">
-        <v>0.3337</v>
+        <v>0.3318</v>
       </c>
     </row>
     <row r="64" ht="15" customHeight="1">
       <c r="B64" s="1" t="s">
         <v>302</v>
       </c>
       <c r="C64" s="1">
-        <v>332</v>
+        <v>336</v>
       </c>
       <c r="D64" s="13">
-        <v>0.0586</v>
+        <v>0.0595</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:D5"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="B26:B27"/>
     <mergeCell ref="C26:D26"/>
     <mergeCell ref="B33:B34"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="B40:B41"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="B51:B52"/>
     <mergeCell ref="C51:D51"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait"/>
   <headerFooter/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>